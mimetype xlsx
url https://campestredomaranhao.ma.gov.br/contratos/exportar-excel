--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3329">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>067.3/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 KtUIS I RO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA...</t>
   </si>
@@ -6269,100 +6269,190 @@
 27.636.892/0001-78</t>
   </si>
   <si>
     <t>26/03/2020
 158.400,00</t>
   </si>
   <si>
     <t>044.1/2020</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de Preços visando a eventual a contrataçã...</t>
   </si>
   <si>
     <t>C.M DISTRIBUIDORA E REPRESENTAÇÕES
 07.842.423/0001-06</t>
   </si>
   <si>
     <t>06/03/2020
 14.950,00</t>
   </si>
   <si>
     <t>06/03/2020 a 31/12/2020</t>
   </si>
   <si>
+    <t>167/2025</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+Registro de preços para a eventual contratação de...</t>
+  </si>
+  <si>
+    <t>PROCAR VEICULOS E PECAS LTDA
+10.686.600/0001-09</t>
+  </si>
+  <si>
+    <t>24/11/2025
+385.000,00</t>
+  </si>
+  <si>
+    <t>24/11/2025 a 23/11/2026</t>
+  </si>
+  <si>
     <t>044/2020</t>
   </si>
   <si>
     <t>DISTRIBUIDORA OMEGA LTDA
 11.187.037/0001-97</t>
   </si>
   <si>
     <t>06/03/2020
 35.632,00</t>
   </si>
   <si>
+    <t>165/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+1.1 Contratação de empresa especializada para pres...</t>
+  </si>
+  <si>
+    <t>R DA S CAVALCANTI TRANSPORTES E CONSTRUÇÕES - EPP,
+19.599.742/0001-03</t>
+  </si>
+  <si>
+    <t>11/11/2025
+473.462,04</t>
+  </si>
+  <si>
+    <t>11/11/2025 a 10/11/2026</t>
+  </si>
+  <si>
     <t>049.3/2020</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de Preços visando a eventual contratação...</t>
   </si>
   <si>
     <t>HOSPITALIA DISTRIBUIDORA DE MEDICAMENTOS EIRELE
 19.917.154/0001-70</t>
   </si>
   <si>
     <t>10/03/2020
 85.139,75</t>
   </si>
   <si>
     <t>10/03/2020 a 31/12/2020</t>
   </si>
   <si>
+    <t>168/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+CONTRATAÇÃO DE SERVIÇO ARTÍSTICO DA BANDA “SAIA RO...</t>
+  </si>
+  <si>
+    <t>SAIA RODADA PROMOÇÕES ARTISTICA LTDA
+05.323.996/0001-90</t>
+  </si>
+  <si>
+    <t>24/11/2025
+450.000,00</t>
+  </si>
+  <si>
+    <t>24/11/2025 a 07/01/2026</t>
+  </si>
+  <si>
     <t>049.2/2020</t>
   </si>
   <si>
     <t>10/03/2020
 128.731,26</t>
   </si>
   <si>
+    <t>158/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE LIXEIR...</t>
+  </si>
+  <si>
+    <t>CATTO EMPREEDIMENTOS LTDA
+43.242.835/0001-60</t>
+  </si>
+  <si>
+    <t>10/10/2025
+61.920,00</t>
+  </si>
+  <si>
+    <t>10/10/2025 a 09/10/2026</t>
+  </si>
+  <si>
     <t>049.1/2020</t>
   </si>
   <si>
     <t>10/03/2020
 153.820,00</t>
   </si>
   <si>
     <t>049/2020</t>
   </si>
   <si>
     <t>10/03/2020
 122.875,60</t>
   </si>
   <si>
+    <t>162/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA A CONST...</t>
+  </si>
+  <si>
+    <t>O. S. CONSTRUÇÕES LTDA
+28.811.423/0001-00</t>
+  </si>
+  <si>
+    <t>23/10/2025
+1.810.000,00</t>
+  </si>
+  <si>
+    <t>23/10/2025 a 22/10/2026</t>
+  </si>
+  <si>
     <t>043.3/2020</t>
   </si>
   <si>
     <t>05/03/2020
 122.070,82</t>
   </si>
   <si>
     <t>05/03/2020 a 31/12/2020</t>
   </si>
   <si>
     <t>123/2025</t>
   </si>
   <si>
     <t>Secretário de Educação
 contratação considera a necessidade de disponibili...</t>
   </si>
   <si>
     <t>ELVIRA CLARINDA DA SILVA
 692.598.603-34</t>
   </si>
   <si>
     <t>01/09/2025
 12.000,00</t>
   </si>
   <si>
@@ -6379,80 +6469,98 @@
     <t>128/2025</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 eventuais aquisições de ambulâncias 0 km para refo...</t>
   </si>
   <si>
     <t>PRO CAR SERVIÇOS E PEÇAS LTDA
 10.686.600/0001-09</t>
   </si>
   <si>
     <t>16/09/2025
 710.000,00</t>
   </si>
   <si>
     <t>16/09/2025 a 16/09/2026</t>
   </si>
   <si>
     <t>043.1/2020</t>
   </si>
   <si>
     <t>05/03/2020
 116.095,50</t>
   </si>
   <si>
+    <t>Diretor do Serviço Autônomo de Água e Esgoto (SAAE)
+Registro de Preços para futura Contratação de empr...</t>
+  </si>
+  <si>
+    <t>G REIS COMERCIO E SERVIÇO LTDA
+10.673.146/0001-51</t>
+  </si>
+  <si>
+    <t>30/10/2025
+39.840,00</t>
+  </si>
+  <si>
+    <t>30/10/2025 a 31/12/2025</t>
+  </si>
+  <si>
     <t>043/2020</t>
   </si>
   <si>
     <t>05/03/2020
 121.629,20</t>
   </si>
   <si>
-    <t>Diretor do Serviço Autônomo de Água e Esgoto (SAAE)
-[...6 lines deleted...]
-  <si>
     <t>22/09/2025
 29.985,00</t>
   </si>
   <si>
     <t>22/09/2025 a 22/12/2025</t>
   </si>
   <si>
     <t>ALVORADA MATERIAIS DE CONSTRUCAO LTDA
 03.318.489/0001-32</t>
   </si>
   <si>
     <t>22/09/2025
 44.228,60</t>
   </si>
   <si>
+    <t>157/2025</t>
+  </si>
+  <si>
+    <t>MT SERVICOS E CONSTRUCOES LTDA
+31.088.159/0001-33</t>
+  </si>
+  <si>
+    <t>10/10/2025
+3.167.941,21</t>
+  </si>
+  <si>
     <t>034.2/2020</t>
   </si>
   <si>
     <t>28/02/2020
 131.501,60</t>
   </si>
   <si>
     <t>28/02/2020 a 31/12/2020</t>
   </si>
   <si>
     <t>034.1/2020</t>
   </si>
   <si>
     <t>28/02/2020
 157.324,00</t>
   </si>
   <si>
     <t>121/2025</t>
   </si>
   <si>
     <t>Secretaria de Administração
 Contratação de empresa especializada para o fornec...</t>
   </si>
   <si>
     <t>MIX COMERCIAL LTDA
@@ -6769,50 +6877,57 @@
     <t>06/10/2025
 1.227,00</t>
   </si>
   <si>
     <t>153/2025</t>
   </si>
   <si>
     <t>06/10/2025
 16.151,32</t>
   </si>
   <si>
     <t>154/2025</t>
   </si>
   <si>
     <t>06/10/2025
 630,00</t>
   </si>
   <si>
     <t>155/2025</t>
   </si>
   <si>
     <t>06/10/2025
 2.110,76</t>
   </si>
   <si>
+    <t>163/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025
+20.064,70</t>
+  </si>
+  <si>
     <t>031.2/2020</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de Preços para eventual Contratação de e...</t>
   </si>
   <si>
     <t>26/02/2020
 35.000,00</t>
   </si>
   <si>
     <t>132/2025</t>
   </si>
   <si>
     <t>06/10/2025
 36.711,64</t>
   </si>
   <si>
     <t>133/2025</t>
   </si>
   <si>
     <t>06/10/2025
 60.144,44</t>
   </si>
   <si>
@@ -7703,72 +7818,118 @@
 </t>
   </si>
   <si>
     <t>14/02/2020
 109.793,50</t>
   </si>
   <si>
     <t>156/2025</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
   </si>
   <si>
     <t>MOVEIS VITORIA LTDA
 46.764.354/0001-56</t>
   </si>
   <si>
     <t>07/10/2025
 2.616,00</t>
   </si>
   <si>
     <t>07/10/2025 a 31/12/2025</t>
   </si>
   <si>
+    <t>159/2025</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
+  </si>
+  <si>
+    <t>D S SILVA COMERCIOS E SERVIÇOS
+24.491.907/0001-69</t>
+  </si>
+  <si>
+    <t>20/10/2025
+10.828,80</t>
+  </si>
+  <si>
+    <t>20/10/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>160/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
+  </si>
+  <si>
+    <t>20/10/2025
+6.744,00</t>
+  </si>
+  <si>
+    <t>161/2025</t>
+  </si>
+  <si>
+    <t>MAGAZINE IMPERATRIZ
+42.707.214/0001-42</t>
+  </si>
+  <si>
+    <t>20/10/2025
+1.950,30</t>
+  </si>
+  <si>
+    <t>166/2025</t>
+  </si>
+  <si>
+    <t>19/11/2025
+6.804,00</t>
+  </si>
+  <si>
+    <t>19/11/2025 a 31/12/2025</t>
+  </si>
+  <si>
     <t>029.1.12/2020</t>
   </si>
   <si>
     <t xml:space="preserve">JAIRO BOEGES VIEIRA
 </t>
   </si>
   <si>
     <t>14/02/2020
 111.232,30</t>
   </si>
   <si>
     <t>086/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
   </si>
   <si>
-    <t>D S SILVA COMERCIOS E SERVIÇOS
-[...2 lines deleted...]
-  <si>
     <t>02/07/2025
 6.136,97</t>
   </si>
   <si>
     <t>111/2025</t>
   </si>
   <si>
     <t>07/08/2025
 103.125,00</t>
   </si>
   <si>
     <t>07/08/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>115/2025</t>
   </si>
   <si>
     <t>19/08/2025
 11.857,00</t>
   </si>
   <si>
     <t>19/08/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>069/2025</t>
@@ -9031,50 +9192,57 @@
     <t>CONTRATO N° 078/2022</t>
   </si>
   <si>
     <t>05/08/2022
 10.003,60</t>
   </si>
   <si>
     <t>CONTRATO N° 091,3/2022</t>
   </si>
   <si>
     <t>05/08/2022
 9.700,00</t>
   </si>
   <si>
     <t>114/2024</t>
   </si>
   <si>
     <t>Secretário de Educação
 CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA REFORMA...</t>
   </si>
   <si>
     <t>12/07/2024
 453.700,04</t>
   </si>
   <si>
+    <t>10/07/2025
+453.700,04</t>
+  </si>
+  <si>
+    <t>12/07/2025 a 11/11/2025</t>
+  </si>
+  <si>
     <t>CONTRATO N° 091.2/2022</t>
   </si>
   <si>
     <t>CONTRATO N° 091.1/2022</t>
   </si>
   <si>
     <t>CONTRATO N° 091/2022</t>
   </si>
   <si>
     <t>CONTRATO N° 072/2022</t>
   </si>
   <si>
     <t>27/06/2022
 6.416,10</t>
   </si>
   <si>
     <t>069/2021</t>
   </si>
   <si>
     <t>24/06/2021
 1.440.516,14</t>
   </si>
   <si>
     <t>24/06/2021 a 24/12/2021</t>
   </si>
@@ -9602,65 +9770,65 @@
   <si>
     <t>15/06/2024 a 15/12/2024</t>
   </si>
   <si>
     <t>13/12/2024
 1.914.983,65</t>
   </si>
   <si>
     <t>15/12/2024 a 15/06/2025</t>
   </si>
   <si>
     <t>13/06/2025
 1.914.983,65</t>
   </si>
   <si>
     <t>15/06/2025 a 15/12/2025</t>
   </si>
   <si>
     <t>CONTRATO Nº 100/2022</t>
   </si>
   <si>
     <t>08/08/2022
 27.947,15</t>
   </si>
   <si>
+    <t>05/11/2025
+689.233,14</t>
+  </si>
+  <si>
+    <t>06/11/2025 a 05/05/2026</t>
+  </si>
+  <si>
     <t>CONTRATO Nº 075.3/2022</t>
   </si>
   <si>
     <t>20/06/2022
 1.500,28</t>
   </si>
   <si>
     <t>20/06/2022 a 31/12/2022</t>
-  </si>
-[...5 lines deleted...]
-    <t>05/08/2025 a 05/11/2025</t>
   </si>
   <si>
     <t>CONTRATO Nº 075.2/2022</t>
   </si>
   <si>
     <t>20/02/2022
 19.999,73</t>
   </si>
   <si>
     <t>20/02/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>CONTRATO Nº 075.1/2022</t>
   </si>
   <si>
     <t>20/02/2022
 15.001,10</t>
   </si>
   <si>
     <t>CONTRATO Nº 075/2022</t>
   </si>
   <si>
     <t>20/02/2022
 14.998,89</t>
   </si>
@@ -12047,54 +12215,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1172"/>
+  <dimension ref="A1:F1185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1172" sqref="E1172"/>
+      <selection activeCell="E1185" sqref="E1185"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -24123,11387 +24291,11647 @@
       </c>
       <c r="B603" t="s">
         <v>1753</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>1754</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>1755</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>1756</v>
       </c>
       <c r="F603" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604">
         <v>419</v>
       </c>
       <c r="B604" t="s">
         <v>1758</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="F604" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B605" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1762</v>
+        <v>1754</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="F605" t="s">
-        <v>1765</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B606" t="s">
         <v>1766</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="F606" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B607" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1763</v>
+        <v>1773</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="F607" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B608" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1762</v>
+        <v>1777</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1763</v>
+        <v>1778</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="F608" t="s">
-        <v>1765</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B609" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1759</v>
+        <v>1773</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>1760</v>
+        <v>1782</v>
       </c>
       <c r="F609" t="s">
-        <v>1757</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B610" t="s">
-        <v>1772</v>
+        <v>1783</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1762</v>
+        <v>1784</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1759</v>
+        <v>1785</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>1773</v>
+        <v>1786</v>
       </c>
       <c r="F610" t="s">
-        <v>1774</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B611" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E611" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F611" t="s">
         <v>1775</v>
-      </c>
-[...10 lines deleted...]
-        <v>1779</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B612" t="s">
-        <v>1780</v>
+        <v>1790</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1759</v>
+        <v>1773</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>1781</v>
+        <v>1791</v>
       </c>
       <c r="F612" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B613" t="s">
-        <v>1782</v>
+        <v>1792</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1784</v>
+        <v>1794</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>1785</v>
+        <v>1795</v>
       </c>
       <c r="F613" t="s">
-        <v>1786</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B614" t="s">
-        <v>1787</v>
+        <v>1763</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>1788</v>
+        <v>1765</v>
       </c>
       <c r="F614" t="s">
-        <v>1774</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B615" t="s">
-        <v>1789</v>
+        <v>1797</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="F615" t="s">
-        <v>1774</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B616" t="s">
-        <v>405</v>
+        <v>1800</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
       <c r="F616" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B617" t="s">
-        <v>276</v>
+        <v>1805</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1791</v>
+        <v>1772</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1795</v>
+        <v>1764</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="F617" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B618" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1762</v>
+        <v>1808</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1755</v>
+        <v>1809</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>1798</v>
+        <v>1810</v>
       </c>
       <c r="F618" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B619" t="s">
-        <v>1800</v>
+        <v>1812</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="F619" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B620" t="s">
-        <v>1802</v>
+        <v>231</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1803</v>
+        <v>1814</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>1805</v>
+        <v>1816</v>
       </c>
       <c r="F620" t="s">
-        <v>1806</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B621" t="s">
-        <v>1807</v>
+        <v>1818</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1803</v>
+        <v>1772</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1804</v>
+        <v>1764</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>1808</v>
+        <v>1819</v>
       </c>
       <c r="F621" t="s">
-        <v>1806</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B622" t="s">
-        <v>1809</v>
+        <v>405</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1762</v>
+        <v>1814</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1755</v>
+        <v>1815</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>1810</v>
+        <v>1820</v>
       </c>
       <c r="F622" t="s">
-        <v>1799</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B623" t="s">
-        <v>1811</v>
+        <v>276</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>1814</v>
+        <v>1823</v>
       </c>
       <c r="F623" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B624" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1762</v>
+        <v>1793</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="F624" t="s">
-        <v>1774</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B625" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1820</v>
+        <v>1772</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>8</v>
+        <v>1755</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>1821</v>
+        <v>1828</v>
       </c>
       <c r="F625" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B626" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1817</v>
+        <v>1755</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="F626" t="s">
-        <v>1774</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B627" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1762</v>
+        <v>1833</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1817</v>
+        <v>1834</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="F627" t="s">
-        <v>1774</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B628" t="s">
-        <v>1827</v>
+        <v>1837</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>8</v>
+        <v>1834</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="F628" t="s">
-        <v>1815</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B629" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1828</v>
+        <v>1772</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>8</v>
+        <v>1755</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="F629" t="s">
-        <v>1815</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B630" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1828</v>
+        <v>1842</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>8</v>
+        <v>1843</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="F630" t="s">
-        <v>1815</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B631" t="s">
-        <v>1834</v>
+        <v>1846</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1828</v>
+        <v>1772</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>8</v>
+        <v>1847</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>1835</v>
+        <v>1848</v>
       </c>
       <c r="F631" t="s">
-        <v>1815</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B632" t="s">
-        <v>1836</v>
+        <v>1849</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1762</v>
+        <v>1850</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1817</v>
+        <v>8</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>1837</v>
+        <v>1851</v>
       </c>
       <c r="F632" t="s">
-        <v>1774</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B633" t="s">
-        <v>1838</v>
+        <v>1853</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1839</v>
+        <v>1772</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1840</v>
+        <v>1847</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>1841</v>
+        <v>1854</v>
       </c>
       <c r="F633" t="s">
-        <v>1842</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B634" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1844</v>
+        <v>1772</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>1846</v>
+        <v>1856</v>
       </c>
       <c r="F634" t="s">
-        <v>1847</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B635" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1849</v>
+        <v>1858</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1850</v>
+        <v>8</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="F635" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B636" t="s">
-        <v>1853</v>
+        <v>1860</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>1850</v>
+        <v>8</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="F636" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B637" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1850</v>
+        <v>8</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="F637" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B638" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1850</v>
+        <v>8</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="F638" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B639" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1854</v>
+        <v>1772</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1850</v>
+        <v>1847</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="F639" t="s">
-        <v>1852</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B640" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1845</v>
+        <v>1870</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="F640" t="s">
-        <v>1847</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B641" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>148</v>
+        <v>1875</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>1869</v>
+        <v>1876</v>
       </c>
       <c r="F641" t="s">
-        <v>1815</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B642" t="s">
-        <v>1870</v>
+        <v>1878</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>131</v>
+        <v>1879</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>127</v>
+        <v>1880</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
       <c r="F642" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B643" t="s">
-        <v>1873</v>
+        <v>1883</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>134</v>
+        <v>1884</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>127</v>
+        <v>1880</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="F643" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B644" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>127</v>
+        <v>1880</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
       <c r="F644" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B645" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>126</v>
+        <v>1890</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>127</v>
+        <v>1880</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>1879</v>
+        <v>1891</v>
       </c>
       <c r="F645" t="s">
-        <v>1872</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B646" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D646" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="C646" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E646" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F646" t="s">
         <v>1882</v>
-      </c>
-[...1 lines deleted...]
-        <v>1872</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B647" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>134</v>
+        <v>1895</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1881</v>
+        <v>1875</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="F647" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B648" t="s">
-        <v>1885</v>
+        <v>1897</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1876</v>
+        <v>1898</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1881</v>
+        <v>148</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>1886</v>
+        <v>1899</v>
       </c>
       <c r="F648" t="s">
-        <v>1872</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649">
         <v>400</v>
       </c>
       <c r="B649" t="s">
-        <v>1887</v>
+        <v>1900</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1881</v>
+        <v>127</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>1888</v>
+        <v>1901</v>
       </c>
       <c r="F649" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650">
         <v>400</v>
       </c>
       <c r="B650" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1890</v>
+        <v>127</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>1891</v>
+        <v>1904</v>
       </c>
       <c r="F650" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651">
         <v>400</v>
       </c>
       <c r="B651" t="s">
-        <v>1892</v>
+        <v>1905</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>134</v>
+        <v>1906</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>1890</v>
+        <v>127</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>1893</v>
+        <v>1907</v>
       </c>
       <c r="F651" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652">
         <v>400</v>
       </c>
       <c r="B652" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1876</v>
+        <v>126</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>1890</v>
+        <v>127</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="F652" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653">
         <v>400</v>
       </c>
       <c r="B653" t="s">
-        <v>1896</v>
+        <v>1910</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>1890</v>
+        <v>1911</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>1897</v>
+        <v>1912</v>
       </c>
       <c r="F653" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654">
         <v>400</v>
       </c>
       <c r="B654" t="s">
-        <v>1898</v>
+        <v>1913</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1899</v>
+        <v>134</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>1845</v>
+        <v>1911</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="F654" t="s">
-        <v>1847</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655">
         <v>400</v>
       </c>
       <c r="B655" t="s">
-        <v>1901</v>
+        <v>1915</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>131</v>
+        <v>1906</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>207</v>
+        <v>1911</v>
       </c>
       <c r="E655" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F655" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1872</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656">
         <v>400</v>
       </c>
       <c r="B656" t="s">
-        <v>1903</v>
+        <v>1917</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>207</v>
+        <v>1911</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>1904</v>
+        <v>1918</v>
       </c>
       <c r="F656" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657">
         <v>400</v>
       </c>
       <c r="B657" t="s">
-        <v>1905</v>
+        <v>1919</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1876</v>
+        <v>131</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>207</v>
+        <v>1920</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>1906</v>
+        <v>1921</v>
       </c>
       <c r="F657" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658">
         <v>400</v>
       </c>
       <c r="B658" t="s">
-        <v>1907</v>
+        <v>1922</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>207</v>
+        <v>1920</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>1908</v>
+        <v>1923</v>
       </c>
       <c r="F658" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659">
         <v>400</v>
       </c>
       <c r="B659" t="s">
-        <v>1909</v>
+        <v>1924</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>131</v>
+        <v>1906</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>37</v>
+        <v>1920</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>1910</v>
+        <v>1925</v>
       </c>
       <c r="F659" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660">
         <v>400</v>
       </c>
       <c r="B660" t="s">
-        <v>1911</v>
+        <v>1926</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>37</v>
+        <v>1920</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>1912</v>
+        <v>1927</v>
       </c>
       <c r="F660" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661">
         <v>400</v>
       </c>
       <c r="B661" t="s">
-        <v>1913</v>
+        <v>1928</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>1876</v>
+        <v>134</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>37</v>
+        <v>1920</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>1914</v>
+        <v>1929</v>
       </c>
       <c r="F661" t="s">
-        <v>1872</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662">
         <v>400</v>
       </c>
       <c r="B662" t="s">
-        <v>1915</v>
+        <v>1930</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>126</v>
+        <v>1931</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>37</v>
+        <v>1875</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>1916</v>
+        <v>1932</v>
       </c>
       <c r="F662" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663">
         <v>400</v>
       </c>
       <c r="B663" t="s">
-        <v>1917</v>
+        <v>1933</v>
       </c>
       <c r="C663" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>1918</v>
+        <v>1934</v>
       </c>
       <c r="F663" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664">
         <v>400</v>
       </c>
       <c r="B664" t="s">
-        <v>1919</v>
+        <v>1935</v>
       </c>
       <c r="C664" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>1920</v>
+        <v>1936</v>
       </c>
       <c r="F664" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665">
         <v>400</v>
       </c>
       <c r="B665" t="s">
-        <v>1921</v>
+        <v>1937</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>1876</v>
+        <v>1906</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>1922</v>
+        <v>1938</v>
       </c>
       <c r="F665" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666">
         <v>400</v>
       </c>
       <c r="B666" t="s">
-        <v>1923</v>
+        <v>1939</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>1924</v>
+        <v>1940</v>
       </c>
       <c r="F666" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B667" t="s">
-        <v>1925</v>
+        <v>1941</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>1844</v>
+        <v>131</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>1845</v>
+        <v>37</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>1926</v>
+        <v>1942</v>
       </c>
       <c r="F667" t="s">
-        <v>1847</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B668" t="s">
-        <v>1927</v>
+        <v>1943</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>1928</v>
+        <v>134</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>1929</v>
+        <v>1944</v>
       </c>
       <c r="F668" t="s">
-        <v>1930</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B669" t="s">
-        <v>1931</v>
+        <v>1945</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1932</v>
+        <v>1906</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>1845</v>
+        <v>37</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>1933</v>
+        <v>1946</v>
       </c>
       <c r="F669" t="s">
-        <v>1847</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B670" t="s">
-        <v>1934</v>
+        <v>1947</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1935</v>
+        <v>126</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1936</v>
+        <v>37</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="F670" t="s">
-        <v>1938</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B671" t="s">
-        <v>1939</v>
+        <v>1949</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1865</v>
+        <v>131</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1940</v>
+        <v>323</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="F671" t="s">
-        <v>1847</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B672" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1943</v>
+        <v>134</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1944</v>
+        <v>323</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>1945</v>
+        <v>1952</v>
       </c>
       <c r="F672" t="s">
-        <v>1946</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B673" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1899</v>
+        <v>1906</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1940</v>
+        <v>323</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>1900</v>
+        <v>1954</v>
       </c>
       <c r="F673" t="s">
-        <v>1847</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B674" t="s">
-        <v>1948</v>
+        <v>1955</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1844</v>
+        <v>126</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1940</v>
+        <v>323</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>1926</v>
+        <v>1956</v>
       </c>
       <c r="F674" t="s">
-        <v>1847</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B675" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1950</v>
+        <v>1874</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1951</v>
+        <v>1875</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>1952</v>
+        <v>1958</v>
       </c>
       <c r="F675" t="s">
-        <v>1953</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B676" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1932</v>
+        <v>1960</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>1940</v>
+        <v>58</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>1933</v>
+        <v>1961</v>
       </c>
       <c r="F676" t="s">
-        <v>1847</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B677" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>1957</v>
+        <v>1875</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>1958</v>
+        <v>1965</v>
       </c>
       <c r="F677" t="s">
-        <v>1953</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B678" t="s">
-        <v>1959</v>
+        <v>1966</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1960</v>
+        <v>1967</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>1961</v>
+        <v>1968</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
       <c r="F678" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="B679" t="s">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1400</v>
+        <v>1895</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>127</v>
+        <v>1972</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="F679" t="s">
-        <v>1966</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="B680" t="s">
-        <v>1967</v>
+        <v>1974</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1968</v>
+        <v>1975</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>127</v>
+        <v>1976</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
       <c r="F680" t="s">
-        <v>1966</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B681" t="s">
-        <v>1970</v>
+        <v>1979</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1971</v>
+        <v>1931</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>127</v>
+        <v>1972</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>1972</v>
+        <v>1932</v>
       </c>
       <c r="F681" t="s">
-        <v>1966</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B682" t="s">
-        <v>1973</v>
+        <v>1980</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1974</v>
+        <v>1874</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>1976</v>
+        <v>1958</v>
       </c>
       <c r="F682" t="s">
-        <v>1977</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B683" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>127</v>
+        <v>1983</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="F683" t="s">
-        <v>1966</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B684" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1982</v>
+        <v>1964</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>1983</v>
+        <v>1972</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>1984</v>
+        <v>1965</v>
       </c>
       <c r="F684" t="s">
-        <v>1985</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B685" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="F685" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B686" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F686" t="s">
-        <v>1985</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B687" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1993</v>
+        <v>1400</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>1983</v>
+        <v>127</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="F687" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B688" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>1400</v>
+        <v>2000</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>1997</v>
+        <v>127</v>
       </c>
       <c r="E688" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F688" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B689" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2002</v>
+        <v>127</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="F689" t="s">
-        <v>2004</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B690" t="s">
         <v>2005</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1968</v>
+        <v>2006</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="F690" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B691" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2009</v>
+        <v>127</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="F691" t="s">
-        <v>1977</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B692" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>1971</v>
+        <v>2014</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="F692" t="s">
-        <v>1999</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B693" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1979</v>
+        <v>2019</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="F693" t="s">
-        <v>1999</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B694" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D694" s="1" t="s">
         <v>2015</v>
       </c>
-      <c r="C694" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E694" s="1" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F694" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B695" t="s">
-        <v>30</v>
+        <v>2024</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>536</v>
+        <v>2015</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="F695" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B696" t="s">
-        <v>2021</v>
+        <v>2028</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1968</v>
+        <v>1400</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>1997</v>
+        <v>2029</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="F696" t="s">
-        <v>2017</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B697" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>2026</v>
+        <v>2035</v>
       </c>
       <c r="F697" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B698" t="s">
-        <v>2028</v>
+        <v>2037</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1400</v>
+        <v>2000</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>127</v>
+        <v>2029</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>2029</v>
+        <v>2038</v>
       </c>
       <c r="F698" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B699" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2032</v>
+        <v>2040</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>2034</v>
+        <v>2042</v>
       </c>
       <c r="F699" t="s">
-        <v>2035</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="B700" t="s">
-        <v>2036</v>
+        <v>2043</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1968</v>
+        <v>2003</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>127</v>
+        <v>2029</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>2037</v>
+        <v>2044</v>
       </c>
       <c r="F700" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B701" t="s">
-        <v>2038</v>
+        <v>2045</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1971</v>
+        <v>2011</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>127</v>
+        <v>2029</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>2039</v>
+        <v>2046</v>
       </c>
       <c r="F701" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B702" t="s">
-        <v>2040</v>
+        <v>2047</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1979</v>
+        <v>1400</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>127</v>
+        <v>2029</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>2039</v>
+        <v>2048</v>
       </c>
       <c r="F702" t="s">
-        <v>2030</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B703" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2041</v>
+        <v>2050</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2042</v>
+        <v>536</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>23</v>
+        <v>2051</v>
       </c>
       <c r="F703" t="s">
-        <v>24</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B704" t="s">
-        <v>2043</v>
+        <v>2053</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1400</v>
+        <v>2000</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>1997</v>
+        <v>2029</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>2044</v>
+        <v>2054</v>
       </c>
       <c r="F704" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B705" t="s">
-        <v>2046</v>
+        <v>2055</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1968</v>
+        <v>2056</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>1997</v>
+        <v>2057</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="F705" t="s">
-        <v>2045</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B706" t="s">
-        <v>2048</v>
+        <v>2060</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1971</v>
+        <v>1400</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>1997</v>
+        <v>127</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>2049</v>
+        <v>2061</v>
       </c>
       <c r="F706" t="s">
-        <v>2045</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B707" t="s">
-        <v>2050</v>
+        <v>2063</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2051</v>
+        <v>2064</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2052</v>
+        <v>2065</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>2053</v>
+        <v>2066</v>
       </c>
       <c r="F707" t="s">
-        <v>2054</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B708" t="s">
-        <v>2055</v>
+        <v>2068</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2056</v>
+        <v>2000</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2052</v>
+        <v>127</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>2057</v>
+        <v>2069</v>
       </c>
       <c r="F708" t="s">
-        <v>2054</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B709" t="s">
-        <v>2058</v>
+        <v>2070</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2059</v>
+        <v>2003</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2052</v>
+        <v>127</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>2060</v>
+        <v>2071</v>
       </c>
       <c r="F709" t="s">
-        <v>2054</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B710" t="s">
-        <v>2061</v>
+        <v>2072</v>
       </c>
       <c r="C710" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E710" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F710" t="s">
         <v>2062</v>
-      </c>
-[...7 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B711" t="s">
-        <v>2064</v>
+        <v>20</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>312</v>
+        <v>2074</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>2066</v>
+        <v>23</v>
       </c>
       <c r="F711" t="s">
-        <v>2035</v>
+        <v>24</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B712" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1979</v>
+        <v>1400</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>1997</v>
+        <v>2029</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>2068</v>
+        <v>2076</v>
       </c>
       <c r="F712" t="s">
-        <v>2045</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B713" t="s">
-        <v>2069</v>
+        <v>2078</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2070</v>
+        <v>2000</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2071</v>
+        <v>2029</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>2072</v>
+        <v>2079</v>
       </c>
       <c r="F713" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B714" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1803</v>
+        <v>2003</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2075</v>
+        <v>2029</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>2076</v>
+        <v>2081</v>
       </c>
       <c r="F714" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B715" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="F715" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B716" t="s">
-        <v>2083</v>
+        <v>2087</v>
       </c>
       <c r="C716" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D716" s="1" t="s">
         <v>2084</v>
       </c>
-      <c r="D716" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E716" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F716" t="s">
         <v>2086</v>
-      </c>
-[...1 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B717" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="F717" t="s">
-        <v>2091</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B718" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1212</v>
+        <v>2094</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="F718" t="s">
-        <v>2094</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B719" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2089</v>
+        <v>312</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="F719" t="s">
-        <v>2094</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B720" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2099</v>
+        <v>2011</v>
       </c>
       <c r="D720" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E720" s="1" t="s">
         <v>2100</v>
       </c>
-      <c r="E720" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F720" t="s">
-        <v>2102</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B721" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D721" s="1" t="s">
         <v>2103</v>
       </c>
-      <c r="C721" s="1" t="s">
+      <c r="E721" s="1" t="s">
         <v>2104</v>
       </c>
-      <c r="D721" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E721" s="1" t="s">
+      <c r="F721" t="s">
         <v>2105</v>
-      </c>
-[...1 lines deleted...]
-        <v>2106</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B722" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D722" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="C722" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D722" s="1" t="s">
+      <c r="E722" s="1" t="s">
         <v>2108</v>
       </c>
-      <c r="E722" s="1" t="s">
+      <c r="F722" t="s">
         <v>2109</v>
-      </c>
-[...1 lines deleted...]
-        <v>2102</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B723" t="s">
         <v>2110</v>
       </c>
       <c r="C723" s="1" t="s">
         <v>2111</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>2112</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>2113</v>
       </c>
       <c r="F723" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B724" t="s">
         <v>2115</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2111</v>
+        <v>2116</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="F724" t="s">
-        <v>2114</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B725" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2111</v>
+        <v>2120</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="F725" t="s">
-        <v>2114</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B726" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D726" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="C726" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E726" s="1" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="F726" t="s">
-        <v>2114</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B727" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2111</v>
+        <v>2128</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="F727" t="s">
         <v>2126</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B728" t="s">
-        <v>2127</v>
+        <v>2130</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>2130</v>
+        <v>2133</v>
       </c>
       <c r="F728" t="s">
-        <v>2054</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B729" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2099</v>
+        <v>2136</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2132</v>
+        <v>2121</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="F729" t="s">
-        <v>2102</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B730" t="s">
-        <v>2127</v>
+        <v>2139</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2128</v>
+        <v>2131</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2129</v>
+        <v>2140</v>
       </c>
       <c r="E730" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="F730" t="s">
         <v>2134</v>
-      </c>
-[...1 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B731" t="s">
-        <v>2135</v>
+        <v>2142</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2099</v>
+        <v>2143</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
       <c r="F731" t="s">
-        <v>2102</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B732" t="s">
-        <v>2138</v>
+        <v>2147</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2099</v>
+        <v>2143</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2139</v>
+        <v>2148</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>2140</v>
+        <v>2149</v>
       </c>
       <c r="F732" t="s">
-        <v>2102</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B733" t="s">
-        <v>2141</v>
+        <v>2150</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>58</v>
+        <v>2151</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>2143</v>
+        <v>2152</v>
       </c>
       <c r="F733" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B734" t="s">
-        <v>2145</v>
+        <v>2153</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2099</v>
+        <v>2143</v>
       </c>
       <c r="D734" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E734" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F734" t="s">
         <v>2146</v>
-      </c>
-[...4 lines deleted...]
-        <v>2102</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B735" t="s">
-        <v>2148</v>
+        <v>2156</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2099</v>
+        <v>2143</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>2150</v>
+        <v>2157</v>
       </c>
       <c r="F735" t="s">
-        <v>2102</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B736" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2099</v>
+        <v>2160</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2152</v>
+        <v>2161</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>2153</v>
+        <v>2162</v>
       </c>
       <c r="F736" t="s">
-        <v>2102</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B737" t="s">
-        <v>2154</v>
+        <v>2163</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2155</v>
+        <v>2131</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
       <c r="F737" t="s">
-        <v>2158</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B738" t="s">
         <v>2159</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2099</v>
+        <v>2160</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="F738" t="s">
-        <v>2102</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B739" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2163</v>
+        <v>2131</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="F739" t="s">
-        <v>2004</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B740" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2155</v>
+        <v>2131</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>2164</v>
+        <v>2171</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
       <c r="F740" t="s">
-        <v>2168</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B741" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2163</v>
+        <v>2174</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2164</v>
+        <v>58</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="F741" t="s">
-        <v>2171</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B742" t="s">
-        <v>2172</v>
+        <v>2177</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>175</v>
+        <v>2131</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2173</v>
+        <v>2178</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>2174</v>
+        <v>2179</v>
       </c>
       <c r="F742" t="s">
-        <v>2175</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B743" t="s">
-        <v>2176</v>
+        <v>2180</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>173</v>
+        <v>2131</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>2177</v>
+        <v>2182</v>
       </c>
       <c r="F743" t="s">
-        <v>2175</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B744" t="s">
-        <v>2178</v>
+        <v>2183</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>162</v>
+        <v>2131</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2173</v>
+        <v>2184</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="F744" t="s">
-        <v>2175</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B745" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2099</v>
+        <v>2187</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>2181</v>
+        <v>2188</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>2182</v>
+        <v>2189</v>
       </c>
       <c r="F745" t="s">
-        <v>2102</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B746" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>167</v>
+        <v>2192</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>2173</v>
+        <v>2193</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>2184</v>
+        <v>2194</v>
       </c>
       <c r="F746" t="s">
-        <v>2175</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B747" t="s">
-        <v>2185</v>
+        <v>2196</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2099</v>
+        <v>2197</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>2187</v>
+        <v>2198</v>
       </c>
       <c r="F747" t="s">
-        <v>2102</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B748" t="s">
-        <v>2188</v>
+        <v>2199</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>207</v>
+        <v>2200</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>2190</v>
+        <v>2201</v>
       </c>
       <c r="F748" t="s">
-        <v>2114</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B749" t="s">
-        <v>2191</v>
+        <v>2202</v>
       </c>
       <c r="C749" s="1" t="s">
         <v>2192</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>207</v>
+        <v>2188</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>2193</v>
+        <v>2203</v>
       </c>
       <c r="F749" t="s">
-        <v>2114</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B750" t="s">
-        <v>2194</v>
+        <v>2205</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2195</v>
+        <v>2131</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>207</v>
+        <v>2206</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>2190</v>
+        <v>2207</v>
       </c>
       <c r="F750" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B751" t="s">
-        <v>2196</v>
+        <v>2208</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2197</v>
+        <v>2209</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>207</v>
+        <v>2193</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>2198</v>
+        <v>2210</v>
       </c>
       <c r="F751" t="s">
-        <v>2114</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B752" t="s">
-        <v>2199</v>
+        <v>2211</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2200</v>
+        <v>2193</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>2201</v>
+        <v>2212</v>
       </c>
       <c r="F752" t="s">
-        <v>2114</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B753" t="s">
-        <v>2202</v>
+        <v>2214</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2192</v>
+        <v>2209</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>2200</v>
+        <v>2193</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>2203</v>
+        <v>2215</v>
       </c>
       <c r="F753" t="s">
-        <v>2114</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B754" t="s">
-        <v>2204</v>
+        <v>2217</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>2195</v>
+        <v>175</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>2200</v>
+        <v>2218</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>2203</v>
+        <v>2219</v>
       </c>
       <c r="F754" t="s">
-        <v>2114</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B755" t="s">
-        <v>2205</v>
+        <v>2221</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2197</v>
+        <v>173</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>2200</v>
+        <v>2218</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>2206</v>
+        <v>2222</v>
       </c>
       <c r="F755" t="s">
-        <v>2114</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B756" t="s">
-        <v>2207</v>
+        <v>2223</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2189</v>
+        <v>162</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>2164</v>
+        <v>2218</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>2208</v>
+        <v>2224</v>
       </c>
       <c r="F756" t="s">
-        <v>2114</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B757" t="s">
-        <v>2209</v>
+        <v>2225</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2192</v>
+        <v>2131</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>2164</v>
+        <v>2226</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>2210</v>
+        <v>2227</v>
       </c>
       <c r="F757" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B758" t="s">
-        <v>2211</v>
+        <v>2228</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>2195</v>
+        <v>167</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>2164</v>
+        <v>2218</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>2212</v>
+        <v>2229</v>
       </c>
       <c r="F758" t="s">
-        <v>2114</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759">
         <v>362</v>
       </c>
       <c r="B759" t="s">
-        <v>2213</v>
+        <v>2230</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2197</v>
+        <v>2131</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>2164</v>
+        <v>2231</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>2214</v>
+        <v>2232</v>
       </c>
       <c r="F759" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760">
         <v>362</v>
       </c>
       <c r="B760" t="s">
-        <v>2215</v>
+        <v>2233</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2189</v>
+        <v>2234</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2216</v>
+        <v>207</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>2217</v>
+        <v>2235</v>
       </c>
       <c r="F760" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761">
         <v>362</v>
       </c>
       <c r="B761" t="s">
-        <v>2218</v>
+        <v>2236</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2192</v>
+        <v>2237</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2216</v>
+        <v>207</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>2219</v>
+        <v>2238</v>
       </c>
       <c r="F761" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762">
         <v>362</v>
       </c>
       <c r="B762" t="s">
-        <v>2220</v>
+        <v>2239</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2195</v>
+        <v>2240</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2216</v>
+        <v>207</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>2219</v>
+        <v>2235</v>
       </c>
       <c r="F762" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763">
         <v>362</v>
       </c>
       <c r="B763" t="s">
-        <v>2221</v>
+        <v>2241</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2197</v>
+        <v>2242</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2216</v>
+        <v>207</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>2222</v>
+        <v>2243</v>
       </c>
       <c r="F763" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764">
         <v>362</v>
       </c>
       <c r="B764" t="s">
-        <v>2223</v>
+        <v>2244</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2189</v>
+        <v>2234</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>323</v>
+        <v>2245</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>2224</v>
+        <v>2246</v>
       </c>
       <c r="F764" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765">
         <v>362</v>
       </c>
       <c r="B765" t="s">
-        <v>2225</v>
+        <v>2247</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2192</v>
+        <v>2237</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>323</v>
+        <v>2245</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>2226</v>
+        <v>2248</v>
       </c>
       <c r="F765" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766">
         <v>362</v>
       </c>
       <c r="B766" t="s">
-        <v>2227</v>
+        <v>2249</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2195</v>
+        <v>2240</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>323</v>
+        <v>2245</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>2226</v>
+        <v>2248</v>
       </c>
       <c r="F766" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767">
         <v>362</v>
       </c>
       <c r="B767" t="s">
-        <v>2228</v>
+        <v>2250</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2197</v>
+        <v>2242</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>323</v>
+        <v>2245</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>2229</v>
+        <v>2251</v>
       </c>
       <c r="F767" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B768" t="s">
-        <v>2230</v>
+        <v>2252</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2099</v>
+        <v>2234</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2231</v>
+        <v>2193</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>2232</v>
+        <v>2253</v>
       </c>
       <c r="F768" t="s">
-        <v>2102</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B769" t="s">
-        <v>2233</v>
+        <v>2254</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2099</v>
+        <v>2237</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2234</v>
+        <v>2193</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>2235</v>
+        <v>2255</v>
       </c>
       <c r="F769" t="s">
-        <v>2102</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B770" t="s">
-        <v>2236</v>
+        <v>2256</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2238</v>
+        <v>2193</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>2239</v>
+        <v>2257</v>
       </c>
       <c r="F770" t="s">
-        <v>2240</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B771" t="s">
-        <v>2241</v>
+        <v>2258</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2099</v>
+        <v>2242</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2242</v>
+        <v>2193</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>2243</v>
+        <v>2259</v>
       </c>
       <c r="F771" t="s">
-        <v>2102</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B772" t="s">
-        <v>2244</v>
+        <v>2260</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2245</v>
+        <v>2234</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2246</v>
+        <v>2261</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>2247</v>
+        <v>2262</v>
       </c>
       <c r="F772" t="s">
-        <v>2248</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B773" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2250</v>
+        <v>2237</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2246</v>
+        <v>2261</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>2251</v>
+        <v>2264</v>
       </c>
       <c r="F773" t="s">
-        <v>2248</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B774" t="s">
-        <v>2252</v>
+        <v>2265</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2253</v>
+        <v>2240</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2246</v>
+        <v>2261</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="F774" t="s">
-        <v>2248</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B775" t="s">
-        <v>2255</v>
+        <v>2266</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2256</v>
+        <v>2242</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>37</v>
+        <v>2261</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
       <c r="F775" t="s">
-        <v>2258</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B776" t="s">
-        <v>2259</v>
+        <v>2268</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2260</v>
+        <v>2234</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>37</v>
+        <v>323</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>2261</v>
+        <v>2269</v>
       </c>
       <c r="F776" t="s">
-        <v>2258</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B777" t="s">
-        <v>2262</v>
+        <v>2270</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2099</v>
+        <v>2237</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2263</v>
+        <v>323</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>2235</v>
+        <v>2271</v>
       </c>
       <c r="F777" t="s">
-        <v>2102</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B778" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2256</v>
+        <v>2240</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>575</v>
+        <v>323</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>2265</v>
+        <v>2271</v>
       </c>
       <c r="F778" t="s">
-        <v>2258</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B779" t="s">
-        <v>2266</v>
+        <v>2273</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2260</v>
+        <v>2242</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>575</v>
+        <v>323</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>2267</v>
+        <v>2274</v>
       </c>
       <c r="F779" t="s">
-        <v>2258</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B780" t="s">
-        <v>2268</v>
+        <v>2275</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2018</v>
+        <v>2131</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>37</v>
+        <v>2276</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>2269</v>
+        <v>2277</v>
       </c>
       <c r="F780" t="s">
-        <v>2258</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B781" t="s">
-        <v>2270</v>
+        <v>2278</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2018</v>
+        <v>2131</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>575</v>
+        <v>2279</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>2271</v>
+        <v>2280</v>
       </c>
       <c r="F781" t="s">
-        <v>2258</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B782" t="s">
-        <v>2272</v>
+        <v>2281</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2273</v>
+        <v>2282</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>575</v>
+        <v>2283</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="F782" t="s">
-        <v>2258</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B783" t="s">
-        <v>2275</v>
+        <v>2286</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2273</v>
+        <v>2131</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>37</v>
+        <v>2287</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>2276</v>
+        <v>2288</v>
       </c>
       <c r="F783" t="s">
-        <v>2258</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B784" t="s">
-        <v>2277</v>
+        <v>2289</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2099</v>
+        <v>2290</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2278</v>
+        <v>2291</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>2279</v>
+        <v>2292</v>
       </c>
       <c r="F784" t="s">
-        <v>2102</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B785" t="s">
-        <v>2280</v>
+        <v>2294</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2281</v>
+        <v>2295</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>2283</v>
+        <v>2296</v>
       </c>
       <c r="F785" t="s">
-        <v>2284</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B786" t="s">
-        <v>2285</v>
+        <v>2297</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2099</v>
+        <v>2298</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2286</v>
+        <v>2291</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>2287</v>
+        <v>2299</v>
       </c>
       <c r="F786" t="s">
-        <v>2102</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B787" t="s">
-        <v>2288</v>
+        <v>2300</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>50</v>
+        <v>2301</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>2289</v>
+        <v>37</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>2290</v>
+        <v>2302</v>
       </c>
       <c r="F787" t="s">
-        <v>2291</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B788" t="s">
-        <v>2292</v>
+        <v>2304</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2099</v>
+        <v>2305</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>2293</v>
+        <v>37</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>2235</v>
+        <v>2306</v>
       </c>
       <c r="F788" t="s">
-        <v>2102</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B789" t="s">
-        <v>2294</v>
+        <v>2307</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2099</v>
+        <v>2131</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2295</v>
+        <v>2308</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>2296</v>
+        <v>2280</v>
       </c>
       <c r="F789" t="s">
-        <v>2102</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B790" t="s">
-        <v>2297</v>
+        <v>2309</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2099</v>
+        <v>2301</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>2298</v>
+        <v>575</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>2299</v>
+        <v>2310</v>
       </c>
       <c r="F790" t="s">
-        <v>2102</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B791" t="s">
-        <v>2300</v>
+        <v>2311</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>2302</v>
+        <v>575</v>
       </c>
       <c r="E791" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F791" t="s">
         <v>2303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="B792" t="s">
-        <v>2304</v>
+        <v>2313</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2305</v>
+        <v>2050</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>2302</v>
+        <v>37</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>2306</v>
+        <v>2314</v>
       </c>
       <c r="F792" t="s">
-        <v>1765</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="B793" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>617</v>
+        <v>2050</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>2308</v>
+        <v>575</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="F793" t="s">
-        <v>1765</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B794" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2301</v>
+        <v>2318</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2308</v>
+        <v>575</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="F794" t="s">
-        <v>1765</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="B795" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2301</v>
+        <v>2318</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>2308</v>
+        <v>37</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>2309</v>
+        <v>2321</v>
       </c>
       <c r="F795" t="s">
-        <v>1765</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="B796" t="s">
-        <v>2313</v>
+        <v>2322</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>1803</v>
+        <v>2131</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2308</v>
+        <v>2323</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>2314</v>
+        <v>2324</v>
       </c>
       <c r="F796" t="s">
-        <v>1765</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="B797" t="s">
-        <v>2315</v>
+        <v>2325</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2301</v>
+        <v>2326</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2316</v>
+        <v>2327</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>2317</v>
+        <v>2328</v>
       </c>
       <c r="F797" t="s">
-        <v>1765</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="B798" t="s">
-        <v>2318</v>
+        <v>2330</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2301</v>
+        <v>2131</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2316</v>
+        <v>2331</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>2319</v>
+        <v>2332</v>
       </c>
       <c r="F798" t="s">
-        <v>1765</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799">
-        <v>344</v>
+        <v>356</v>
       </c>
       <c r="B799" t="s">
-        <v>2320</v>
+        <v>2333</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>1803</v>
+        <v>50</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>2316</v>
+        <v>2334</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>2321</v>
+        <v>2335</v>
       </c>
       <c r="F799" t="s">
-        <v>1765</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="B800" t="s">
-        <v>2322</v>
+        <v>2337</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2301</v>
+        <v>2131</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2323</v>
+        <v>2338</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>2324</v>
+        <v>2280</v>
       </c>
       <c r="F800" t="s">
-        <v>1765</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="B801" t="s">
-        <v>2325</v>
+        <v>2339</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1803</v>
+        <v>2131</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2323</v>
+        <v>2340</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>2326</v>
+        <v>2341</v>
       </c>
       <c r="F801" t="s">
-        <v>1765</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B802" t="s">
-        <v>2327</v>
+        <v>2342</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2301</v>
+        <v>2131</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2328</v>
+        <v>2343</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>2329</v>
+        <v>2344</v>
       </c>
       <c r="F802" t="s">
-        <v>1765</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="B803" t="s">
-        <v>2330</v>
+        <v>2345</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2305</v>
+        <v>2346</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2328</v>
+        <v>2347</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>2331</v>
+        <v>2348</v>
       </c>
       <c r="F803" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="B804" t="s">
-        <v>2332</v>
+        <v>2349</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>617</v>
+        <v>2350</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2328</v>
+        <v>2347</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>2331</v>
+        <v>2351</v>
       </c>
       <c r="F804" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="B805" t="s">
-        <v>2333</v>
+        <v>2352</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2301</v>
+        <v>617</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>2328</v>
+        <v>2353</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>2334</v>
+        <v>2354</v>
       </c>
       <c r="F805" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="B806" t="s">
-        <v>2335</v>
+        <v>2355</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>1803</v>
+        <v>2346</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2328</v>
+        <v>2353</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>2331</v>
+        <v>2356</v>
       </c>
       <c r="F806" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="B807" t="s">
-        <v>2336</v>
+        <v>2357</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>118</v>
+        <v>2346</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>119</v>
+        <v>2353</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>2337</v>
+        <v>2354</v>
       </c>
       <c r="F807" t="s">
-        <v>2338</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="B808" t="s">
-        <v>2339</v>
+        <v>2358</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>118</v>
+        <v>1833</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>119</v>
+        <v>2353</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>2340</v>
+        <v>2359</v>
       </c>
       <c r="F808" t="s">
-        <v>2341</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="B809" t="s">
-        <v>2342</v>
+        <v>2360</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>131</v>
+        <v>2346</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>137</v>
+        <v>2361</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>2343</v>
+        <v>2362</v>
       </c>
       <c r="F809" t="s">
-        <v>129</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B810" t="s">
-        <v>2344</v>
+        <v>2363</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>134</v>
+        <v>2346</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>137</v>
+        <v>2361</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>2345</v>
+        <v>2364</v>
       </c>
       <c r="F810" t="s">
-        <v>129</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B811" t="s">
-        <v>2346</v>
+        <v>2365</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>1694</v>
+        <v>1833</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2347</v>
+        <v>2361</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>2348</v>
+        <v>2366</v>
       </c>
       <c r="F811" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="B812" t="s">
-        <v>2349</v>
+        <v>2367</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>1699</v>
+        <v>2346</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2347</v>
+        <v>2368</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>2350</v>
+        <v>2369</v>
       </c>
       <c r="F812" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="B813" t="s">
-        <v>2351</v>
+        <v>2370</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>1702</v>
+        <v>1833</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2347</v>
+        <v>2368</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>2352</v>
+        <v>2371</v>
       </c>
       <c r="F813" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="B814" t="s">
-        <v>2353</v>
+        <v>2372</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>1702</v>
+        <v>2346</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2347</v>
+        <v>2373</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>2354</v>
+        <v>2374</v>
       </c>
       <c r="F814" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B815" t="s">
-        <v>2355</v>
+        <v>2375</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2356</v>
+        <v>2350</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2347</v>
+        <v>2373</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>2357</v>
+        <v>2376</v>
       </c>
       <c r="F815" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="B816" t="s">
-        <v>2358</v>
+        <v>2377</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2359</v>
+        <v>617</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2347</v>
+        <v>2373</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>2360</v>
+        <v>2376</v>
       </c>
       <c r="F816" t="s">
-        <v>1963</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="B817" t="s">
-        <v>2361</v>
+        <v>2378</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2356</v>
+        <v>2346</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2362</v>
+        <v>2373</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>2363</v>
+        <v>2379</v>
       </c>
       <c r="F817" t="s">
-        <v>2364</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B818" t="s">
-        <v>2365</v>
+        <v>2380</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2366</v>
+        <v>1833</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>260</v>
+        <v>2373</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>2367</v>
+        <v>2376</v>
       </c>
       <c r="F818" t="s">
-        <v>262</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B819" t="s">
-        <v>2368</v>
+        <v>2381</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2359</v>
+        <v>118</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2362</v>
+        <v>119</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>2369</v>
+        <v>2382</v>
       </c>
       <c r="F819" t="s">
-        <v>1963</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B820" t="s">
-        <v>266</v>
+        <v>2384</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2370</v>
+        <v>118</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>260</v>
+        <v>119</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>2371</v>
+        <v>2385</v>
       </c>
       <c r="F820" t="s">
-        <v>2372</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B821" t="s">
-        <v>2365</v>
+        <v>2387</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2366</v>
+        <v>131</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>260</v>
+        <v>137</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>2373</v>
+        <v>2388</v>
       </c>
       <c r="F821" t="s">
-        <v>2372</v>
+        <v>129</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B822" t="s">
-        <v>263</v>
+        <v>2389</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>264</v>
+        <v>134</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>260</v>
+        <v>137</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>2374</v>
+        <v>2390</v>
       </c>
       <c r="F822" t="s">
-        <v>2372</v>
+        <v>129</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B823" t="s">
-        <v>2375</v>
+        <v>2391</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>568</v>
+        <v>1694</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>1305</v>
+        <v>2392</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>2376</v>
+        <v>2393</v>
       </c>
       <c r="F823" t="s">
-        <v>2377</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="B824" t="s">
-        <v>2378</v>
+        <v>2394</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2379</v>
+        <v>1699</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>111</v>
+        <v>2392</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>2380</v>
+        <v>2395</v>
       </c>
       <c r="F824" t="s">
-        <v>2381</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B825" t="s">
-        <v>2378</v>
+        <v>2396</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2382</v>
+        <v>1702</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>111</v>
+        <v>2392</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>2383</v>
+        <v>2397</v>
       </c>
       <c r="F825" t="s">
-        <v>2384</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B826" t="s">
-        <v>924</v>
+        <v>2398</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>627</v>
+        <v>1702</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>628</v>
+        <v>2392</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>2385</v>
+        <v>2399</v>
       </c>
       <c r="F826" t="s">
-        <v>926</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B827" t="s">
-        <v>621</v>
+        <v>2400</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>668</v>
+        <v>2401</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>623</v>
+        <v>2392</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>2386</v>
+        <v>2402</v>
       </c>
       <c r="F827" t="s">
-        <v>2387</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B828" t="s">
-        <v>353</v>
+        <v>2403</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>354</v>
+        <v>2404</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>355</v>
+        <v>2392</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>2388</v>
+        <v>2405</v>
       </c>
       <c r="F828" t="s">
-        <v>2389</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B829" t="s">
-        <v>429</v>
+        <v>2406</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>1226</v>
+        <v>2401</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>431</v>
+        <v>2407</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>2390</v>
+        <v>2408</v>
       </c>
       <c r="F829" t="s">
-        <v>1231</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B830" t="s">
-        <v>913</v>
+        <v>2410</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>914</v>
+        <v>2411</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>2391</v>
+        <v>2412</v>
       </c>
       <c r="F830" t="s">
-        <v>1999</v>
+        <v>262</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B831" t="s">
-        <v>917</v>
+        <v>2413</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>918</v>
+        <v>2404</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>628</v>
+        <v>2407</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>2392</v>
+        <v>2414</v>
       </c>
       <c r="F831" t="s">
-        <v>1999</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="B832" t="s">
-        <v>921</v>
+        <v>266</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>922</v>
+        <v>2415</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>2393</v>
+        <v>2416</v>
       </c>
       <c r="F832" t="s">
-        <v>1999</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="B833" t="s">
-        <v>924</v>
+        <v>2410</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>627</v>
+        <v>2411</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>2394</v>
+        <v>2418</v>
       </c>
       <c r="F833" t="s">
-        <v>1999</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="B834" t="s">
-        <v>2395</v>
+        <v>263</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>914</v>
+        <v>264</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>2396</v>
+        <v>2419</v>
       </c>
       <c r="F834" t="s">
-        <v>1530</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="B835" t="s">
-        <v>2397</v>
+        <v>2420</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>918</v>
+        <v>568</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>628</v>
+        <v>1305</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>2398</v>
+        <v>2421</v>
       </c>
       <c r="F835" t="s">
-        <v>1530</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="B836" t="s">
-        <v>2399</v>
+        <v>2423</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>922</v>
+        <v>2424</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>628</v>
+        <v>111</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>2400</v>
+        <v>2425</v>
       </c>
       <c r="F836" t="s">
-        <v>1530</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="B837" t="s">
-        <v>2401</v>
+        <v>2423</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>627</v>
+        <v>2427</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>628</v>
+        <v>111</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>2402</v>
+        <v>2428</v>
       </c>
       <c r="F837" t="s">
-        <v>1530</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="B838" t="s">
-        <v>464</v>
+        <v>924</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>465</v>
+        <v>627</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>106</v>
+        <v>628</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>2403</v>
+        <v>2430</v>
       </c>
       <c r="F838" t="s">
-        <v>2404</v>
+        <v>926</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="B839" t="s">
-        <v>2405</v>
+        <v>621</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>100</v>
+        <v>668</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2406</v>
+        <v>623</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>2407</v>
+        <v>2431</v>
       </c>
       <c r="F839" t="s">
-        <v>2408</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="B840" t="s">
-        <v>2409</v>
+        <v>353</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>97</v>
+        <v>354</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2406</v>
+        <v>355</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>2410</v>
+        <v>2433</v>
       </c>
       <c r="F840" t="s">
-        <v>2408</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="B841" t="s">
-        <v>2411</v>
+        <v>429</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>568</v>
+        <v>1226</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2406</v>
+        <v>431</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>2412</v>
+        <v>2435</v>
       </c>
       <c r="F841" t="s">
-        <v>2408</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="B842" t="s">
-        <v>2413</v>
+        <v>913</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>100</v>
+        <v>914</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2406</v>
+        <v>628</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>2414</v>
+        <v>2436</v>
       </c>
       <c r="F842" t="s">
-        <v>2415</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="B843" t="s">
-        <v>2416</v>
+        <v>917</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>97</v>
+        <v>918</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2406</v>
+        <v>628</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>2417</v>
+        <v>2437</v>
       </c>
       <c r="F843" t="s">
-        <v>2415</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="B844" t="s">
-        <v>2418</v>
+        <v>921</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>565</v>
+        <v>922</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2406</v>
+        <v>628</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>2419</v>
+        <v>2438</v>
       </c>
       <c r="F844" t="s">
-        <v>2415</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="B845" t="s">
-        <v>2420</v>
+        <v>924</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>568</v>
+        <v>627</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2406</v>
+        <v>628</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>2421</v>
+        <v>2439</v>
       </c>
       <c r="F845" t="s">
-        <v>2415</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="B846" t="s">
-        <v>2422</v>
+        <v>2440</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>224</v>
+        <v>914</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2423</v>
+        <v>628</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>2424</v>
+        <v>2441</v>
       </c>
       <c r="F846" t="s">
-        <v>1504</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="B847" t="s">
-        <v>2425</v>
+        <v>2442</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>229</v>
+        <v>918</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2423</v>
+        <v>628</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>2426</v>
+        <v>2443</v>
       </c>
       <c r="F847" t="s">
-        <v>1504</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="B848" t="s">
-        <v>2427</v>
+        <v>2444</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>584</v>
+        <v>922</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>2423</v>
+        <v>628</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>2426</v>
+        <v>2445</v>
       </c>
       <c r="F848" t="s">
-        <v>1504</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="B849" t="s">
-        <v>2428</v>
+        <v>2446</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>224</v>
+        <v>627</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>1549</v>
+        <v>628</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>2429</v>
+        <v>2447</v>
       </c>
       <c r="F849" t="s">
-        <v>1504</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="B850" t="s">
-        <v>2430</v>
+        <v>464</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>229</v>
+        <v>465</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>1549</v>
+        <v>106</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>2431</v>
+        <v>2448</v>
       </c>
       <c r="F850" t="s">
-        <v>1504</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="B851" t="s">
-        <v>2432</v>
+        <v>2450</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>584</v>
+        <v>100</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>1549</v>
+        <v>2451</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>2431</v>
+        <v>2452</v>
       </c>
       <c r="F851" t="s">
-        <v>1504</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="B852" t="s">
-        <v>2433</v>
+        <v>2454</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>224</v>
+        <v>97</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>1537</v>
+        <v>2451</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>2434</v>
+        <v>2455</v>
       </c>
       <c r="F852" t="s">
-        <v>2435</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="B853" t="s">
-        <v>2436</v>
+        <v>2456</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>229</v>
+        <v>568</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>1537</v>
+        <v>2451</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>2437</v>
+        <v>2457</v>
       </c>
       <c r="F853" t="s">
-        <v>2435</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="B854" t="s">
-        <v>2438</v>
+        <v>2458</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>584</v>
+        <v>100</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>1537</v>
+        <v>2451</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>2437</v>
+        <v>2459</v>
       </c>
       <c r="F854" t="s">
-        <v>2435</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="B855" t="s">
-        <v>2439</v>
+        <v>2461</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>224</v>
+        <v>97</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>1546</v>
+        <v>2451</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>2440</v>
+        <v>2462</v>
       </c>
       <c r="F855" t="s">
-        <v>1530</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="B856" t="s">
-        <v>2441</v>
+        <v>2463</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>694</v>
+        <v>565</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>46</v>
+        <v>2451</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>2442</v>
+        <v>2464</v>
       </c>
       <c r="F856" t="s">
-        <v>2073</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="B857" t="s">
-        <v>2443</v>
+        <v>2465</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>50</v>
+        <v>568</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>186</v>
+        <v>2451</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>2444</v>
+        <v>2466</v>
       </c>
       <c r="F857" t="s">
-        <v>2073</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="B858" t="s">
-        <v>2445</v>
+        <v>2467</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>1546</v>
+        <v>2468</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>2446</v>
+        <v>2469</v>
       </c>
       <c r="F858" t="s">
-        <v>1530</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="B859" t="s">
-        <v>2447</v>
+        <v>2470</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>579</v>
+        <v>229</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>1546</v>
+        <v>2468</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>2448</v>
+        <v>2471</v>
       </c>
       <c r="F859" t="s">
-        <v>1530</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="B860" t="s">
-        <v>2449</v>
+        <v>2472</v>
       </c>
       <c r="C860" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>1546</v>
+        <v>2468</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>2450</v>
+        <v>2471</v>
       </c>
       <c r="F860" t="s">
-        <v>1530</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="B861" t="s">
-        <v>2451</v>
+        <v>2473</v>
       </c>
       <c r="C861" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>1549</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>2452</v>
+        <v>2474</v>
       </c>
       <c r="F861" t="s">
-        <v>1530</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B862" t="s">
-        <v>2453</v>
+        <v>2475</v>
       </c>
       <c r="C862" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>1549</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>2454</v>
+        <v>2476</v>
       </c>
       <c r="F862" t="s">
-        <v>1530</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B863" t="s">
-        <v>2455</v>
+        <v>2477</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>1549</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>2456</v>
+        <v>2476</v>
       </c>
       <c r="F863" t="s">
-        <v>1530</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="B864" t="s">
-        <v>2457</v>
+        <v>2478</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>1549</v>
+        <v>1537</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>2458</v>
+        <v>2479</v>
       </c>
       <c r="F864" t="s">
-        <v>1530</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="B865" t="s">
-        <v>2459</v>
+        <v>2481</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>1537</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>2460</v>
+        <v>2482</v>
       </c>
       <c r="F865" t="s">
-        <v>933</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="B866" t="s">
-        <v>2461</v>
+        <v>2483</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>229</v>
+        <v>584</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>1537</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>2462</v>
+        <v>2482</v>
       </c>
       <c r="F866" t="s">
-        <v>933</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="B867" t="s">
-        <v>2463</v>
+        <v>2484</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>579</v>
+        <v>224</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>1537</v>
+        <v>1546</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>2464</v>
+        <v>2485</v>
       </c>
       <c r="F867" t="s">
-        <v>933</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="B868" t="s">
-        <v>2465</v>
+        <v>2486</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>584</v>
+        <v>694</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>1537</v>
+        <v>46</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>2462</v>
+        <v>2487</v>
       </c>
       <c r="F868" t="s">
-        <v>933</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="B869" t="s">
-        <v>436</v>
+        <v>2488</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>934</v>
+        <v>50</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>438</v>
+        <v>186</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>2466</v>
+        <v>2489</v>
       </c>
       <c r="F869" t="s">
-        <v>2467</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="B870" t="s">
-        <v>2468</v>
+        <v>2490</v>
       </c>
       <c r="C870" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>1751</v>
+        <v>1546</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>2469</v>
+        <v>2491</v>
       </c>
       <c r="F870" t="s">
-        <v>2470</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="B871" t="s">
-        <v>2471</v>
+        <v>2492</v>
       </c>
       <c r="C871" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>1751</v>
+        <v>1546</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>2472</v>
+        <v>2493</v>
       </c>
       <c r="F871" t="s">
-        <v>2470</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="B872" t="s">
-        <v>2473</v>
+        <v>2494</v>
       </c>
       <c r="C872" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>1751</v>
+        <v>1546</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>2474</v>
+        <v>2495</v>
       </c>
       <c r="F872" t="s">
-        <v>2470</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="B873" t="s">
-        <v>2475</v>
+        <v>2496</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>1751</v>
+        <v>1549</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>2476</v>
+        <v>2497</v>
       </c>
       <c r="F873" t="s">
-        <v>2030</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="B874" t="s">
-        <v>2477</v>
+        <v>2498</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>579</v>
+        <v>229</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>1751</v>
+        <v>1549</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>2478</v>
+        <v>2499</v>
       </c>
       <c r="F874" t="s">
-        <v>2030</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="B875" t="s">
-        <v>2479</v>
+        <v>2500</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>1751</v>
+        <v>1549</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>2480</v>
+        <v>2501</v>
       </c>
       <c r="F875" t="s">
-        <v>2481</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="B876" t="s">
-        <v>2482</v>
+        <v>2502</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>229</v>
+        <v>584</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2483</v>
+        <v>1549</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>2484</v>
+        <v>2503</v>
       </c>
       <c r="F876" t="s">
-        <v>2485</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="B877" t="s">
-        <v>2486</v>
+        <v>2504</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>579</v>
+        <v>224</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2483</v>
+        <v>1537</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>2487</v>
+        <v>2505</v>
       </c>
       <c r="F877" t="s">
-        <v>2485</v>
+        <v>933</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="B878" t="s">
-        <v>2488</v>
+        <v>2506</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>584</v>
+        <v>229</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>2483</v>
+        <v>1537</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>2489</v>
+        <v>2507</v>
       </c>
       <c r="F878" t="s">
-        <v>2485</v>
+        <v>933</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B879" t="s">
-        <v>2490</v>
+        <v>2508</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>2483</v>
+        <v>1537</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>2491</v>
+        <v>2509</v>
       </c>
       <c r="F879" t="s">
-        <v>2492</v>
+        <v>933</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="B880" t="s">
-        <v>2493</v>
+        <v>2510</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>2483</v>
+        <v>1537</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>2494</v>
+        <v>2507</v>
       </c>
       <c r="F880" t="s">
-        <v>2492</v>
+        <v>933</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="B881" t="s">
-        <v>2495</v>
+        <v>436</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>584</v>
+        <v>934</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>2483</v>
+        <v>438</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>2496</v>
+        <v>2511</v>
       </c>
       <c r="F881" t="s">
-        <v>2492</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="B882" t="s">
-        <v>2497</v>
+        <v>2513</v>
       </c>
       <c r="C882" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>2483</v>
+        <v>1751</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>2498</v>
+        <v>2514</v>
       </c>
       <c r="F882" t="s">
-        <v>1454</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="B883" t="s">
-        <v>2499</v>
+        <v>2516</v>
       </c>
       <c r="C883" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2483</v>
+        <v>1751</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>2498</v>
+        <v>2517</v>
       </c>
       <c r="F883" t="s">
-        <v>1454</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="B884" t="s">
-        <v>2500</v>
+        <v>2518</v>
       </c>
       <c r="C884" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>2483</v>
+        <v>1751</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>2501</v>
+        <v>2519</v>
       </c>
       <c r="F884" t="s">
-        <v>1454</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="B885" t="s">
-        <v>1196</v>
+        <v>2520</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1197</v>
+        <v>229</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>1198</v>
+        <v>1751</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>2502</v>
+        <v>2521</v>
       </c>
       <c r="F885" t="s">
-        <v>2503</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="B886" t="s">
-        <v>2504</v>
+        <v>2522</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2505</v>
+        <v>579</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>1546</v>
+        <v>1751</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>2506</v>
+        <v>2523</v>
       </c>
       <c r="F886" t="s">
-        <v>933</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="B887" t="s">
-        <v>2507</v>
+        <v>2524</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2508</v>
+        <v>584</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>1546</v>
+        <v>1751</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>2509</v>
+        <v>2525</v>
       </c>
       <c r="F887" t="s">
-        <v>933</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="B888" t="s">
-        <v>2510</v>
+        <v>2527</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2511</v>
+        <v>229</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>1546</v>
+        <v>2528</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>2512</v>
+        <v>2529</v>
       </c>
       <c r="F888" t="s">
-        <v>933</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="B889" t="s">
-        <v>2513</v>
+        <v>2531</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2514</v>
+        <v>579</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>1546</v>
+        <v>2528</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>2515</v>
+        <v>2532</v>
       </c>
       <c r="F889" t="s">
-        <v>2492</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="B890" t="s">
-        <v>2516</v>
+        <v>2533</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2505</v>
+        <v>584</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>1546</v>
+        <v>2528</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>2517</v>
+        <v>2534</v>
       </c>
       <c r="F890" t="s">
-        <v>2492</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="B891" t="s">
-        <v>2518</v>
+        <v>2535</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2508</v>
+        <v>229</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>1546</v>
+        <v>2528</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>2519</v>
+        <v>2536</v>
       </c>
       <c r="F891" t="s">
-        <v>2492</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="B892" t="s">
-        <v>2520</v>
+        <v>2538</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2521</v>
+        <v>579</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>2522</v>
+        <v>2528</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>2523</v>
+        <v>2539</v>
       </c>
       <c r="F892" t="s">
-        <v>2524</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="B893" t="s">
-        <v>2525</v>
+        <v>2540</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2511</v>
+        <v>584</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>1546</v>
+        <v>2528</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>2526</v>
+        <v>2541</v>
       </c>
       <c r="F893" t="s">
-        <v>2492</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="B894" t="s">
-        <v>2527</v>
+        <v>2542</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2514</v>
+        <v>229</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>1546</v>
+        <v>2528</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>2528</v>
+        <v>2543</v>
       </c>
       <c r="F894" t="s">
-        <v>933</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="B895" t="s">
-        <v>2529</v>
+        <v>2544</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2505</v>
+        <v>579</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>1997</v>
+        <v>2528</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>2530</v>
+        <v>2543</v>
       </c>
       <c r="F895" t="s">
-        <v>933</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="B896" t="s">
-        <v>2531</v>
+        <v>2545</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2532</v>
+        <v>584</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>1198</v>
+        <v>2528</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="F896" t="s">
-        <v>533</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="B897" t="s">
-        <v>2534</v>
+        <v>1196</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2508</v>
+        <v>1197</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>1997</v>
+        <v>1198</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>2530</v>
+        <v>2547</v>
       </c>
       <c r="F897" t="s">
-        <v>933</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="B898" t="s">
-        <v>2535</v>
+        <v>2549</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2511</v>
+        <v>2550</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>1997</v>
+        <v>1546</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>2530</v>
+        <v>2551</v>
       </c>
       <c r="F898" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="B899" t="s">
-        <v>2536</v>
+        <v>2552</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2514</v>
+        <v>2553</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>1997</v>
+        <v>1546</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>2530</v>
+        <v>2554</v>
       </c>
       <c r="F899" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B900" t="s">
-        <v>2537</v>
+        <v>2555</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2514</v>
+        <v>2556</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>1997</v>
+        <v>1546</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>2538</v>
+        <v>2557</v>
       </c>
       <c r="F900" t="s">
-        <v>2492</v>
+        <v>933</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="B901" t="s">
-        <v>2539</v>
+        <v>2558</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2521</v>
+        <v>2559</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>2522</v>
+        <v>1546</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>2540</v>
+        <v>2560</v>
       </c>
       <c r="F901" t="s">
-        <v>2541</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="B902" t="s">
-        <v>2542</v>
+        <v>2561</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2505</v>
+        <v>2550</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>2543</v>
+        <v>1546</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>2544</v>
+        <v>2562</v>
       </c>
       <c r="F902" t="s">
-        <v>933</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="B903" t="s">
-        <v>2545</v>
+        <v>2563</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2508</v>
+        <v>2553</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>2543</v>
+        <v>1546</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>2546</v>
+        <v>2564</v>
       </c>
       <c r="F903" t="s">
-        <v>933</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="B904" t="s">
-        <v>2547</v>
+        <v>2565</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2511</v>
+        <v>2566</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2543</v>
+        <v>2567</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>2546</v>
+        <v>2568</v>
       </c>
       <c r="F904" t="s">
-        <v>933</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="B905" t="s">
-        <v>2548</v>
+        <v>2570</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2514</v>
+        <v>2556</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2543</v>
+        <v>1546</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>2549</v>
+        <v>2571</v>
       </c>
       <c r="F905" t="s">
-        <v>933</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="B906" t="s">
-        <v>2550</v>
+        <v>2572</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>1052</v>
+        <v>2559</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2522</v>
+        <v>1546</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>2551</v>
+        <v>2573</v>
       </c>
       <c r="F906" t="s">
-        <v>2541</v>
+        <v>933</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="B907" t="s">
-        <v>2552</v>
+        <v>2574</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2553</v>
+        <v>2550</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>93</v>
+        <v>2029</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>2554</v>
+        <v>2575</v>
       </c>
       <c r="F907" t="s">
-        <v>2555</v>
+        <v>933</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="B908" t="s">
-        <v>2556</v>
+        <v>2576</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2505</v>
+        <v>2577</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2557</v>
+        <v>1198</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>2558</v>
+        <v>2578</v>
       </c>
       <c r="F908" t="s">
-        <v>2559</v>
+        <v>533</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="B909" t="s">
-        <v>2560</v>
+        <v>2576</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2508</v>
+        <v>2577</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2557</v>
+        <v>1198</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>2561</v>
+        <v>2579</v>
       </c>
       <c r="F909" t="s">
-        <v>2559</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="B910" t="s">
-        <v>2562</v>
+        <v>2581</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2511</v>
+        <v>2553</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2557</v>
+        <v>2029</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>2563</v>
+        <v>2575</v>
       </c>
       <c r="F910" t="s">
-        <v>2559</v>
+        <v>933</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="B911" t="s">
-        <v>2564</v>
+        <v>2582</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2514</v>
+        <v>2556</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2557</v>
+        <v>2029</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>2565</v>
+        <v>2575</v>
       </c>
       <c r="F911" t="s">
-        <v>2559</v>
+        <v>933</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="B912" t="s">
-        <v>2566</v>
+        <v>2583</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2505</v>
+        <v>2559</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2557</v>
+        <v>2029</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="F912" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B913" t="s">
-        <v>2568</v>
+        <v>2584</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2508</v>
+        <v>2559</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2557</v>
+        <v>2029</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>2569</v>
+        <v>2585</v>
       </c>
       <c r="F913" t="s">
-        <v>933</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="B914" t="s">
-        <v>2570</v>
+        <v>2586</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2511</v>
+        <v>2566</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>2571</v>
+        <v>2587</v>
       </c>
       <c r="F914" t="s">
-        <v>933</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="B915" t="s">
-        <v>2572</v>
+        <v>2589</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2514</v>
+        <v>2550</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2557</v>
+        <v>2590</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>2573</v>
+        <v>2591</v>
       </c>
       <c r="F915" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="B916" t="s">
-        <v>2574</v>
+        <v>2592</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2505</v>
+        <v>2553</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>127</v>
+        <v>2590</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>2575</v>
+        <v>2593</v>
       </c>
       <c r="F916" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="B917" t="s">
-        <v>2576</v>
+        <v>2594</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2508</v>
+        <v>2556</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>127</v>
+        <v>2590</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>2577</v>
+        <v>2593</v>
       </c>
       <c r="F917" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918">
-        <v>239</v>
+        <v>252</v>
       </c>
       <c r="B918" t="s">
-        <v>734</v>
+        <v>2595</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>92</v>
+        <v>2559</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>735</v>
+        <v>2590</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>2578</v>
+        <v>2596</v>
       </c>
       <c r="F918" t="s">
-        <v>2579</v>
+        <v>933</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="B919" t="s">
-        <v>734</v>
+        <v>2597</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>92</v>
+        <v>1052</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>735</v>
+        <v>2567</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>2580</v>
+        <v>2598</v>
       </c>
       <c r="F919" t="s">
-        <v>2581</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B920" t="s">
-        <v>2582</v>
+        <v>2599</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2511</v>
+        <v>2600</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>2583</v>
+        <v>2601</v>
       </c>
       <c r="F920" t="s">
-        <v>933</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921">
-        <v>237</v>
+        <v>249</v>
       </c>
       <c r="B921" t="s">
-        <v>2584</v>
+        <v>2603</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2514</v>
+        <v>2550</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>127</v>
+        <v>2604</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>2585</v>
+        <v>2605</v>
       </c>
       <c r="F921" t="s">
-        <v>933</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="B922" t="s">
-        <v>2586</v>
+        <v>2607</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2505</v>
+        <v>2553</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>1537</v>
+        <v>2604</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>2587</v>
+        <v>2608</v>
       </c>
       <c r="F922" t="s">
-        <v>933</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="B923" t="s">
-        <v>2588</v>
+        <v>2609</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2508</v>
+        <v>2556</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>1537</v>
+        <v>2604</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>2589</v>
+        <v>2610</v>
       </c>
       <c r="F923" t="s">
-        <v>933</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="B924" t="s">
-        <v>2590</v>
+        <v>2611</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>2591</v>
+        <v>2559</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>1533</v>
+        <v>2604</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>2592</v>
+        <v>2612</v>
       </c>
       <c r="F924" t="s">
-        <v>2593</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="B925" t="s">
-        <v>2594</v>
+        <v>2613</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>2511</v>
+        <v>2550</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>1537</v>
+        <v>2604</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>2595</v>
+        <v>2614</v>
       </c>
       <c r="F925" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="B926" t="s">
-        <v>2596</v>
+        <v>2615</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2514</v>
+        <v>2553</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>1537</v>
+        <v>2604</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>2597</v>
+        <v>2616</v>
       </c>
       <c r="F926" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="B927" t="s">
-        <v>2598</v>
+        <v>2617</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2521</v>
+        <v>2556</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2599</v>
+        <v>2604</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>2600</v>
+        <v>2618</v>
       </c>
       <c r="F927" t="s">
-        <v>2601</v>
+        <v>933</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="B928" t="s">
-        <v>2602</v>
+        <v>2619</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2603</v>
+        <v>2559</v>
       </c>
       <c r="D928" s="1" t="s">
         <v>2604</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>2605</v>
+        <v>2620</v>
       </c>
       <c r="F928" t="s">
-        <v>2606</v>
+        <v>933</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="B929" t="s">
-        <v>2607</v>
+        <v>2621</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2608</v>
+        <v>2550</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>740</v>
+        <v>127</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>2609</v>
+        <v>2622</v>
       </c>
       <c r="F929" t="s">
-        <v>2610</v>
+        <v>933</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="B930" t="s">
-        <v>738</v>
+        <v>2623</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>739</v>
+        <v>2553</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>740</v>
+        <v>127</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>2611</v>
+        <v>2624</v>
       </c>
       <c r="F930" t="s">
-        <v>2610</v>
+        <v>933</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="B931" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>758</v>
+        <v>92</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>2611</v>
+        <v>2625</v>
       </c>
       <c r="F931" t="s">
-        <v>2610</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="B932" t="s">
-        <v>747</v>
+        <v>734</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>748</v>
+        <v>92</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>2612</v>
+        <v>2627</v>
       </c>
       <c r="F932" t="s">
-        <v>2610</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="B933" t="s">
-        <v>2613</v>
+        <v>2629</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2614</v>
+        <v>2556</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2615</v>
+        <v>127</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>2616</v>
+        <v>2630</v>
       </c>
       <c r="F933" t="s">
-        <v>2617</v>
+        <v>933</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="B934" t="s">
-        <v>2618</v>
+        <v>2631</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2619</v>
+        <v>2559</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2620</v>
+        <v>127</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>2621</v>
+        <v>2632</v>
       </c>
       <c r="F934" t="s">
-        <v>2622</v>
+        <v>933</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B935" t="s">
-        <v>2623</v>
+        <v>2633</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2624</v>
+        <v>2550</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2620</v>
+        <v>1537</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>2621</v>
+        <v>2634</v>
       </c>
       <c r="F935" t="s">
-        <v>2622</v>
+        <v>933</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="B936" t="s">
-        <v>2625</v>
+        <v>2635</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>555</v>
+        <v>2553</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2620</v>
+        <v>1537</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>2621</v>
+        <v>2636</v>
       </c>
       <c r="F936" t="s">
-        <v>2622</v>
+        <v>933</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B937" t="s">
-        <v>2626</v>
+        <v>2637</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2627</v>
+        <v>2638</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2620</v>
+        <v>1533</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>2628</v>
+        <v>2639</v>
       </c>
       <c r="F937" t="s">
-        <v>2622</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="B938" t="s">
-        <v>2629</v>
+        <v>2641</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2630</v>
+        <v>2556</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2631</v>
+        <v>1537</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>2632</v>
+        <v>2642</v>
       </c>
       <c r="F938" t="s">
-        <v>2633</v>
+        <v>933</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="B939" t="s">
-        <v>2634</v>
+        <v>2643</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2635</v>
+        <v>2559</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2543</v>
+        <v>1537</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>2636</v>
+        <v>2644</v>
       </c>
       <c r="F939" t="s">
-        <v>1530</v>
+        <v>933</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="B940" t="s">
-        <v>2637</v>
+        <v>2645</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2638</v>
+        <v>2566</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2543</v>
+        <v>2646</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>2639</v>
+        <v>2647</v>
       </c>
       <c r="F940" t="s">
-        <v>1530</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="B941" t="s">
-        <v>2640</v>
+        <v>2649</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2641</v>
+        <v>2650</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2543</v>
+        <v>2651</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="F941" t="s">
-        <v>1530</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="B942" t="s">
-        <v>2643</v>
+        <v>2654</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2644</v>
+        <v>2655</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2543</v>
+        <v>740</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>2645</v>
+        <v>2656</v>
       </c>
       <c r="F942" t="s">
-        <v>1530</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943">
-        <v>216</v>
+        <v>229</v>
       </c>
       <c r="B943" t="s">
-        <v>2646</v>
+        <v>738</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2635</v>
+        <v>739</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>1546</v>
+        <v>740</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>2647</v>
+        <v>2658</v>
       </c>
       <c r="F943" t="s">
-        <v>1530</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="B944" t="s">
-        <v>2648</v>
+        <v>745</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2638</v>
+        <v>758</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>1546</v>
+        <v>740</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>2649</v>
+        <v>2658</v>
       </c>
       <c r="F944" t="s">
-        <v>1530</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="B945" t="s">
-        <v>2650</v>
+        <v>747</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2641</v>
+        <v>748</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>1546</v>
+        <v>740</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>2651</v>
+        <v>2659</v>
       </c>
       <c r="F945" t="s">
-        <v>1530</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="B946" t="s">
-        <v>2652</v>
+        <v>2660</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2644</v>
+        <v>2661</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>1546</v>
+        <v>2662</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>2653</v>
+        <v>2663</v>
       </c>
       <c r="F946" t="s">
-        <v>1530</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="B947" t="s">
-        <v>2654</v>
+        <v>2665</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2635</v>
+        <v>2666</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>1546</v>
+        <v>2667</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>2655</v>
+        <v>2668</v>
       </c>
       <c r="F947" t="s">
-        <v>2492</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="B948" t="s">
-        <v>2656</v>
+        <v>2670</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2638</v>
+        <v>2671</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>1546</v>
+        <v>2667</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>2657</v>
+        <v>2668</v>
       </c>
       <c r="F948" t="s">
-        <v>2492</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="B949" t="s">
-        <v>2658</v>
+        <v>2672</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2641</v>
+        <v>555</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>1546</v>
+        <v>2667</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>2659</v>
+        <v>2668</v>
       </c>
       <c r="F949" t="s">
-        <v>2492</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950">
-        <v>209</v>
+        <v>222</v>
       </c>
       <c r="B950" t="s">
-        <v>2660</v>
+        <v>2673</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2644</v>
+        <v>2674</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>1546</v>
+        <v>2667</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>2661</v>
+        <v>2675</v>
       </c>
       <c r="F950" t="s">
-        <v>2492</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="B951" t="s">
-        <v>2662</v>
+        <v>2676</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2635</v>
+        <v>2677</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2663</v>
+        <v>2678</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>2664</v>
+        <v>2679</v>
       </c>
       <c r="F951" t="s">
-        <v>933</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="B952" t="s">
-        <v>2665</v>
+        <v>2681</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2638</v>
+        <v>2682</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2663</v>
+        <v>2590</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>2666</v>
+        <v>2683</v>
       </c>
       <c r="F952" t="s">
-        <v>933</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="B953" t="s">
-        <v>2667</v>
+        <v>2684</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2641</v>
+        <v>2685</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2663</v>
+        <v>2590</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>2668</v>
+        <v>2686</v>
       </c>
       <c r="F953" t="s">
-        <v>933</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="B954" t="s">
-        <v>2669</v>
+        <v>2687</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2644</v>
+        <v>2688</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2663</v>
+        <v>2590</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>2670</v>
+        <v>2689</v>
       </c>
       <c r="F954" t="s">
-        <v>933</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="B955" t="s">
-        <v>2671</v>
+        <v>2690</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2672</v>
+        <v>2691</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>514</v>
+        <v>2590</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>2673</v>
+        <v>2692</v>
       </c>
       <c r="F955" t="s">
-        <v>2674</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="B956" t="s">
-        <v>2675</v>
+        <v>2693</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2635</v>
+        <v>2682</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2557</v>
+        <v>1546</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>2676</v>
+        <v>2694</v>
       </c>
       <c r="F956" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="B957" t="s">
-        <v>2677</v>
+        <v>2695</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2638</v>
+        <v>2685</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2557</v>
+        <v>1546</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>2678</v>
+        <v>2696</v>
       </c>
       <c r="F957" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="B958" t="s">
-        <v>2679</v>
+        <v>2697</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2641</v>
+        <v>2688</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2557</v>
+        <v>1546</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>2680</v>
+        <v>2698</v>
       </c>
       <c r="F958" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B959" t="s">
-        <v>1671</v>
+        <v>2699</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2681</v>
+        <v>2691</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>111</v>
+        <v>1546</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>2682</v>
+        <v>2700</v>
       </c>
       <c r="F959" t="s">
-        <v>2683</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="B960" t="s">
-        <v>1671</v>
+        <v>2701</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2681</v>
+        <v>2682</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>111</v>
+        <v>1546</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>2684</v>
+        <v>2702</v>
       </c>
       <c r="F960" t="s">
-        <v>2685</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="B961" t="s">
-        <v>1671</v>
+        <v>2703</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2681</v>
+        <v>2685</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>111</v>
+        <v>1546</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F961" t="s">
-        <v>2687</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B962" t="s">
-        <v>1671</v>
+        <v>2705</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2681</v>
+        <v>2688</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>111</v>
+        <v>1546</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>2688</v>
+        <v>2706</v>
       </c>
       <c r="F962" t="s">
-        <v>2689</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="B963" t="s">
-        <v>1671</v>
+        <v>2707</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2681</v>
+        <v>2691</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>111</v>
+        <v>1546</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>2690</v>
+        <v>2708</v>
       </c>
       <c r="F963" t="s">
-        <v>2691</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="B964" t="s">
-        <v>1671</v>
+        <v>2709</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2681</v>
+        <v>2682</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>111</v>
+        <v>2710</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>2692</v>
+        <v>2711</v>
       </c>
       <c r="F964" t="s">
-        <v>2693</v>
+        <v>933</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B965" t="s">
-        <v>2694</v>
+        <v>2712</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2644</v>
+        <v>2685</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2557</v>
+        <v>2710</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>2695</v>
+        <v>2713</v>
       </c>
       <c r="F965" t="s">
-        <v>1530</v>
+        <v>933</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B966" t="s">
-        <v>2696</v>
+        <v>2714</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2635</v>
+        <v>2688</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2557</v>
+        <v>2710</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>2697</v>
+        <v>2715</v>
       </c>
       <c r="F966" t="s">
-        <v>2698</v>
+        <v>933</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B967" t="s">
-        <v>56</v>
+        <v>2716</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>57</v>
+        <v>2691</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>58</v>
+        <v>2710</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>2699</v>
+        <v>2717</v>
       </c>
       <c r="F967" t="s">
-        <v>2700</v>
+        <v>933</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="A968">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B968" t="s">
-        <v>2701</v>
+        <v>2718</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2638</v>
+        <v>2719</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2557</v>
+        <v>514</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>2702</v>
+        <v>2720</v>
       </c>
       <c r="F968" t="s">
-        <v>2703</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="B969" t="s">
-        <v>2704</v>
+        <v>2722</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2641</v>
+        <v>2682</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2557</v>
+        <v>2604</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>2705</v>
+        <v>2723</v>
       </c>
       <c r="F969" t="s">
-        <v>2703</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B970" t="s">
-        <v>2706</v>
+        <v>2724</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2644</v>
+        <v>2685</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2557</v>
+        <v>2604</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>2707</v>
+        <v>2725</v>
       </c>
       <c r="F970" t="s">
-        <v>2703</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B971" t="s">
-        <v>2708</v>
+        <v>2726</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2709</v>
+        <v>2688</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>628</v>
+        <v>2604</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>2710</v>
+        <v>2727</v>
       </c>
       <c r="F971" t="s">
-        <v>2711</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="B972" t="s">
-        <v>2712</v>
+        <v>1671</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2713</v>
+        <v>2728</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>628</v>
+        <v>111</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>2714</v>
+        <v>2729</v>
       </c>
       <c r="F972" t="s">
-        <v>2711</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="A973">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B973" t="s">
-        <v>2715</v>
+        <v>1671</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2716</v>
+        <v>2728</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>628</v>
+        <v>111</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>2714</v>
+        <v>2731</v>
       </c>
       <c r="F973" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="B974" t="s">
-        <v>2717</v>
+        <v>1671</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2718</v>
+        <v>2728</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>628</v>
+        <v>111</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>2719</v>
+        <v>2733</v>
       </c>
       <c r="F974" t="s">
-        <v>2711</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="B975" t="s">
-        <v>2720</v>
+        <v>1671</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2718</v>
+        <v>2728</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>628</v>
+        <v>111</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>2721</v>
+        <v>2735</v>
       </c>
       <c r="F975" t="s">
-        <v>2711</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="976" spans="1:6">
       <c r="A976">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="B976" t="s">
-        <v>2722</v>
+        <v>1671</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2723</v>
+        <v>2728</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>2724</v>
+        <v>111</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>2725</v>
+        <v>2737</v>
       </c>
       <c r="F976" t="s">
-        <v>2726</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="B977" t="s">
-        <v>2727</v>
+        <v>1671</v>
       </c>
       <c r="C977" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>2729</v>
+        <v>111</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>2730</v>
+        <v>2739</v>
       </c>
       <c r="F977" t="s">
-        <v>2731</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="B978" t="s">
-        <v>2732</v>
+        <v>2741</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>579</v>
+        <v>2691</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2733</v>
+        <v>2604</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>2734</v>
+        <v>2742</v>
       </c>
       <c r="F978" t="s">
-        <v>2735</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="B979" t="s">
-        <v>2736</v>
+        <v>56</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>224</v>
+        <v>57</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>2733</v>
+        <v>58</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>2737</v>
+        <v>2743</v>
       </c>
       <c r="F979" t="s">
-        <v>2738</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="B980" t="s">
-        <v>2739</v>
+        <v>2745</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>224</v>
+        <v>2682</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>1997</v>
+        <v>2604</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>2740</v>
+        <v>2746</v>
       </c>
       <c r="F980" t="s">
-        <v>2738</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="B981" t="s">
-        <v>2741</v>
+        <v>2748</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>579</v>
+        <v>2685</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>1997</v>
+        <v>2604</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>2742</v>
+        <v>2749</v>
       </c>
       <c r="F981" t="s">
-        <v>2485</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="982" spans="1:6">
       <c r="A982">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="B982" t="s">
-        <v>2743</v>
+        <v>2751</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2744</v>
+        <v>2688</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>1213</v>
+        <v>2604</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>2745</v>
+        <v>2752</v>
       </c>
       <c r="F982" t="s">
-        <v>2731</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="B983" t="s">
-        <v>2746</v>
+        <v>2753</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2514</v>
+        <v>2691</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2747</v>
+        <v>2604</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>2748</v>
+        <v>2754</v>
       </c>
       <c r="F983" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="B984" t="s">
-        <v>587</v>
+        <v>2755</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>588</v>
+        <v>2756</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>93</v>
+        <v>628</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="F984" t="s">
-        <v>2751</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="B985" t="s">
-        <v>2752</v>
+        <v>2759</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2753</v>
+        <v>2760</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2754</v>
+        <v>628</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>2755</v>
+        <v>2761</v>
       </c>
       <c r="F985" t="s">
-        <v>1539</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="B986" t="s">
-        <v>2756</v>
+        <v>2762</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2757</v>
+        <v>2763</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>2754</v>
+        <v>628</v>
       </c>
       <c r="E986" s="1" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F986" t="s">
         <v>2758</v>
-      </c>
-[...1 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="987" spans="1:6">
       <c r="A987">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="B987" t="s">
-        <v>2759</v>
+        <v>2764</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2760</v>
+        <v>2765</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2754</v>
+        <v>628</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>2761</v>
+        <v>2766</v>
       </c>
       <c r="F987" t="s">
-        <v>1539</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="A988">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="B988" t="s">
-        <v>2762</v>
+        <v>2767</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2763</v>
+        <v>2765</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>106</v>
+        <v>628</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
       <c r="F988" t="s">
-        <v>2765</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="B989" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>1338</v>
+        <v>2770</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="F989" t="s">
-        <v>2735</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="B990" t="s">
-        <v>2769</v>
+        <v>2774</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>448</v>
+        <v>2775</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2767</v>
+        <v>2776</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>2770</v>
+        <v>2777</v>
       </c>
       <c r="F990" t="s">
-        <v>2771</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="B991" t="s">
-        <v>2375</v>
+        <v>2779</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>1305</v>
+        <v>2780</v>
       </c>
       <c r="E991" s="1" t="s">
-        <v>2772</v>
+        <v>2781</v>
       </c>
       <c r="F991" t="s">
-        <v>2773</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="992" spans="1:6">
       <c r="A992">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="B992" t="s">
-        <v>976</v>
+        <v>2783</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>568</v>
+        <v>224</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>93</v>
+        <v>2780</v>
       </c>
       <c r="E992" s="1" t="s">
-        <v>2774</v>
+        <v>2784</v>
       </c>
       <c r="F992" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="993" spans="1:6">
       <c r="A993">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="B993" t="s">
-        <v>2775</v>
+        <v>2786</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>1336</v>
+        <v>224</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>2767</v>
+        <v>2029</v>
       </c>
       <c r="E993" s="1" t="s">
-        <v>2776</v>
+        <v>2787</v>
       </c>
       <c r="F993" t="s">
-        <v>2771</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="994" spans="1:6">
       <c r="A994">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="B994" t="s">
-        <v>2777</v>
+        <v>2788</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>445</v>
+        <v>579</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>2778</v>
+        <v>2029</v>
       </c>
       <c r="E994" s="1" t="s">
-        <v>2779</v>
+        <v>2789</v>
       </c>
       <c r="F994" t="s">
-        <v>2780</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="B995" t="s">
-        <v>2781</v>
+        <v>2790</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>448</v>
+        <v>2791</v>
       </c>
       <c r="D995" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E995" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F995" t="s">
         <v>2778</v>
-      </c>
-[...4 lines deleted...]
-        <v>2780</v>
       </c>
     </row>
     <row r="996" spans="1:6">
       <c r="A996">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="B996" t="s">
-        <v>2783</v>
+        <v>2793</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>448</v>
+        <v>2559</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2733</v>
+        <v>2794</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>2784</v>
+        <v>2795</v>
       </c>
       <c r="F996" t="s">
-        <v>2735</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="997" spans="1:6">
       <c r="A997">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="B997" t="s">
-        <v>2785</v>
+        <v>587</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>1336</v>
+        <v>588</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2733</v>
+        <v>93</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>2786</v>
+        <v>2797</v>
       </c>
       <c r="F997" t="s">
-        <v>2735</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="998" spans="1:6">
       <c r="A998">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="B998" t="s">
-        <v>2787</v>
+        <v>2799</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2788</v>
+        <v>2800</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>2790</v>
+        <v>2802</v>
       </c>
       <c r="F998" t="s">
-        <v>1722</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="A999">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="B999" t="s">
-        <v>2791</v>
+        <v>2803</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2788</v>
+        <v>2804</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>2792</v>
+        <v>2805</v>
       </c>
       <c r="F999" t="s">
-        <v>2793</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="B1000" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2788</v>
+        <v>2807</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="E1000" s="1" t="s">
-        <v>2795</v>
+        <v>2808</v>
       </c>
       <c r="F1000" t="s">
-        <v>2796</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="B1001" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2788</v>
+        <v>2810</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2789</v>
+        <v>106</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>2798</v>
+        <v>2811</v>
       </c>
       <c r="F1001" t="s">
-        <v>2467</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="B1002" t="s">
-        <v>2799</v>
+        <v>2813</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>914</v>
+        <v>1338</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2800</v>
+        <v>2814</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>2801</v>
+        <v>2815</v>
       </c>
       <c r="F1002" t="s">
-        <v>2802</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="B1003" t="s">
-        <v>2803</v>
+        <v>2816</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>918</v>
+        <v>448</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2800</v>
+        <v>2814</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>2804</v>
+        <v>2817</v>
       </c>
       <c r="F1003" t="s">
-        <v>2802</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="B1004" t="s">
-        <v>2805</v>
+        <v>2420</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>922</v>
+        <v>568</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>2800</v>
+        <v>1305</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>2806</v>
+        <v>2819</v>
       </c>
       <c r="F1004" t="s">
-        <v>2802</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="B1005" t="s">
-        <v>2807</v>
+        <v>976</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>627</v>
+        <v>568</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>2800</v>
+        <v>93</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>2808</v>
+        <v>2821</v>
       </c>
       <c r="F1005" t="s">
-        <v>2802</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="B1006" t="s">
-        <v>2809</v>
+        <v>2822</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>914</v>
+        <v>1336</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2810</v>
+        <v>2814</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>2811</v>
+        <v>2823</v>
       </c>
       <c r="F1006" t="s">
-        <v>2802</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="B1007" t="s">
-        <v>2812</v>
+        <v>2824</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>918</v>
+        <v>445</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2810</v>
+        <v>2825</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>2813</v>
+        <v>2826</v>
       </c>
       <c r="F1007" t="s">
-        <v>2802</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="B1008" t="s">
-        <v>2814</v>
+        <v>2828</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>922</v>
+        <v>448</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2810</v>
+        <v>2825</v>
       </c>
       <c r="E1008" s="1" t="s">
-        <v>2815</v>
+        <v>2829</v>
       </c>
       <c r="F1008" t="s">
-        <v>2802</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="B1009" t="s">
-        <v>2816</v>
+        <v>2830</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>627</v>
+        <v>448</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2810</v>
+        <v>2780</v>
       </c>
       <c r="E1009" s="1" t="s">
-        <v>2817</v>
+        <v>2831</v>
       </c>
       <c r="F1009" t="s">
-        <v>2802</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="B1010" t="s">
-        <v>2818</v>
+        <v>2832</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>914</v>
+        <v>1336</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2819</v>
+        <v>2780</v>
       </c>
       <c r="E1010" s="1" t="s">
-        <v>2820</v>
+        <v>2833</v>
       </c>
       <c r="F1010" t="s">
-        <v>2802</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="B1011" t="s">
-        <v>2821</v>
+        <v>2834</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>918</v>
+        <v>2835</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
       <c r="E1011" s="1" t="s">
-        <v>2822</v>
+        <v>2837</v>
       </c>
       <c r="F1011" t="s">
-        <v>2802</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="B1012" t="s">
-        <v>2823</v>
+        <v>2838</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>922</v>
+        <v>2835</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
       <c r="E1012" s="1" t="s">
-        <v>2824</v>
+        <v>2839</v>
       </c>
       <c r="F1012" t="s">
-        <v>2802</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="B1013" t="s">
-        <v>2825</v>
+        <v>2841</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>627</v>
+        <v>2835</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
       <c r="E1013" s="1" t="s">
-        <v>2826</v>
+        <v>2842</v>
       </c>
       <c r="F1013" t="s">
-        <v>2802</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="B1014" t="s">
-        <v>2827</v>
+        <v>2844</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>914</v>
+        <v>2835</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>2828</v>
+        <v>2836</v>
       </c>
       <c r="E1014" s="1" t="s">
-        <v>2829</v>
+        <v>2845</v>
       </c>
       <c r="F1014" t="s">
-        <v>2802</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="B1015" t="s">
-        <v>2830</v>
+        <v>2846</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
       <c r="E1015" s="1" t="s">
-        <v>2831</v>
+        <v>2848</v>
       </c>
       <c r="F1015" t="s">
-        <v>2802</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="B1016" t="s">
-        <v>2832</v>
+        <v>2850</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
       <c r="E1016" s="1" t="s">
-        <v>2831</v>
+        <v>2851</v>
       </c>
       <c r="F1016" t="s">
-        <v>2802</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="B1017" t="s">
-        <v>2833</v>
+        <v>2852</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>627</v>
+        <v>922</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
       <c r="E1017" s="1" t="s">
-        <v>2834</v>
+        <v>2853</v>
       </c>
       <c r="F1017" t="s">
-        <v>2802</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="B1018" t="s">
-        <v>2835</v>
+        <v>2854</v>
       </c>
       <c r="C1018" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>2836</v>
+        <v>2855</v>
       </c>
       <c r="F1018" t="s">
-        <v>2698</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="B1019" t="s">
-        <v>2837</v>
+        <v>2856</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>972</v>
+        <v>914</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="E1019" s="1" t="s">
-        <v>2839</v>
+        <v>2858</v>
       </c>
       <c r="F1019" t="s">
-        <v>2415</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="B1020" t="s">
-        <v>971</v>
+        <v>2859</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>972</v>
+        <v>918</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>973</v>
+        <v>2857</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>2840</v>
+        <v>2860</v>
       </c>
       <c r="F1020" t="s">
-        <v>2415</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="B1021" t="s">
-        <v>2841</v>
+        <v>2861</v>
       </c>
       <c r="C1021" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2819</v>
+        <v>2857</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>2842</v>
+        <v>2862</v>
       </c>
       <c r="F1021" t="s">
-        <v>1454</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="B1022" t="s">
-        <v>2843</v>
+        <v>2863</v>
       </c>
       <c r="C1022" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2819</v>
+        <v>2857</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>2844</v>
+        <v>2864</v>
       </c>
       <c r="F1022" t="s">
-        <v>1454</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="B1023" t="s">
-        <v>2845</v>
+        <v>2865</v>
       </c>
       <c r="C1023" s="1" t="s">
         <v>914</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2810</v>
+        <v>2866</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
       <c r="F1023" t="s">
-        <v>2847</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B1024" t="s">
-        <v>2848</v>
+        <v>2868</v>
       </c>
       <c r="C1024" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2810</v>
+        <v>2866</v>
       </c>
       <c r="E1024" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F1024" t="s">
         <v>2849</v>
-      </c>
-[...1 lines deleted...]
-        <v>2847</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="B1025" t="s">
-        <v>2850</v>
+        <v>2870</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>627</v>
+        <v>922</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2810</v>
+        <v>2866</v>
       </c>
       <c r="E1025" s="1" t="s">
-        <v>2851</v>
+        <v>2871</v>
       </c>
       <c r="F1025" t="s">
-        <v>2847</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="B1026" t="s">
-        <v>2852</v>
+        <v>2872</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>97</v>
+        <v>627</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2483</v>
+        <v>2866</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>2853</v>
+        <v>2873</v>
       </c>
       <c r="F1026" t="s">
-        <v>2467</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="B1027" t="s">
-        <v>2854</v>
+        <v>2874</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>565</v>
+        <v>914</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2483</v>
+        <v>2875</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>2855</v>
+        <v>2876</v>
       </c>
       <c r="F1027" t="s">
-        <v>2467</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="B1028" t="s">
-        <v>2856</v>
+        <v>2877</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>568</v>
+        <v>918</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2483</v>
+        <v>2875</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>2857</v>
+        <v>2878</v>
       </c>
       <c r="F1028" t="s">
-        <v>2467</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="B1029" t="s">
-        <v>2858</v>
+        <v>2879</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>1222</v>
+        <v>922</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>1223</v>
+        <v>2875</v>
       </c>
       <c r="E1029" s="1" t="s">
-        <v>2859</v>
+        <v>2878</v>
       </c>
       <c r="F1029" t="s">
-        <v>2860</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="B1030" t="s">
-        <v>2861</v>
+        <v>2880</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>1694</v>
+        <v>627</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2862</v>
+        <v>2875</v>
       </c>
       <c r="E1030" s="1" t="s">
-        <v>2863</v>
+        <v>2881</v>
       </c>
       <c r="F1030" t="s">
-        <v>2864</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="B1031" t="s">
-        <v>2865</v>
+        <v>2882</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>1699</v>
+        <v>627</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2862</v>
+        <v>2875</v>
       </c>
       <c r="E1031" s="1" t="s">
-        <v>2866</v>
+        <v>2883</v>
       </c>
       <c r="F1031" t="s">
-        <v>2864</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="B1032" t="s">
-        <v>621</v>
+        <v>2884</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>668</v>
+        <v>972</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>623</v>
+        <v>2885</v>
       </c>
       <c r="E1032" s="1" t="s">
-        <v>2867</v>
+        <v>2886</v>
       </c>
       <c r="F1032" t="s">
-        <v>2868</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="B1033" t="s">
-        <v>2869</v>
+        <v>971</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>1702</v>
+        <v>972</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2862</v>
+        <v>973</v>
       </c>
       <c r="E1033" s="1" t="s">
-        <v>2870</v>
+        <v>2887</v>
       </c>
       <c r="F1033" t="s">
-        <v>2864</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="B1034" t="s">
-        <v>2871</v>
+        <v>2888</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>1705</v>
+        <v>922</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2862</v>
+        <v>2866</v>
       </c>
       <c r="E1034" s="1" t="s">
-        <v>2872</v>
+        <v>2889</v>
       </c>
       <c r="F1034" t="s">
-        <v>2864</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="B1035" t="s">
-        <v>2873</v>
+        <v>2890</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>354</v>
+        <v>627</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>526</v>
+        <v>2866</v>
       </c>
       <c r="E1035" s="1" t="s">
-        <v>2874</v>
+        <v>2891</v>
       </c>
       <c r="F1035" t="s">
-        <v>2875</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="B1036" t="s">
-        <v>549</v>
+        <v>2892</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>354</v>
+        <v>914</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>526</v>
+        <v>2857</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>2876</v>
+        <v>2893</v>
       </c>
       <c r="F1036" t="s">
-        <v>2877</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="B1037" t="s">
-        <v>2878</v>
+        <v>2895</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>354</v>
+        <v>918</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>526</v>
+        <v>2857</v>
       </c>
       <c r="E1037" s="1" t="s">
-        <v>2879</v>
+        <v>2896</v>
       </c>
       <c r="F1037" t="s">
-        <v>1530</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="B1038" t="s">
-        <v>2880</v>
+        <v>2897</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>2881</v>
+        <v>627</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2882</v>
+        <v>2857</v>
       </c>
       <c r="E1038" s="1" t="s">
-        <v>2883</v>
+        <v>2898</v>
       </c>
       <c r="F1038" t="s">
-        <v>2884</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="B1039" t="s">
-        <v>2885</v>
+        <v>2899</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>2886</v>
+        <v>97</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2887</v>
+        <v>2528</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>2888</v>
+        <v>2900</v>
       </c>
       <c r="F1039" t="s">
-        <v>2889</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="B1040" t="s">
-        <v>2890</v>
+        <v>2901</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>2891</v>
+        <v>565</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>2887</v>
+        <v>2528</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>2892</v>
+        <v>2902</v>
       </c>
       <c r="F1040" t="s">
-        <v>2889</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="B1041" t="s">
-        <v>2893</v>
+        <v>2903</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>2894</v>
+        <v>568</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>2887</v>
+        <v>2528</v>
       </c>
       <c r="E1041" s="1" t="s">
-        <v>2895</v>
+        <v>2904</v>
       </c>
       <c r="F1041" t="s">
-        <v>2896</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="B1042" t="s">
-        <v>2897</v>
+        <v>2905</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>2898</v>
+        <v>1222</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>2887</v>
+        <v>1223</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>2899</v>
+        <v>2906</v>
       </c>
       <c r="F1042" t="s">
-        <v>2889</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="B1043" t="s">
-        <v>2900</v>
+        <v>2908</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>2901</v>
+        <v>1694</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>2902</v>
+        <v>2909</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>2903</v>
+        <v>2910</v>
       </c>
       <c r="F1043" t="s">
-        <v>1555</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="B1044" t="s">
-        <v>621</v>
+        <v>2912</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>668</v>
+        <v>1699</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>623</v>
+        <v>2909</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>2904</v>
+        <v>2913</v>
       </c>
       <c r="F1044" t="s">
-        <v>2905</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="B1045" t="s">
-        <v>353</v>
+        <v>621</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>354</v>
+        <v>668</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>355</v>
+        <v>623</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>2906</v>
+        <v>2914</v>
       </c>
       <c r="F1045" t="s">
-        <v>2907</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="B1046" t="s">
-        <v>2908</v>
+        <v>2916</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>1226</v>
+        <v>1702</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>431</v>
+        <v>2909</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>2909</v>
+        <v>2917</v>
       </c>
       <c r="F1046" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="B1047" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C1047" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D1047" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="E1047" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="F1047" t="s">
         <v>2911</v>
-      </c>
-[...10 lines deleted...]
-        <v>2913</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="B1048" t="s">
-        <v>2914</v>
+        <v>2920</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>565</v>
+        <v>354</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>106</v>
+        <v>526</v>
       </c>
       <c r="E1048" s="1" t="s">
-        <v>2915</v>
+        <v>2921</v>
       </c>
       <c r="F1048" t="s">
-        <v>2913</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="B1049" t="s">
-        <v>927</v>
+        <v>549</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>928</v>
+        <v>354</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>929</v>
+        <v>526</v>
       </c>
       <c r="E1049" s="1" t="s">
-        <v>2916</v>
+        <v>2923</v>
       </c>
       <c r="F1049" t="s">
-        <v>2917</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="B1050" t="s">
-        <v>2918</v>
+        <v>2925</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>2919</v>
+        <v>354</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>2920</v>
+        <v>526</v>
       </c>
       <c r="E1050" s="1" t="s">
-        <v>2921</v>
+        <v>2926</v>
       </c>
       <c r="F1050" t="s">
-        <v>2922</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="B1051" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>1616</v>
+        <v>2928</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>1617</v>
+        <v>2929</v>
       </c>
       <c r="E1051" s="1" t="s">
-        <v>2924</v>
+        <v>2930</v>
       </c>
       <c r="F1051" t="s">
-        <v>2735</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="B1052" t="s">
-        <v>2925</v>
+        <v>2932</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>1571</v>
+        <v>2933</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>1940</v>
+        <v>2934</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>2926</v>
+        <v>2935</v>
       </c>
       <c r="F1052" t="s">
-        <v>2735</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="B1053" t="s">
-        <v>2927</v>
+        <v>2937</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>2928</v>
+        <v>2938</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>1576</v>
+        <v>2934</v>
       </c>
       <c r="E1053" s="1" t="s">
-        <v>2929</v>
+        <v>2939</v>
       </c>
       <c r="F1053" t="s">
-        <v>1692</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="B1054" t="s">
-        <v>2930</v>
+        <v>2940</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>2931</v>
+        <v>2941</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>27</v>
+        <v>2934</v>
       </c>
       <c r="E1054" s="1" t="s">
-        <v>2932</v>
+        <v>2942</v>
       </c>
       <c r="F1054" t="s">
-        <v>2415</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="B1055" t="s">
-        <v>2933</v>
+        <v>2944</v>
       </c>
       <c r="C1055" s="1" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D1055" s="1" t="s">
         <v>2934</v>
       </c>
-      <c r="D1055" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1055" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="F1055" t="s">
         <v>2936</v>
-      </c>
-[...1 lines deleted...]
-        <v>2937</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="B1056" t="s">
-        <v>2938</v>
+        <v>2947</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>2939</v>
+        <v>2948</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>2940</v>
+        <v>2949</v>
       </c>
       <c r="E1056" s="1" t="s">
-        <v>2941</v>
+        <v>2950</v>
       </c>
       <c r="F1056" t="s">
-        <v>2889</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="B1057" t="s">
-        <v>2942</v>
+        <v>621</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>2943</v>
+        <v>668</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>2944</v>
+        <v>623</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>2945</v>
+        <v>2951</v>
       </c>
       <c r="F1057" t="s">
-        <v>2910</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="B1058" t="s">
-        <v>2946</v>
+        <v>353</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>955</v>
+        <v>354</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>540</v>
+        <v>355</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>2947</v>
+        <v>2953</v>
       </c>
       <c r="F1058" t="s">
-        <v>2948</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="B1059" t="s">
-        <v>2949</v>
+        <v>2955</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>2950</v>
+        <v>1226</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>2951</v>
+        <v>431</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
       <c r="F1059" t="s">
-        <v>2948</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="B1060" t="s">
-        <v>2953</v>
+        <v>2958</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>2954</v>
+        <v>565</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>2955</v>
+        <v>58</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="F1060" t="s">
-        <v>2948</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061">
+        <v>119</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>2961</v>
+      </c>
+      <c r="C1061" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D1061" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B1061" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1061" s="1" t="s">
-        <v>2956</v>
+        <v>2962</v>
       </c>
       <c r="F1061" t="s">
-        <v>2948</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="B1062" t="s">
-        <v>2960</v>
+        <v>927</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>2961</v>
+        <v>928</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>350</v>
+        <v>929</v>
       </c>
       <c r="E1062" s="1" t="s">
-        <v>2952</v>
+        <v>2963</v>
       </c>
       <c r="F1062" t="s">
-        <v>2948</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1063" spans="1:6">
       <c r="A1063">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="B1063" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>434</v>
+        <v>2966</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>435</v>
+        <v>2967</v>
       </c>
       <c r="E1063" s="1" t="s">
-        <v>2956</v>
+        <v>2968</v>
       </c>
       <c r="F1063" t="s">
-        <v>2948</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1064" spans="1:6">
       <c r="A1064">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="B1064" t="s">
-        <v>2963</v>
+        <v>2970</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>2964</v>
+        <v>1616</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>2965</v>
+        <v>1617</v>
       </c>
       <c r="E1064" s="1" t="s">
-        <v>2956</v>
+        <v>2971</v>
       </c>
       <c r="F1064" t="s">
-        <v>2948</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1065" spans="1:6">
       <c r="A1065">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="B1065" t="s">
-        <v>2966</v>
+        <v>2972</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>2967</v>
+        <v>1571</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>424</v>
+        <v>1972</v>
       </c>
       <c r="E1065" s="1" t="s">
-        <v>2968</v>
+        <v>2973</v>
       </c>
       <c r="F1065" t="s">
-        <v>2948</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1066" spans="1:6">
       <c r="A1066">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="B1066" t="s">
-        <v>2969</v>
+        <v>2974</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>2970</v>
+        <v>2975</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>1391</v>
+        <v>1576</v>
       </c>
       <c r="E1066" s="1" t="s">
-        <v>2956</v>
+        <v>2976</v>
       </c>
       <c r="F1066" t="s">
-        <v>2948</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="1067" spans="1:6">
       <c r="A1067">
-        <v>100</v>
+        <v>113</v>
       </c>
       <c r="B1067" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>2972</v>
+        <v>2978</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>458</v>
+        <v>27</v>
       </c>
       <c r="E1067" s="1" t="s">
-        <v>2956</v>
+        <v>2979</v>
       </c>
       <c r="F1067" t="s">
-        <v>2948</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1068" spans="1:6">
       <c r="A1068">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="B1068" t="s">
-        <v>2973</v>
+        <v>2980</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>2974</v>
+        <v>2981</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>395</v>
+        <v>2982</v>
       </c>
       <c r="E1068" s="1" t="s">
-        <v>2956</v>
+        <v>2983</v>
       </c>
       <c r="F1068" t="s">
-        <v>2948</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1069" spans="1:6">
       <c r="A1069">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="B1069" t="s">
-        <v>2975</v>
+        <v>2985</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>2976</v>
+        <v>2986</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>2977</v>
+        <v>2987</v>
       </c>
       <c r="E1069" s="1" t="s">
-        <v>2978</v>
+        <v>2988</v>
       </c>
       <c r="F1069" t="s">
-        <v>2948</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1070" spans="1:6">
       <c r="A1070">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="B1070" t="s">
-        <v>2979</v>
+        <v>2989</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>659</v>
+        <v>2990</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>2980</v>
+        <v>2991</v>
       </c>
       <c r="E1070" s="1" t="s">
-        <v>2981</v>
+        <v>2992</v>
       </c>
       <c r="F1070" t="s">
-        <v>2982</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1071" spans="1:6">
       <c r="A1071">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="B1071" t="s">
-        <v>2983</v>
+        <v>2993</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>2984</v>
+        <v>955</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>2985</v>
+        <v>540</v>
       </c>
       <c r="E1071" s="1" t="s">
-        <v>2986</v>
+        <v>2994</v>
       </c>
       <c r="F1071" t="s">
-        <v>2948</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1072" spans="1:6">
       <c r="A1072">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="B1072" t="s">
-        <v>440</v>
+        <v>2996</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>555</v>
+        <v>2997</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>556</v>
+        <v>2998</v>
       </c>
       <c r="E1072" s="1" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
       <c r="F1072" t="s">
-        <v>2988</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1073" spans="1:6">
       <c r="A1073">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="B1073" t="s">
-        <v>2989</v>
+        <v>3000</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>555</v>
+        <v>3001</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>556</v>
+        <v>3002</v>
       </c>
       <c r="E1073" s="1" t="s">
-        <v>2990</v>
+        <v>3003</v>
       </c>
       <c r="F1073" t="s">
-        <v>2991</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1074" spans="1:6">
       <c r="A1074">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="B1074" t="s">
-        <v>2992</v>
+        <v>3004</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>2993</v>
+        <v>3005</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>416</v>
+        <v>3006</v>
       </c>
       <c r="E1074" s="1" t="s">
-        <v>2994</v>
+        <v>3003</v>
       </c>
       <c r="F1074" t="s">
-        <v>2948</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1075" spans="1:6">
       <c r="A1075">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="B1075" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C1075" s="1" t="s">
+        <v>3008</v>
+      </c>
+      <c r="D1075" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1075" s="1" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F1075" t="s">
         <v>2995</v>
-      </c>
-[...10 lines deleted...]
-        <v>2948</v>
       </c>
     </row>
     <row r="1076" spans="1:6">
       <c r="A1076">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="B1076" t="s">
-        <v>2997</v>
+        <v>3009</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>2998</v>
+        <v>434</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>2999</v>
+        <v>435</v>
       </c>
       <c r="E1076" s="1" t="s">
-        <v>2956</v>
+        <v>3003</v>
       </c>
       <c r="F1076" t="s">
-        <v>2948</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1077" spans="1:6">
       <c r="A1077">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="B1077" t="s">
-        <v>3000</v>
+        <v>3010</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>3001</v>
+        <v>3011</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>3002</v>
+        <v>3012</v>
       </c>
       <c r="E1077" s="1" t="s">
         <v>3003</v>
       </c>
       <c r="F1077" t="s">
-        <v>2948</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1078" spans="1:6">
       <c r="A1078">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="B1078" t="s">
-        <v>3004</v>
+        <v>3013</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3005</v>
+        <v>3014</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>3006</v>
+        <v>424</v>
       </c>
       <c r="E1078" s="1" t="s">
-        <v>2994</v>
+        <v>3015</v>
       </c>
       <c r="F1078" t="s">
-        <v>2948</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1079" spans="1:6">
       <c r="A1079">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="B1079" t="s">
-        <v>3007</v>
+        <v>3016</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3008</v>
+        <v>3017</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>3009</v>
+        <v>1391</v>
       </c>
       <c r="E1079" s="1" t="s">
-        <v>3010</v>
+        <v>3003</v>
       </c>
       <c r="F1079" t="s">
-        <v>3011</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1080" spans="1:6">
       <c r="A1080">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="B1080" t="s">
-        <v>3012</v>
+        <v>3018</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3013</v>
+        <v>3019</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>3014</v>
+        <v>458</v>
       </c>
       <c r="E1080" s="1" t="s">
-        <v>3015</v>
+        <v>3003</v>
       </c>
       <c r="F1080" t="s">
-        <v>3016</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1081" spans="1:6">
       <c r="A1081">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="B1081" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>106</v>
+        <v>395</v>
       </c>
       <c r="E1081" s="1" t="s">
-        <v>3019</v>
+        <v>3003</v>
       </c>
       <c r="F1081" t="s">
-        <v>3020</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1082" spans="1:6">
       <c r="A1082">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="B1082" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>2887</v>
+        <v>3024</v>
       </c>
       <c r="E1082" s="1" t="s">
-        <v>3023</v>
+        <v>3025</v>
       </c>
       <c r="F1082" t="s">
-        <v>3024</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1083" spans="1:6">
       <c r="A1083">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="B1083" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>3026</v>
+        <v>659</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>1223</v>
+        <v>3027</v>
       </c>
       <c r="E1083" s="1" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="F1083" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="A1084">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="B1084" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>526</v>
+        <v>3032</v>
       </c>
       <c r="E1084" s="1" t="s">
-        <v>3031</v>
+        <v>3033</v>
       </c>
       <c r="F1084" t="s">
-        <v>3032</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1085" spans="1:6">
       <c r="A1085">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B1085" t="s">
-        <v>3033</v>
+        <v>440</v>
       </c>
       <c r="C1085" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D1085" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1085" s="1" t="s">
         <v>3034</v>
       </c>
-      <c r="D1085" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1085" s="1" t="s">
+      <c r="F1085" t="s">
         <v>3035</v>
-      </c>
-[...1 lines deleted...]
-        <v>3036</v>
       </c>
     </row>
     <row r="1086" spans="1:6">
       <c r="A1086">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="B1086" t="s">
+        <v>3036</v>
+      </c>
+      <c r="C1086" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D1086" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E1086" s="1" t="s">
         <v>3037</v>
       </c>
-      <c r="C1086" s="1" t="s">
+      <c r="F1086" t="s">
         <v>3038</v>
-      </c>
-[...7 lines deleted...]
-        <v>3040</v>
       </c>
     </row>
     <row r="1087" spans="1:6">
       <c r="A1087">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="B1087" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C1087" s="1" t="s">
+        <v>3040</v>
+      </c>
+      <c r="D1087" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E1087" s="1" t="s">
         <v>3041</v>
       </c>
-      <c r="C1087" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F1087" t="s">
-        <v>3045</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1088" spans="1:6">
       <c r="A1088">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="B1088" t="s">
-        <v>3046</v>
+        <v>3042</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>2996</v>
+        <v>3043</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>2985</v>
+        <v>141</v>
       </c>
       <c r="E1088" s="1" t="s">
-        <v>3047</v>
+        <v>3003</v>
       </c>
       <c r="F1088" t="s">
-        <v>2674</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1089" spans="1:6">
       <c r="A1089">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="B1089" t="s">
-        <v>3048</v>
+        <v>3044</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3049</v>
+        <v>3045</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3050</v>
+        <v>3046</v>
       </c>
       <c r="E1089" s="1" t="s">
-        <v>3051</v>
+        <v>3003</v>
       </c>
       <c r="F1089" t="s">
-        <v>3052</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1090" spans="1:6">
       <c r="A1090">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="B1090" t="s">
-        <v>3053</v>
+        <v>3047</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3054</v>
+        <v>3048</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3055</v>
+        <v>3049</v>
       </c>
       <c r="E1090" s="1" t="s">
-        <v>3056</v>
+        <v>3050</v>
       </c>
       <c r="F1090" t="s">
-        <v>3057</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1091" spans="1:6">
       <c r="A1091">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="B1091" t="s">
-        <v>3058</v>
+        <v>3051</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>955</v>
+        <v>3052</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>540</v>
+        <v>3053</v>
       </c>
       <c r="E1091" s="1" t="s">
-        <v>3059</v>
+        <v>3041</v>
       </c>
       <c r="F1091" t="s">
-        <v>3060</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="A1092">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="B1092" t="s">
-        <v>3061</v>
+        <v>3054</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3018</v>
+        <v>3055</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3062</v>
+        <v>3056</v>
       </c>
       <c r="E1092" s="1" t="s">
-        <v>3063</v>
+        <v>3057</v>
       </c>
       <c r="F1092" t="s">
-        <v>3064</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1093" spans="1:6">
       <c r="A1093">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="B1093" t="s">
-        <v>3065</v>
+        <v>3059</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3066</v>
+        <v>3060</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3067</v>
+        <v>3061</v>
       </c>
       <c r="E1093" s="1" t="s">
-        <v>3068</v>
+        <v>3062</v>
       </c>
       <c r="F1093" t="s">
-        <v>3069</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1094" spans="1:6">
       <c r="A1094">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="B1094" t="s">
-        <v>3070</v>
+        <v>3064</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3071</v>
+        <v>3065</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>3072</v>
+        <v>106</v>
       </c>
       <c r="E1094" s="1" t="s">
-        <v>3073</v>
+        <v>3066</v>
       </c>
       <c r="F1094" t="s">
-        <v>3074</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1095" spans="1:6">
       <c r="A1095">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="B1095" t="s">
-        <v>3075</v>
+        <v>3068</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3076</v>
+        <v>3069</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>3077</v>
+        <v>2934</v>
       </c>
       <c r="E1095" s="1" t="s">
-        <v>3078</v>
+        <v>3070</v>
       </c>
       <c r="F1095" t="s">
-        <v>3079</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1096" spans="1:6">
       <c r="A1096">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="B1096" t="s">
-        <v>3080</v>
+        <v>3072</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>3081</v>
+        <v>3073</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>3082</v>
+        <v>1223</v>
       </c>
       <c r="E1096" s="1" t="s">
-        <v>3083</v>
+        <v>3074</v>
       </c>
       <c r="F1096" t="s">
-        <v>3084</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="1097" spans="1:6">
       <c r="A1097">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B1097" t="s">
-        <v>3085</v>
+        <v>3076</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3086</v>
+        <v>3077</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>3087</v>
+        <v>526</v>
       </c>
       <c r="E1097" s="1" t="s">
-        <v>3088</v>
+        <v>3078</v>
       </c>
       <c r="F1097" t="s">
-        <v>3089</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="A1098">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="B1098" t="s">
-        <v>3090</v>
+        <v>3080</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3091</v>
+        <v>3081</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>3092</v>
+        <v>27</v>
       </c>
       <c r="E1098" s="1" t="s">
-        <v>3093</v>
+        <v>3082</v>
       </c>
       <c r="F1098" t="s">
-        <v>3094</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1099" spans="1:6">
       <c r="A1099">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="B1099" t="s">
-        <v>3095</v>
+        <v>3084</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3096</v>
+        <v>3085</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>3097</v>
+        <v>1608</v>
       </c>
       <c r="E1099" s="1" t="s">
-        <v>3098</v>
+        <v>3086</v>
       </c>
       <c r="F1099" t="s">
-        <v>3099</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="1100" spans="1:6">
       <c r="A1100">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="B1100" t="s">
-        <v>3100</v>
+        <v>3088</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3018</v>
+        <v>3089</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>58</v>
+        <v>3090</v>
       </c>
       <c r="E1100" s="1" t="s">
-        <v>3101</v>
+        <v>3091</v>
       </c>
       <c r="F1100" t="s">
-        <v>3102</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1101" spans="1:6">
       <c r="A1101">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="B1101" t="s">
-        <v>3103</v>
+        <v>3093</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3104</v>
+        <v>3043</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>3105</v>
+        <v>3032</v>
       </c>
       <c r="E1101" s="1" t="s">
-        <v>3106</v>
+        <v>3094</v>
       </c>
       <c r="F1101" t="s">
-        <v>3107</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="1102" spans="1:6">
       <c r="A1102">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B1102" t="s">
-        <v>3108</v>
+        <v>3095</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>3109</v>
+        <v>3096</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>3110</v>
+        <v>3097</v>
       </c>
       <c r="E1102" s="1" t="s">
-        <v>3111</v>
+        <v>3098</v>
       </c>
       <c r="F1102" t="s">
-        <v>3112</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1103" spans="1:6">
       <c r="A1103">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="B1103" t="s">
-        <v>3113</v>
+        <v>3100</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3109</v>
+        <v>3101</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3114</v>
+        <v>3102</v>
       </c>
       <c r="E1103" s="1" t="s">
-        <v>3115</v>
+        <v>3103</v>
       </c>
       <c r="F1103" t="s">
-        <v>3116</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1104" spans="1:6">
       <c r="A1104">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="B1104" t="s">
-        <v>3117</v>
+        <v>3105</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>3118</v>
+        <v>955</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>3119</v>
+        <v>540</v>
       </c>
       <c r="E1104" s="1" t="s">
-        <v>3120</v>
+        <v>3106</v>
       </c>
       <c r="F1104" t="s">
-        <v>3121</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1105" spans="1:6">
       <c r="A1105">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="B1105" t="s">
-        <v>3122</v>
+        <v>3108</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3123</v>
+        <v>3065</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3124</v>
+        <v>3109</v>
       </c>
       <c r="E1105" s="1" t="s">
-        <v>3125</v>
+        <v>3110</v>
       </c>
       <c r="F1105" t="s">
-        <v>3060</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1106" spans="1:6">
       <c r="A1106">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="B1106" t="s">
-        <v>2911</v>
+        <v>3112</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>3126</v>
+        <v>3113</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>2955</v>
+        <v>3114</v>
       </c>
       <c r="E1106" s="1" t="s">
-        <v>3127</v>
+        <v>3115</v>
       </c>
       <c r="F1106" t="s">
-        <v>3128</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1107" spans="1:6">
       <c r="A1107">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="B1107" t="s">
-        <v>3129</v>
+        <v>3117</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>3130</v>
+        <v>3118</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>2951</v>
+        <v>3119</v>
       </c>
       <c r="E1107" s="1" t="s">
-        <v>3131</v>
+        <v>3120</v>
       </c>
       <c r="F1107" t="s">
-        <v>3132</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="1108" spans="1:6">
       <c r="A1108">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="B1108" t="s">
-        <v>3133</v>
+        <v>3122</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3134</v>
+        <v>3123</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>2959</v>
+        <v>3124</v>
       </c>
       <c r="E1108" s="1" t="s">
-        <v>3135</v>
+        <v>3125</v>
       </c>
       <c r="F1108" t="s">
-        <v>3132</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1109" spans="1:6">
       <c r="A1109">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B1109" t="s">
-        <v>3136</v>
+        <v>3127</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3137</v>
+        <v>3128</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>3138</v>
+        <v>3129</v>
       </c>
       <c r="E1109" s="1" t="s">
-        <v>3135</v>
+        <v>3130</v>
       </c>
       <c r="F1109" t="s">
-        <v>3132</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1110" spans="1:6">
       <c r="A1110">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="B1110" t="s">
-        <v>3139</v>
+        <v>3132</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3140</v>
+        <v>3133</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>435</v>
+        <v>3134</v>
       </c>
       <c r="E1110" s="1" t="s">
         <v>3135</v>
       </c>
       <c r="F1110" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="1111" spans="1:6">
       <c r="A1111">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="B1111" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C1111" s="1" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D1111" s="1" t="s">
         <v>3139</v>
       </c>
-      <c r="C1111" s="1" t="s">
+      <c r="E1111" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="D1111" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1111" t="s">
-        <v>3132</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="A1112">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="B1112" t="s">
-        <v>3141</v>
+        <v>3142</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>2993</v>
+        <v>3143</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>416</v>
+        <v>3144</v>
       </c>
       <c r="E1112" s="1" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
       <c r="F1112" t="s">
-        <v>3132</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B1113" t="s">
-        <v>3143</v>
+        <v>3147</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3144</v>
+        <v>3065</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>428</v>
+        <v>58</v>
       </c>
       <c r="E1113" s="1" t="s">
-        <v>3135</v>
+        <v>3148</v>
       </c>
       <c r="F1113" t="s">
-        <v>3132</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B1114" t="s">
-        <v>3145</v>
+        <v>3150</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3146</v>
+        <v>3151</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>1391</v>
+        <v>3152</v>
       </c>
       <c r="E1114" s="1" t="s">
-        <v>3135</v>
+        <v>3153</v>
       </c>
       <c r="F1114" t="s">
-        <v>3132</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="B1115" t="s">
-        <v>524</v>
+        <v>3155</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3147</v>
+        <v>3156</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>395</v>
+        <v>3157</v>
       </c>
       <c r="E1115" s="1" t="s">
-        <v>3135</v>
+        <v>3158</v>
       </c>
       <c r="F1115" t="s">
-        <v>3132</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1116" spans="1:6">
       <c r="A1116">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="B1116" t="s">
-        <v>983</v>
+        <v>3160</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>984</v>
+        <v>3156</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>985</v>
+        <v>3161</v>
       </c>
       <c r="E1116" s="1" t="s">
-        <v>3148</v>
+        <v>3162</v>
       </c>
       <c r="F1116" t="s">
-        <v>3149</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="1117" spans="1:6">
       <c r="A1117">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="B1117" t="s">
-        <v>542</v>
+        <v>3164</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3118</v>
+        <v>3165</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>544</v>
+        <v>3166</v>
       </c>
       <c r="E1117" s="1" t="s">
-        <v>3150</v>
+        <v>3167</v>
       </c>
       <c r="F1117" t="s">
-        <v>3151</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="1118" spans="1:6">
       <c r="A1118">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B1118" t="s">
-        <v>3152</v>
+        <v>3169</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3153</v>
+        <v>3170</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>1804</v>
+        <v>3171</v>
       </c>
       <c r="E1118" s="1" t="s">
-        <v>3154</v>
+        <v>3172</v>
       </c>
       <c r="F1118" t="s">
-        <v>3155</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1119" spans="1:6">
       <c r="A1119">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="B1119" t="s">
-        <v>3156</v>
+        <v>2958</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>959</v>
+        <v>3173</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>960</v>
+        <v>3002</v>
       </c>
       <c r="E1119" s="1" t="s">
-        <v>3157</v>
+        <v>3174</v>
       </c>
       <c r="F1119" t="s">
-        <v>3158</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="A1120">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="B1120" t="s">
-        <v>3159</v>
+        <v>3176</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3001</v>
+        <v>3177</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>3002</v>
+        <v>2998</v>
       </c>
       <c r="E1120" s="1" t="s">
-        <v>3160</v>
+        <v>3178</v>
       </c>
       <c r="F1120" t="s">
-        <v>3132</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1121" spans="1:6">
       <c r="A1121">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B1121" t="s">
-        <v>3161</v>
+        <v>3180</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3162</v>
+        <v>3181</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>141</v>
+        <v>3006</v>
       </c>
       <c r="E1121" s="1" t="s">
-        <v>3135</v>
+        <v>3182</v>
       </c>
       <c r="F1121" t="s">
-        <v>3132</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1122" spans="1:6">
       <c r="A1122">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="B1122" t="s">
-        <v>3163</v>
+        <v>3183</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>457</v>
+        <v>3184</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>458</v>
+        <v>3185</v>
       </c>
       <c r="E1122" s="1" t="s">
-        <v>3135</v>
+        <v>3182</v>
       </c>
       <c r="F1122" t="s">
-        <v>3132</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1123" spans="1:6">
       <c r="A1123">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="B1123" t="s">
-        <v>3164</v>
+        <v>3186</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3165</v>
+        <v>3187</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>350</v>
+        <v>435</v>
       </c>
       <c r="E1123" s="1" t="s">
-        <v>3131</v>
+        <v>3182</v>
       </c>
       <c r="F1123" t="s">
-        <v>3166</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="A1124">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B1124" t="s">
-        <v>3167</v>
+        <v>3186</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3168</v>
+        <v>3187</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="E1124" s="1" t="s">
-        <v>3169</v>
+        <v>3182</v>
       </c>
       <c r="F1124" t="s">
-        <v>3132</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1125" spans="1:6">
       <c r="A1125">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B1125" t="s">
-        <v>3170</v>
+        <v>3188</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3171</v>
+        <v>3040</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>2999</v>
+        <v>416</v>
       </c>
       <c r="E1125" s="1" t="s">
-        <v>3135</v>
+        <v>3189</v>
       </c>
       <c r="F1125" t="s">
-        <v>3132</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1126" spans="1:6">
       <c r="A1126">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="B1126" t="s">
-        <v>3172</v>
+        <v>3190</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>972</v>
+        <v>3191</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3173</v>
+        <v>428</v>
       </c>
       <c r="E1126" s="1" t="s">
-        <v>3174</v>
+        <v>3182</v>
       </c>
       <c r="F1126" t="s">
-        <v>3175</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1127" spans="1:6">
       <c r="A1127">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="B1127" t="s">
-        <v>3176</v>
+        <v>3192</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3177</v>
+        <v>3193</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>1347</v>
+        <v>1391</v>
       </c>
       <c r="E1127" s="1" t="s">
-        <v>3178</v>
+        <v>3182</v>
       </c>
       <c r="F1127" t="s">
         <v>3179</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="A1128">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="B1128" t="s">
-        <v>1657</v>
+        <v>524</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>1658</v>
+        <v>3194</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>106</v>
+        <v>395</v>
       </c>
       <c r="E1128" s="1" t="s">
-        <v>1659</v>
+        <v>3182</v>
       </c>
       <c r="F1128" t="s">
-        <v>3180</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1129" spans="1:6">
       <c r="A1129">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="B1129" t="s">
-        <v>3181</v>
+        <v>983</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>1390</v>
+        <v>984</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>1440</v>
+        <v>985</v>
       </c>
       <c r="E1129" s="1" t="s">
-        <v>1441</v>
+        <v>3195</v>
       </c>
       <c r="F1129" t="s">
-        <v>1442</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1130" spans="1:6">
       <c r="A1130">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B1130" t="s">
-        <v>1207</v>
+        <v>542</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>152</v>
+        <v>3165</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>153</v>
+        <v>544</v>
       </c>
       <c r="E1130" s="1" t="s">
-        <v>3182</v>
+        <v>3197</v>
       </c>
       <c r="F1130" t="s">
-        <v>3183</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="1131" spans="1:6">
       <c r="A1131">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="B1131" t="s">
-        <v>3184</v>
+        <v>3199</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3185</v>
+        <v>3200</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>316</v>
+        <v>1834</v>
       </c>
       <c r="E1131" s="1" t="s">
-        <v>3186</v>
+        <v>3201</v>
       </c>
       <c r="F1131" t="s">
-        <v>1498</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="1132" spans="1:6">
       <c r="A1132">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="B1132" t="s">
-        <v>3187</v>
+        <v>3203</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3188</v>
+        <v>959</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>720</v>
+        <v>960</v>
       </c>
       <c r="E1132" s="1" t="s">
-        <v>3189</v>
+        <v>3204</v>
       </c>
       <c r="F1132" t="s">
-        <v>1498</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="1133" spans="1:6">
       <c r="A1133">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B1133" t="s">
-        <v>3190</v>
+        <v>3206</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3188</v>
+        <v>3048</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>323</v>
+        <v>3049</v>
       </c>
       <c r="E1133" s="1" t="s">
-        <v>3191</v>
+        <v>3207</v>
       </c>
       <c r="F1133" t="s">
-        <v>1498</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="A1134">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B1134" t="s">
-        <v>538</v>
+        <v>3208</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>539</v>
+        <v>3209</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>540</v>
+        <v>141</v>
       </c>
       <c r="E1134" s="1" t="s">
-        <v>3192</v>
+        <v>3182</v>
       </c>
       <c r="F1134" t="s">
-        <v>3193</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="A1135">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="B1135" t="s">
-        <v>3194</v>
+        <v>3210</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>2919</v>
+        <v>457</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>2920</v>
+        <v>458</v>
       </c>
       <c r="E1135" s="1" t="s">
-        <v>3195</v>
+        <v>3182</v>
       </c>
       <c r="F1135" t="s">
-        <v>3196</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1136" spans="1:6">
       <c r="A1136">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="B1136" t="s">
-        <v>903</v>
+        <v>3211</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>904</v>
+        <v>3212</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>905</v>
+        <v>350</v>
       </c>
       <c r="E1136" s="1" t="s">
-        <v>3197</v>
+        <v>3178</v>
       </c>
       <c r="F1136" t="s">
-        <v>3198</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="A1137">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="B1137" t="s">
-        <v>3199</v>
+        <v>3214</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3200</v>
+        <v>3215</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>111</v>
+        <v>424</v>
       </c>
       <c r="E1137" s="1" t="s">
-        <v>3201</v>
+        <v>3216</v>
       </c>
       <c r="F1137" t="s">
-        <v>1454</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1138" spans="1:6">
       <c r="A1138">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="B1138" t="s">
-        <v>3202</v>
+        <v>3217</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3203</v>
+        <v>3218</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>111</v>
+        <v>3046</v>
       </c>
       <c r="E1138" s="1" t="s">
-        <v>1672</v>
+        <v>3182</v>
       </c>
       <c r="F1138" t="s">
-        <v>1673</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1139" spans="1:6">
       <c r="A1139">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="B1139" t="s">
-        <v>3204</v>
+        <v>3219</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3200</v>
+        <v>972</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>1305</v>
+        <v>3220</v>
       </c>
       <c r="E1139" s="1" t="s">
-        <v>3205</v>
+        <v>3221</v>
       </c>
       <c r="F1139" t="s">
-        <v>2773</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="1140" spans="1:6">
       <c r="A1140">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="B1140" t="s">
-        <v>3206</v>
+        <v>3223</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3200</v>
+        <v>3224</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3207</v>
+        <v>1347</v>
       </c>
       <c r="E1140" s="1" t="s">
-        <v>2774</v>
+        <v>3225</v>
       </c>
       <c r="F1140" t="s">
-        <v>2773</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="1141" spans="1:6">
       <c r="A1141">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="B1141" t="s">
-        <v>3208</v>
+        <v>1657</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3209</v>
+        <v>1658</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3210</v>
+        <v>106</v>
       </c>
       <c r="E1141" s="1" t="s">
-        <v>2551</v>
+        <v>1659</v>
       </c>
       <c r="F1141" t="s">
-        <v>2541</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1142" spans="1:6">
       <c r="A1142">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="B1142" t="s">
-        <v>3211</v>
+        <v>3228</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3212</v>
+        <v>1390</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3213</v>
+        <v>1440</v>
       </c>
       <c r="E1142" s="1" t="s">
-        <v>3214</v>
+        <v>1441</v>
       </c>
       <c r="F1142" t="s">
-        <v>1520</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="1143" spans="1:6">
       <c r="A1143">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="B1143" t="s">
-        <v>3215</v>
+        <v>1207</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3216</v>
+        <v>152</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3217</v>
+        <v>153</v>
       </c>
       <c r="E1143" s="1" t="s">
-        <v>3218</v>
+        <v>3229</v>
       </c>
       <c r="F1143" t="s">
-        <v>1504</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1144" spans="1:6">
       <c r="A1144">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="B1144" t="s">
-        <v>3219</v>
+        <v>3231</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3220</v>
+        <v>3232</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>3006</v>
+        <v>316</v>
       </c>
       <c r="E1144" s="1" t="s">
-        <v>3221</v>
+        <v>3233</v>
       </c>
       <c r="F1144" t="s">
-        <v>1450</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="1145" spans="1:6">
       <c r="A1145">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="B1145" t="s">
-        <v>3222</v>
+        <v>3234</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3223</v>
+        <v>3235</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>2940</v>
+        <v>720</v>
       </c>
       <c r="E1145" s="1" t="s">
-        <v>3224</v>
+        <v>3236</v>
       </c>
       <c r="F1145" t="s">
-        <v>1450</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="1146" spans="1:6">
       <c r="A1146">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="B1146" t="s">
-        <v>3225</v>
+        <v>3237</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3226</v>
+        <v>3235</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>3227</v>
+        <v>323</v>
       </c>
       <c r="E1146" s="1" t="s">
-        <v>3228</v>
+        <v>3238</v>
       </c>
       <c r="F1146" t="s">
-        <v>1450</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="1147" spans="1:6">
       <c r="A1147">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="B1147" t="s">
-        <v>3229</v>
+        <v>538</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3230</v>
+        <v>539</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>2955</v>
+        <v>540</v>
       </c>
       <c r="E1147" s="1" t="s">
-        <v>3231</v>
+        <v>3239</v>
       </c>
       <c r="F1147" t="s">
-        <v>1450</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="1148" spans="1:6">
       <c r="A1148">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B1148" t="s">
-        <v>348</v>
+        <v>3241</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>349</v>
+        <v>2966</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>350</v>
+        <v>2967</v>
       </c>
       <c r="E1148" s="1" t="s">
-        <v>3232</v>
+        <v>3242</v>
       </c>
       <c r="F1148" t="s">
-        <v>3233</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="1149" spans="1:6">
       <c r="A1149">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="B1149" t="s">
-        <v>3234</v>
+        <v>903</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3235</v>
+        <v>904</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>2959</v>
+        <v>905</v>
       </c>
       <c r="E1149" s="1" t="s">
-        <v>3231</v>
+        <v>3244</v>
       </c>
       <c r="F1149" t="s">
-        <v>1450</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1150" spans="1:6">
       <c r="A1150">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="B1150" t="s">
-        <v>348</v>
+        <v>3246</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3236</v>
+        <v>3247</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>350</v>
+        <v>111</v>
       </c>
       <c r="E1150" s="1" t="s">
-        <v>3237</v>
+        <v>3248</v>
       </c>
       <c r="F1150" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="1151" spans="1:6">
       <c r="A1151">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="B1151" t="s">
-        <v>433</v>
+        <v>3249</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>434</v>
+        <v>3250</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>435</v>
+        <v>111</v>
       </c>
       <c r="E1151" s="1" t="s">
-        <v>3231</v>
+        <v>1672</v>
       </c>
       <c r="F1151" t="s">
-        <v>1450</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="1152" spans="1:6">
       <c r="A1152">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="B1152" t="s">
-        <v>426</v>
+        <v>3251</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>427</v>
+        <v>3247</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>428</v>
+        <v>1305</v>
       </c>
       <c r="E1152" s="1" t="s">
-        <v>3231</v>
+        <v>3252</v>
       </c>
       <c r="F1152" t="s">
-        <v>1450</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1153" spans="1:6">
       <c r="A1153">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B1153" t="s">
-        <v>422</v>
+        <v>3253</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>423</v>
+        <v>3247</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>424</v>
+        <v>3254</v>
       </c>
       <c r="E1153" s="1" t="s">
-        <v>3238</v>
+        <v>2821</v>
       </c>
       <c r="F1153" t="s">
-        <v>1450</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1154" spans="1:6">
       <c r="A1154">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B1154" t="s">
-        <v>3239</v>
+        <v>3255</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3240</v>
+        <v>3256</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3241</v>
+        <v>3257</v>
       </c>
       <c r="E1154" s="1" t="s">
-        <v>3231</v>
+        <v>2598</v>
       </c>
       <c r="F1154" t="s">
-        <v>1450</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="1155" spans="1:6">
       <c r="A1155">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B1155" t="s">
-        <v>456</v>
+        <v>3258</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>457</v>
+        <v>3259</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>458</v>
+        <v>3260</v>
       </c>
       <c r="E1155" s="1" t="s">
-        <v>3231</v>
+        <v>3261</v>
       </c>
       <c r="F1155" t="s">
-        <v>1450</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="1156" spans="1:6">
       <c r="A1156">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="B1156" t="s">
-        <v>393</v>
+        <v>3262</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>394</v>
+        <v>3263</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>395</v>
+        <v>3264</v>
       </c>
       <c r="E1156" s="1" t="s">
-        <v>3231</v>
+        <v>3265</v>
       </c>
       <c r="F1156" t="s">
-        <v>1450</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="1157" spans="1:6">
       <c r="A1157">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="B1157" t="s">
-        <v>3242</v>
+        <v>3266</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3243</v>
+        <v>3267</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>2977</v>
+        <v>3053</v>
       </c>
       <c r="E1157" s="1" t="s">
-        <v>3244</v>
+        <v>3268</v>
       </c>
       <c r="F1157" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="1158" spans="1:6">
       <c r="A1158">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="B1158" t="s">
-        <v>459</v>
+        <v>3269</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3245</v>
+        <v>3270</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>461</v>
+        <v>2987</v>
       </c>
       <c r="E1158" s="1" t="s">
-        <v>3246</v>
+        <v>3271</v>
       </c>
       <c r="F1158" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="1159" spans="1:6">
       <c r="A1159">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="B1159" t="s">
-        <v>358</v>
+        <v>3272</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3247</v>
+        <v>3273</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>360</v>
+        <v>3274</v>
       </c>
       <c r="E1159" s="1" t="s">
-        <v>3248</v>
+        <v>3275</v>
       </c>
       <c r="F1159" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="1160" spans="1:6">
       <c r="A1160">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="B1160" t="s">
-        <v>414</v>
+        <v>3276</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>3249</v>
+        <v>3277</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>416</v>
+        <v>3002</v>
       </c>
       <c r="E1160" s="1" t="s">
-        <v>3221</v>
+        <v>3278</v>
       </c>
       <c r="F1160" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="1161" spans="1:6">
       <c r="A1161">
+        <v>15</v>
+      </c>
+      <c r="B1161" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1161" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D1161" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1161" s="1" t="s">
+        <v>3279</v>
+      </c>
+      <c r="F1161" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:6">
+      <c r="A1162">
+        <v>14</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>3281</v>
+      </c>
+      <c r="C1162" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="D1162" s="1" t="s">
+        <v>3006</v>
+      </c>
+      <c r="E1162" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="F1162" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:6">
+      <c r="A1163">
+        <v>13</v>
+      </c>
+      <c r="B1163" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1163" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D1163" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1163" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="F1163" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:6">
+      <c r="A1164">
+        <v>12</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>433</v>
+      </c>
+      <c r="C1164" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D1164" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1164" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="F1164" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:6">
+      <c r="A1165">
+        <v>11</v>
+      </c>
+      <c r="B1165" t="s">
+        <v>426</v>
+      </c>
+      <c r="C1165" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D1165" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E1165" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="F1165" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:6">
+      <c r="A1166">
+        <v>10</v>
+      </c>
+      <c r="B1166" t="s">
+        <v>422</v>
+      </c>
+      <c r="C1166" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D1166" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E1166" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="F1166" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:6">
+      <c r="A1167">
+        <v>9</v>
+      </c>
+      <c r="B1167" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C1167" s="1" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D1167" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="E1167" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="F1167" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:6">
+      <c r="A1168">
+        <v>8</v>
+      </c>
+      <c r="B1168" t="s">
+        <v>456</v>
+      </c>
+      <c r="C1168" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D1168" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E1168" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="F1168" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:6">
+      <c r="A1169">
+        <v>7</v>
+      </c>
+      <c r="B1169" t="s">
+        <v>393</v>
+      </c>
+      <c r="C1169" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D1169" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E1169" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="F1169" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:6">
+      <c r="A1170">
+        <v>6</v>
+      </c>
+      <c r="B1170" t="s">
+        <v>3289</v>
+      </c>
+      <c r="C1170" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="D1170" s="1" t="s">
+        <v>3024</v>
+      </c>
+      <c r="E1170" s="1" t="s">
+        <v>3291</v>
+      </c>
+      <c r="F1170" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:6">
+      <c r="A1171">
+        <v>5</v>
+      </c>
+      <c r="B1171" t="s">
+        <v>459</v>
+      </c>
+      <c r="C1171" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D1171" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="E1171" s="1" t="s">
+        <v>3293</v>
+      </c>
+      <c r="F1171" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:6">
+      <c r="A1172">
+        <v>4</v>
+      </c>
+      <c r="B1172" t="s">
+        <v>358</v>
+      </c>
+      <c r="C1172" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="D1172" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E1172" s="1" t="s">
+        <v>3295</v>
+      </c>
+      <c r="F1172" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:6">
+      <c r="A1173">
+        <v>3</v>
+      </c>
+      <c r="B1173" t="s">
+        <v>414</v>
+      </c>
+      <c r="C1173" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D1173" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E1173" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="F1173" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:6">
+      <c r="A1174">
         <v>1</v>
       </c>
-      <c r="B1161" t="s">
+      <c r="B1174" t="s">
         <v>139</v>
       </c>
-      <c r="C1161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D1161" s="1" t="s">
+      <c r="C1174" s="1" t="s">
+        <v>3297</v>
+      </c>
+      <c r="D1174" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="E1161" s="1" t="s">
-[...10 lines deleted...]
-      <c r="C1162" s="1" t="s">
+      <c r="E1174" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="F1174" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:6">
+      <c r="B1175" t="s">
+        <v>3299</v>
+      </c>
+      <c r="C1175" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1162" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1163" s="1" t="s">
+      <c r="D1175" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="E1175" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="F1175" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:6">
+      <c r="B1176" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C1176" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1163" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1164" s="1" t="s">
+      <c r="D1176" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="E1176" s="1" t="s">
+        <v>3304</v>
+      </c>
+      <c r="F1176" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:6">
+      <c r="B1177" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C1177" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D1164" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1165" s="1" t="s">
+      <c r="D1177" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="E1177" s="1" t="s">
+        <v>3306</v>
+      </c>
+      <c r="F1177" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:6">
+      <c r="B1178" t="s">
+        <v>3307</v>
+      </c>
+      <c r="C1178" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D1165" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1166" s="1" t="s">
+      <c r="D1178" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="E1178" s="1" t="s">
+        <v>3308</v>
+      </c>
+      <c r="F1178" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:6">
+      <c r="B1179" t="s">
+        <v>3309</v>
+      </c>
+      <c r="C1179" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D1166" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1167" s="1" t="s">
+      <c r="D1179" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="E1179" s="1" t="s">
+        <v>3310</v>
+      </c>
+      <c r="F1179" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:6">
+      <c r="B1180" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C1180" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1167" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1168" s="1" t="s">
+      <c r="D1180" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="E1180" s="1" t="s">
+        <v>3313</v>
+      </c>
+      <c r="F1180" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:6">
+      <c r="B1181" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C1181" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1168" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1169" s="1" t="s">
+      <c r="D1181" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="E1181" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="F1181" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:6">
+      <c r="B1182" t="s">
+        <v>3318</v>
+      </c>
+      <c r="C1182" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D1169" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1170" s="1" t="s">
+      <c r="D1182" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="E1182" s="1" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F1182" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:6">
+      <c r="B1183" t="s">
+        <v>3320</v>
+      </c>
+      <c r="C1183" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D1170" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1171" s="1" t="s">
+      <c r="D1183" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="E1183" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="F1183" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:6">
+      <c r="B1184" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C1184" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D1171" s="1" t="s">
-[...23 lines deleted...]
-        <v>3281</v>
+      <c r="D1184" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="E1184" s="1" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F1184" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:6">
+      <c r="B1185" t="s">
+        <v>3324</v>
+      </c>
+      <c r="C1185" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="D1185" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="E1185" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="F1185" t="s">
+        <v>3328</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">