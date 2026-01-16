--- v1 (2025-11-29)
+++ v2 (2026-01-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3390">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>067.3/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 KtUIS I RO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA...</t>
   </si>
@@ -2483,365 +2483,362 @@
     <t xml:space="preserve">SECRETARIA MUNICIPAL DE PLANEJAMENTO
 </t>
   </si>
   <si>
     <t>BARROS FERNANDES BORGNETH ADVOGADOS ASSOCIADOS
 08.989.489/000188</t>
   </si>
   <si>
     <t>05/08/2022
 420.000,00</t>
   </si>
   <si>
     <t>05/08/2022 a 05/08/2023</t>
   </si>
   <si>
     <t>150.1/2024</t>
   </si>
   <si>
     <t>01/10/2024
 68.729,95</t>
   </si>
   <si>
     <t>01/10/2024 a 31/12/2024</t>
   </si>
   <si>
-    <t>151.1/2024</t>
+    <t>151/2024</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração
+REGISTRO DE PREÇOS PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
+  </si>
+  <si>
+    <t>01/09/2024
+9.496,98</t>
+  </si>
+  <si>
+    <t>01/09/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>151.3/2024</t>
+  </si>
+  <si>
+    <t>01/09/2024
+6.331,32</t>
+  </si>
+  <si>
+    <t>151.2/2024</t>
+  </si>
+  <si>
+    <t>150.3/2024</t>
+  </si>
+  <si>
+    <t>01/10/2024
+42.179,37</t>
+  </si>
+  <si>
+    <t>150.2/2024</t>
+  </si>
+  <si>
+    <t>01/10/2024
+73.134,10</t>
+  </si>
+  <si>
+    <t>150/2024</t>
+  </si>
+  <si>
+    <t>01/08/2024
+45.025,78</t>
+  </si>
+  <si>
+    <t>01/08/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>149/2024</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração
+Registro de Preços para eventual, futura e parcela...</t>
+  </si>
+  <si>
+    <t>30/09/2024
+44.500,00</t>
+  </si>
+  <si>
+    <t>30/09/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>148/2024</t>
+  </si>
+  <si>
+    <t>Secretária de Planejamento
+Registro de preços para futura e eventual aquisiçã...</t>
+  </si>
+  <si>
+    <t>27/09/2024
+275.837,50</t>
+  </si>
+  <si>
+    <t>27/09/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>099/2024</t>
+  </si>
+  <si>
+    <t>Secretária de Educação
+REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPRE...</t>
+  </si>
+  <si>
+    <t>03/06/2024
+55.037,40</t>
+  </si>
+  <si>
+    <t>03/06/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>101/2024</t>
+  </si>
+  <si>
+    <t>03/06/2024
+86.681,10</t>
+  </si>
+  <si>
+    <t>100/2024</t>
+  </si>
+  <si>
+    <t>FC SUPERMERCADO LTDA
+30.193.218/0001-70</t>
+  </si>
+  <si>
+    <t>03/06/2024
+286.831,45</t>
+  </si>
+  <si>
+    <t>146/2024</t>
+  </si>
+  <si>
+    <t>10/09/2024
+608.574,12</t>
+  </si>
+  <si>
+    <t>10/09/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>141.3/2024</t>
+  </si>
+  <si>
+    <t>Secretária de Educação
+REGISTRO DE PREÇO DE REFORMA, MANUTENÇÃO E ADEQUAÇ...</t>
+  </si>
+  <si>
+    <t>LUMENS SOLUÇÕES EM ENERGIA E CONSTRAÇÃO LTDA
+38.265.289/0001-43</t>
+  </si>
+  <si>
+    <t>28/08/2024
+193.227,90</t>
+  </si>
+  <si>
+    <t>28/08/2024 a 28/11/2024</t>
+  </si>
+  <si>
+    <t>141.2/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+212.737,96</t>
+  </si>
+  <si>
+    <t>141.1/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+99.425,80</t>
+  </si>
+  <si>
+    <t>033/2023</t>
+  </si>
+  <si>
+    <t>R. R. DA SILVA ENGENHARIA
+29.006.966/0001-18</t>
+  </si>
+  <si>
+    <t>02/08/2024
+126.000,00</t>
+  </si>
+  <si>
+    <t>02/08/2024 a 04/08/2025</t>
+  </si>
+  <si>
+    <t>116/2021</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DOS SERVIÇ...</t>
+  </si>
+  <si>
+    <t>R MACEDO SOARES - ME
+10.680.662/0001-03</t>
+  </si>
+  <si>
+    <t>29/07/2024
+150.000,00</t>
+  </si>
+  <si>
+    <t>29/07/2024 a 28/02/2025</t>
+  </si>
+  <si>
+    <t>28/12/2023
+150.000,00</t>
+  </si>
+  <si>
+    <t>28/12/2023 a 31/07/2024</t>
+  </si>
+  <si>
+    <t>115/2021</t>
+  </si>
+  <si>
+    <t>28/12/2023 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>114/2021</t>
+  </si>
+  <si>
+    <t>Secretária de Planejamento
+CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DOS SERVIÇ...</t>
+  </si>
+  <si>
+    <t>29/07/2024
+100.000,00</t>
+  </si>
+  <si>
+    <t>145/2024</t>
+  </si>
+  <si>
+    <t>06/09/2024
+902.757,63</t>
+  </si>
+  <si>
+    <t>06/09/2024 a 06/12/2024</t>
+  </si>
+  <si>
+    <t>31/07/2024
+100.000,00</t>
+  </si>
+  <si>
+    <t>144.3/2024</t>
+  </si>
+  <si>
+    <t>Secretária de Assistência Social
+REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA PAR...</t>
+  </si>
+  <si>
+    <t>06/09/2024
+15.563,50</t>
+  </si>
+  <si>
+    <t>06/09/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>Secretária de Educação
+CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DOS SERVIÇ...</t>
+  </si>
+  <si>
+    <t>01/08/2024 a 28/02/2025</t>
+  </si>
+  <si>
+    <t>140.5/2024</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+REGISTRO DE PREÇO DE REFORMA, MANUTENÇÃO E ADEQUAÇ...</t>
+  </si>
+  <si>
+    <t>28/08/2024
+149.357,14</t>
+  </si>
+  <si>
+    <t>140.4/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+151.491,20</t>
+  </si>
+  <si>
+    <t>140.3/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+87.495,22</t>
+  </si>
+  <si>
+    <t>140.2/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+61.051,68</t>
+  </si>
+  <si>
+    <t>140.1/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+98.518,49</t>
+  </si>
+  <si>
+    <t>140/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+290.116,60</t>
+  </si>
+  <si>
+    <t>141/2024</t>
+  </si>
+  <si>
+    <t>28/08/2024
+300.192,55</t>
+  </si>
+  <si>
+    <t>144.2/2024</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA PAR...</t>
+  </si>
+  <si>
+    <t>06/09/2024
+12.116,50</t>
+  </si>
+  <si>
+    <t>144.1/2024</t>
   </si>
   <si>
     <t>Secretária de Educação
 REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA PAR...</t>
   </si>
   <si>
-    <t>01/09/2024
-[...306 lines deleted...]
-  <si>
     <t>06/09/2024
 7.752,50</t>
   </si>
   <si>
     <t>144/2024</t>
   </si>
   <si>
     <t>Secretaria de Administração
 REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA PAR...</t>
   </si>
   <si>
     <t>06/09/2024
 12.927,50</t>
   </si>
   <si>
     <t>143.3/2024</t>
   </si>
   <si>
     <t>04/09/2024
 40.297,00</t>
   </si>
   <si>
     <t>04/09/2024 a 31/12/2024</t>
   </si>
   <si>
@@ -6236,65 +6233,121 @@
     <t>064.2/2020</t>
   </si>
   <si>
     <t>064.1/2020</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>26/03/2020
 123.365,00</t>
   </si>
   <si>
     <t>064/2020</t>
   </si>
   <si>
     <t>Secretaria de Administração
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>26/03/2020
 36.960,00</t>
   </si>
   <si>
+    <t>178/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE REVIST...</t>
+  </si>
+  <si>
+    <t>16/12/2025
+35.720,00</t>
+  </si>
+  <si>
+    <t>16/12/2025 a 15/12/2026</t>
+  </si>
+  <si>
     <t>063/2020</t>
   </si>
   <si>
     <t>Secretária de Agricultura
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>AUTOCAP PEÇAS E SERVIÇOS EIRELI - ME,
 27.636.892/0001-78</t>
   </si>
   <si>
     <t>26/03/2020
 158.400,00</t>
   </si>
   <si>
+    <t>171/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+Registro de preços para futura e eventual Contrata...</t>
+  </si>
+  <si>
+    <t>ECOLUZ INFRAESTRUTURA LTDA
+31.088.159/0001-33</t>
+  </si>
+  <si>
+    <t>12/12/2025
+461.190,71</t>
+  </si>
+  <si>
+    <t>12/12/2025 a 12/06/2026</t>
+  </si>
+  <si>
+    <t>172/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025
+169.403,80</t>
+  </si>
+  <si>
+    <t>15/12/2025 a 15/03/2026</t>
+  </si>
+  <si>
+    <t>173/2025</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+Registro de preços para futura e eventual Contrata...</t>
+  </si>
+  <si>
+    <t>15/12/2025
+403.393,91</t>
+  </si>
+  <si>
+    <t>15/12/2025 a 15/06/2026</t>
+  </si>
+  <si>
     <t>044.1/2020</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de Preços visando a eventual a contrataçã...</t>
   </si>
   <si>
     <t>C.M DISTRIBUIDORA E REPRESENTAÇÕES
 07.842.423/0001-06</t>
   </si>
   <si>
     <t>06/03/2020
 14.950,00</t>
   </si>
   <si>
     <t>06/03/2020 a 31/12/2020</t>
   </si>
   <si>
     <t>167/2025</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de preços para a eventual contratação de...</t>
   </si>
   <si>
@@ -6484,68 +6537,75 @@
     <t>16/09/2025 a 16/09/2026</t>
   </si>
   <si>
     <t>043.1/2020</t>
   </si>
   <si>
     <t>05/03/2020
 116.095,50</t>
   </si>
   <si>
     <t>Diretor do Serviço Autônomo de Água e Esgoto (SAAE)
 Registro de Preços para futura Contratação de empr...</t>
   </si>
   <si>
     <t>G REIS COMERCIO E SERVIÇO LTDA
 10.673.146/0001-51</t>
   </si>
   <si>
     <t>30/10/2025
 39.840,00</t>
   </si>
   <si>
     <t>30/10/2025 a 31/12/2025</t>
   </si>
   <si>
+    <t>ALVORADA MATERIAIS DE CONSTRUCAO LTDA
+03.318.489/0001-32</t>
+  </si>
+  <si>
+    <t>25/11/2025
+9.772,30</t>
+  </si>
+  <si>
+    <t>25/11/2025 a 31/12/2025</t>
+  </si>
+  <si>
     <t>043/2020</t>
   </si>
   <si>
     <t>05/03/2020
 121.629,20</t>
   </si>
   <si>
     <t>22/09/2025
 29.985,00</t>
   </si>
   <si>
     <t>22/09/2025 a 22/12/2025</t>
   </si>
   <si>
-    <t>ALVORADA MATERIAIS DE CONSTRUCAO LTDA
-[...2 lines deleted...]
-  <si>
     <t>22/09/2025
 44.228,60</t>
   </si>
   <si>
     <t>157/2025</t>
   </si>
   <si>
     <t>MT SERVICOS E CONSTRUCOES LTDA
 31.088.159/0001-33</t>
   </si>
   <si>
     <t>10/10/2025
 3.167.941,21</t>
   </si>
   <si>
     <t>034.2/2020</t>
   </si>
   <si>
     <t>28/02/2020
 131.501,60</t>
   </si>
   <si>
     <t>28/02/2020 a 31/12/2020</t>
   </si>
   <si>
@@ -7629,86 +7689,96 @@
     <t xml:space="preserve">JOSE EDMILSON JARDIM SILVA
 </t>
   </si>
   <si>
     <t>14/02/2020
 96.973,30</t>
   </si>
   <si>
     <t>14/02/2020 a 31/12/2020</t>
   </si>
   <si>
     <t>074.3/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPRE...</t>
   </si>
   <si>
     <t>16/06/2025
 12.629,40</t>
   </si>
   <si>
     <t>16/06/2025 a 16/06/2025</t>
   </si>
   <si>
+    <t>169/2025</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+Registro de preço para futura e eventual contrataç...</t>
+  </si>
+  <si>
+    <t>LIDER FARMA DISTRIBUIDORA DE MEDICAMENTOS
+45.902.414/0001-44</t>
+  </si>
+  <si>
+    <t>10/12/2025
+250.342,88</t>
+  </si>
+  <si>
+    <t>10/12/2025 a 09/12/2026</t>
+  </si>
+  <si>
     <t>029.1.19/2020</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE PEREIRA DE SOUSA
 </t>
   </si>
   <si>
     <t>14/02/2020
 43.139,10</t>
   </si>
   <si>
     <t>104/2025</t>
   </si>
   <si>
-    <t>Secretária Municipal De Saúde
-[...2 lines deleted...]
-  <si>
     <t>HOSPITALIA DISTRIBUIDORA DE MEDICAMENTOS LTDA
 19.917.154/0001-70</t>
   </si>
   <si>
     <t>01/08/2025
 148.662,45</t>
   </si>
   <si>
     <t>01/08/2025 a 01/08/2026</t>
   </si>
   <si>
     <t>105/2025</t>
   </si>
   <si>
-    <t>LIDER FARMA DISTRIBUIDORA DE MEDICAMENTOS
-[...2 lines deleted...]
-  <si>
     <t>01/08/2025
 823.664,26</t>
   </si>
   <si>
     <t>106/2025</t>
   </si>
   <si>
     <t>J P A JUNIOR COM. ATACADISTA DE MEDICAMENTOS LTDA
 22.140.414/0001-59</t>
   </si>
   <si>
     <t>01/08/2025
 157.115,64</t>
   </si>
   <si>
     <t>107/2025</t>
   </si>
   <si>
     <t>QUALLY FARMA HOSPITALAR LTDA
 10.749.855/0001-73</t>
   </si>
   <si>
     <t>01/08/2025
 666.070,52</t>
   </si>
@@ -7868,50 +7938,87 @@
     <t>20/10/2025
 6.744,00</t>
   </si>
   <si>
     <t>161/2025</t>
   </si>
   <si>
     <t>MAGAZINE IMPERATRIZ
 42.707.214/0001-42</t>
   </si>
   <si>
     <t>20/10/2025
 1.950,30</t>
   </si>
   <si>
     <t>166/2025</t>
   </si>
   <si>
     <t>19/11/2025
 6.804,00</t>
   </si>
   <si>
     <t>19/11/2025 a 31/12/2025</t>
   </si>
   <si>
+    <t>170/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025
+5.748,00</t>
+  </si>
+  <si>
+    <t>12/12/2025 a 31/12/2025</t>
+  </si>
+  <si>
+    <t>179/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025
+39.315,40</t>
+  </si>
+  <si>
+    <t>22/12/2025 a 21/12/2026</t>
+  </si>
+  <si>
+    <t>180/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025
+12.251,52</t>
+  </si>
+  <si>
+    <t>182/2025</t>
+  </si>
+  <si>
+    <t>29/12/2025
+16.870,00</t>
+  </si>
+  <si>
+    <t>29/12/2025 a 28/12/2026</t>
+  </si>
+  <si>
     <t>029.1.12/2020</t>
   </si>
   <si>
     <t xml:space="preserve">JAIRO BOEGES VIEIRA
 </t>
   </si>
   <si>
     <t>14/02/2020
 111.232,30</t>
   </si>
   <si>
     <t>086/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
   </si>
   <si>
     <t>02/07/2025
 6.136,97</t>
   </si>
   <si>
     <t>111/2025</t>
   </si>
   <si>
@@ -8414,50 +8521,82 @@
     <t>10/03/2020
 120.662,74</t>
   </si>
   <si>
     <t>053.3/2020</t>
   </si>
   <si>
     <t>M. DE F.A.R. COELHO - ME
 15.097.030/0001-35</t>
   </si>
   <si>
     <t>10/03/2020
 6.428,40</t>
   </si>
   <si>
     <t>053.2/2020</t>
   </si>
   <si>
     <t>10/03/2020
 71.280,00</t>
   </si>
   <si>
     <t>053.1/2020</t>
   </si>
   <si>
+    <t>174/2025</t>
+  </si>
+  <si>
+    <t>FORT CLEAN - DISTRIBUIDORA LTDA,
+22.525.037/0001-76</t>
+  </si>
+  <si>
+    <t>16/12/2025
+168.395,00</t>
+  </si>
+  <si>
+    <t>175/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025
+106.526,00</t>
+  </si>
+  <si>
+    <t>176/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025
+108.523,70</t>
+  </si>
+  <si>
+    <t>177/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025
+44.945,80</t>
+  </si>
+  <si>
     <t>053/2020</t>
   </si>
   <si>
     <t>10/03/2020
 12.856,80</t>
   </si>
   <si>
     <t>052.2/2020</t>
   </si>
   <si>
     <t>F C SUPERMERCADO - LTDA
 30.193.218/0001-70</t>
   </si>
   <si>
     <t>10/03/2020
 164.702,45</t>
   </si>
   <si>
     <t>052.1/2020</t>
   </si>
   <si>
     <t>10/03/2020
 97.236,04</t>
   </si>
   <si>
@@ -8540,50 +8679,60 @@
     <t>58.1/2025</t>
   </si>
   <si>
     <t>10/04/2025
 31.162,97</t>
   </si>
   <si>
     <t>058/2025</t>
   </si>
   <si>
     <t>10/04/2025
 2.651,57</t>
   </si>
   <si>
     <t>047.5/2020</t>
   </si>
   <si>
     <t>S. M. DOS SANTOS GOEDEL-ME
 03.460.103/0002-03</t>
   </si>
   <si>
     <t>10/03/2020
 59.300,00</t>
   </si>
   <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026
+545.012,00</t>
+  </si>
+  <si>
+    <t>06/01/2026 a 05/01/2027</t>
+  </si>
+  <si>
     <t>047.4/2020</t>
   </si>
   <si>
     <t>10/03/2020
 239.300,00</t>
   </si>
   <si>
     <t>047.3/2020</t>
   </si>
   <si>
     <t>10/03/2020
 220.000,00</t>
   </si>
   <si>
     <t>047.2/2020</t>
   </si>
   <si>
     <t>10/03/2020
 140.970,00</t>
   </si>
   <si>
     <t>047.1/2020</t>
   </si>
   <si>
     <t>Secretária de Infraestrutura
@@ -8756,50 +8905,57 @@
     <t>08/08/2022
 1.076.666,70</t>
   </si>
   <si>
     <t>08/07/2025
 367.500,00</t>
   </si>
   <si>
     <t>10/07/2025 a 10/01/2026</t>
   </si>
   <si>
     <t>032/2023</t>
   </si>
   <si>
     <t>FRANCISCA MIRANDA PEREIRA 47226686149 MEI
 27.006.749/0001-00</t>
   </si>
   <si>
     <t>06/01/2023
 11.280,00</t>
   </si>
   <si>
     <t>06/01/2023 a 31/12/2023</t>
   </si>
   <si>
+    <t>26/12/2025
+8.400,00</t>
+  </si>
+  <si>
+    <t>02/01/2026 a 31/12/2026</t>
+  </si>
+  <si>
     <t>031/2023</t>
   </si>
   <si>
     <t>06/01/2023
 45.280,00</t>
   </si>
   <si>
     <t>030/2023</t>
   </si>
   <si>
     <t>06/01/2023
 35.669,60</t>
   </si>
   <si>
     <t>085.3/2022</t>
   </si>
   <si>
     <t>04/08/2022
 10.076,00</t>
   </si>
   <si>
     <t>04/08/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>085.2/2022</t>
@@ -8991,50 +9147,57 @@
   <si>
     <t>07/03/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>102/2023</t>
   </si>
   <si>
     <t>07/03/2023
 120.120,00</t>
   </si>
   <si>
     <t>101/2023</t>
   </si>
   <si>
     <t>07/03/2023
 309.171,00</t>
   </si>
   <si>
     <t>114.2/2022</t>
   </si>
   <si>
     <t>23/09/2022
 83.160,00</t>
   </si>
   <si>
+    <t>29/12/2025
+9.900,00</t>
+  </si>
+  <si>
+    <t>01/01/2026 a 31/03/2026</t>
+  </si>
+  <si>
     <t>114.1/2022</t>
   </si>
   <si>
     <t>23/09/2022
 51.480,00</t>
   </si>
   <si>
     <t>114/2022</t>
   </si>
   <si>
     <t>23/09/2022
 125.851,00</t>
   </si>
   <si>
     <t>23/09/2022 a 31/12/2023</t>
   </si>
   <si>
     <t>105.2/2022</t>
   </si>
   <si>
     <t>CONQUISTA AUTO PEÇAS LTDA
 27.722.128/0001-15</t>
   </si>
   <si>
     <t>02/09/2022
@@ -9225,50 +9388,57 @@
   </si>
   <si>
     <t>CONTRATO N° 091.1/2022</t>
   </si>
   <si>
     <t>CONTRATO N° 091/2022</t>
   </si>
   <si>
     <t>CONTRATO N° 072/2022</t>
   </si>
   <si>
     <t>27/06/2022
 6.416,10</t>
   </si>
   <si>
     <t>069/2021</t>
   </si>
   <si>
     <t>24/06/2021
 1.440.516,14</t>
   </si>
   <si>
     <t>24/06/2021 a 24/12/2021</t>
   </si>
   <si>
+    <t>151.1/2024</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA PAR...</t>
+  </si>
+  <si>
     <t>CONTRATO N° 094.3/2022</t>
   </si>
   <si>
     <t>M C S PINTO -ME
 28.895.623/0001-99</t>
   </si>
   <si>
     <t>05/08/2022
 20.041,00</t>
   </si>
   <si>
     <t>CONTRATO N° 094.2/2022</t>
   </si>
   <si>
     <t>05/08/2022
 15.780,00</t>
   </si>
   <si>
     <t>CONTRATO N° 094.1/2022</t>
   </si>
   <si>
     <t>CONTRATO N° 094/2022</t>
   </si>
   <si>
     <t>05/08/2022
@@ -9400,50 +9570,57 @@
     <t>05/08/2022
 43.769,45</t>
   </si>
   <si>
     <t>CONTRATO N° 087.3/2022</t>
   </si>
   <si>
     <t>05/08/2022
 19.144,90</t>
   </si>
   <si>
     <t>CONTRATO N° 087.2/2022</t>
   </si>
   <si>
     <t>05/08/2022
 21.062,20</t>
   </si>
   <si>
     <t>176/2023</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 Contratação de empresa especializada para fornecim...</t>
   </si>
   <si>
+    <t>03/12/2025
+5.000.000,00</t>
+  </si>
+  <si>
+    <t>04/12/2025 a 04/12/2026</t>
+  </si>
+  <si>
     <t>03/12/2024
 5.000.000,00</t>
   </si>
   <si>
     <t>04/12/2024 a 04/12/2025</t>
   </si>
   <si>
     <t>CONTRATO N° 087.1/2022</t>
   </si>
   <si>
     <t>05/08/2022
 21.433,70</t>
   </si>
   <si>
     <t>CONTRATO N° 087/2022</t>
   </si>
   <si>
     <t>05/08/2022
 18.815,30</t>
   </si>
   <si>
     <t>053/2021</t>
   </si>
   <si>
     <t>ENGEMAQ LOCAÇÕES E SERVIÇOS EIRELI
@@ -9710,61 +9887,65 @@
     <t>Secretária Municipal De Saúde
 Contratação de empresa especializada para fornecim...</t>
   </si>
   <si>
     <t>02/08/2021
 786.660,00</t>
   </si>
   <si>
     <t>02/08/2021 a 31/12/2021</t>
   </si>
   <si>
     <t>CONTRATO Nº 100.3/2022</t>
   </si>
   <si>
     <t>08/08/2022
 29.567,45</t>
   </si>
   <si>
     <t>CONTRATO Nº 100.2/2022</t>
   </si>
   <si>
     <t>08/08/2022
 37.192,00</t>
   </si>
   <si>
+    <t>Secretário de Planejamento
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO...</t>
+  </si>
+  <si>
+    <t>12/12/2025
+1.914.983,65</t>
+  </si>
+  <si>
     <t>CONTRATO Nº 100.1/2022</t>
   </si>
   <si>
     <t>08/08/2022
 25.580,40</t>
   </si>
   <si>
-    <t>Secretário de Planejamento
-[...2 lines deleted...]
-  <si>
     <t>14/12/2022
 1.914.983,65</t>
   </si>
   <si>
     <t>15/12/2022 a 15/06/2023</t>
   </si>
   <si>
     <t>14/06/2023
 1.914.983,65</t>
   </si>
   <si>
     <t>15/06/2023 a 15/12/2023</t>
   </si>
   <si>
     <t>14/12/2023
 1.914.983,65</t>
   </si>
   <si>
     <t>15/12/2023 a 15/06/2024</t>
   </si>
   <si>
     <t>14/06/2024
 1.914.983,65</t>
   </si>
   <si>
@@ -10029,50 +10210,57 @@
     <t>034/2022</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 Registro de Preços visando a eventual contratação...</t>
   </si>
   <si>
     <t>03/03/2022
 536.287,56</t>
   </si>
   <si>
     <t>03/03/2022 a 03/03/2023</t>
   </si>
   <si>
     <t>CONTRATO Nº 134/2022</t>
   </si>
   <si>
     <t>GRAFICA E EDITORA COPACABANA ERIELI
 06.023.116/0001-22</t>
   </si>
   <si>
     <t>14/12/2022
 21.508,00</t>
   </si>
   <si>
+    <t>30/12/2025
+144.000,00</t>
+  </si>
+  <si>
+    <t>01/01/2026 a 31/12/2026</t>
+  </si>
+  <si>
     <t>CONTRATO Nº 071.1/2022</t>
   </si>
   <si>
     <t>17/06/2022
 60.004,20</t>
   </si>
   <si>
     <t>17/06/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>06/01/2023
 581.376,00</t>
   </si>
   <si>
     <t>06/01/2022 a 06/01/2023</t>
   </si>
   <si>
     <t>06/01/2022
 344.100,00</t>
   </si>
   <si>
     <t>CONTRATO Nº 071/2022</t>
   </si>
   <si>
     <t>17/06/2022
@@ -10759,50 +10947,54 @@
     <t>05/01/2022
 10.800,00</t>
   </si>
   <si>
     <t>TERMO DE CONTRATO Nº 011-2022/2022</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 locação de um bem imóvel situado na Rua Amapá, n°...</t>
   </si>
   <si>
     <t>TERMO DE CONTRATO N° 010-2022/2022</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 locação de um bem imóvel situado na Rua São Pedro...</t>
   </si>
   <si>
     <t>TERMO DE CONTRATO Nº 009-2022/2022</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 a locação de um bem imóvel situado na Rua Justino...</t>
   </si>
   <si>
+    <t>29/12/2025
+20.160,00</t>
+  </si>
+  <si>
     <t>TERMO DE CONTRATO N° 008-2022/2022</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 locação de imóvel para funcionamento do centro de...</t>
   </si>
   <si>
     <t>RAQUEL COSTA DA SILVA
 023.885.313-65</t>
   </si>
   <si>
     <t>05/01/2022
 3.360,00</t>
   </si>
   <si>
     <t>059/2021</t>
   </si>
   <si>
     <t>AC ENGENHARIA EIRELI
 34.530.679/0001-42</t>
   </si>
   <si>
     <t>06/04/2021
 288.000,00</t>
   </si>
@@ -11513,50 +11705,58 @@
   <si>
     <t>10/03/2023 a 10/05/2023</t>
   </si>
   <si>
     <t>CONTRATO Nº 135-2023/</t>
   </si>
   <si>
     <t>13/03/2023
 509.950,00</t>
   </si>
   <si>
     <t>13/03/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>092.2/2023</t>
   </si>
   <si>
     <t>Secretária de Educação
 CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNE...</t>
   </si>
   <si>
     <t>06/03/2023
 76.960,00</t>
   </si>
   <si>
+    <t>Secretário de Planejamento
+Contratação de empresa especializada para o licenc...</t>
+  </si>
+  <si>
+    <t>15/12/2025
+55.020,00</t>
+  </si>
+  <si>
     <t>092.1/2023</t>
   </si>
   <si>
     <t>Secretária de Educação
  CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O...</t>
   </si>
   <si>
     <t>06/03/2023
 29.965,00</t>
   </si>
   <si>
     <t>092/2023</t>
   </si>
   <si>
     <t>06/03/2023
 641.146,08</t>
   </si>
   <si>
     <t>27/03/2023
 55.020,00</t>
   </si>
   <si>
     <t>27/03/2023 a 31/12/2023</t>
   </si>
   <si>
@@ -11690,82 +11890,98 @@
     <t>017/2023</t>
   </si>
   <si>
     <t>Secretária de Educação
 Locação de um bem imóvel situado na Rua Onildo Gom...</t>
   </si>
   <si>
     <t>04/01/2023
 9.600,00</t>
   </si>
   <si>
     <t>26/03/2025
 1.600,00</t>
   </si>
   <si>
     <t>01/04/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>016/2023</t>
   </si>
   <si>
     <t>Secretária de Educação
 Locação de um bem imóvel situado na Rua Curió, n°...</t>
   </si>
   <si>
+    <t>18/12/2025
+9.600,00</t>
+  </si>
+  <si>
     <t>Secretária de Planejamento
 Locação de um bem imóvel situado na ET. Caiman, n°...</t>
   </si>
   <si>
     <t>04/01/2023
 19.200,00</t>
   </si>
   <si>
+    <t>29/12/2025
+10.800,00</t>
+  </si>
+  <si>
     <t>04/01/2023
 10.800,00</t>
   </si>
   <si>
     <t>011/2023</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 Locação de um bem imóvel situado na Rua Amapá, n°...</t>
   </si>
   <si>
     <t>JOSE PEREIRA DE SOUSA
 124.676.503--91</t>
   </si>
   <si>
+    <t>29/12/2025
+9.600,00</t>
+  </si>
+  <si>
     <t>008/2023</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 Locação de imóvel para funcionamento do centro de...</t>
   </si>
   <si>
     <t>04/01/2023
 4.200,00</t>
+  </si>
+  <si>
+    <t>18/12/2025
+54.648,00</t>
   </si>
   <si>
     <t>Secretária de Educação
 Locação de um bem imóvel situado na A v. Bernardo...</t>
   </si>
   <si>
     <t>04/01/2023
 8.400,00</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 Locação de um bem imóvel situado na Rua Onildo Gom...</t>
   </si>
   <si>
     <t>04/01/2023
 50.544,00</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 Locação de um bem imóvel situado na A v. Juscelino...</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 a locação de um bem imóvel situado na A v. Bernard...</t>
   </si>
@@ -12215,54 +12431,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1185"/>
+  <dimension ref="A1:F1213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1185" sqref="E1185"/>
+      <selection activeCell="E1213" sqref="E1213"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -16445,19493 +16661,20053 @@
         <v>685</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
         <v>857</v>
       </c>
       <c r="B211" t="s">
         <v>686</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>687</v>
       </c>
       <c r="F211" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="B212" t="s">
         <v>689</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>691</v>
       </c>
       <c r="F212" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="B213" t="s">
         <v>693</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>694</v>
+        <v>36</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="F213" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="B214" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>691</v>
       </c>
       <c r="F214" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="B215" t="s">
+        <v>696</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E215" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F215" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="B216" t="s">
         <v>698</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>699</v>
       </c>
       <c r="F216" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="B217" t="s">
         <v>700</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>701</v>
       </c>
       <c r="F217" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="B218" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>36</v>
+        <v>704</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>65</v>
+        <v>518</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="F218" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="B219" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>518</v>
+        <v>260</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="F219" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="B220" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>260</v>
+        <v>320</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="F220" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="B221" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C221" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="F221" t="s">
         <v>714</v>
-      </c>
-[...7 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="B222" t="s">
         <v>717</v>
       </c>
       <c r="C222" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="F222" t="s">
         <v>714</v>
-      </c>
-[...7 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="B223" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>714</v>
+        <v>282</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>720</v>
+        <v>511</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>721</v>
       </c>
       <c r="F223" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="B224" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>282</v>
+        <v>724</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>511</v>
+        <v>725</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="F224" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="B225" t="s">
+        <v>728</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="D225" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="C225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D225" s="1" t="s">
+      <c r="E225" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="F225" t="s">
         <v>727</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="B226" t="s">
         <v>730</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>731</v>
       </c>
       <c r="F226" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="B227" t="s">
         <v>732</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>726</v>
+        <v>568</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F227" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="B228" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>568</v>
+        <v>737</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="F228" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="B229" t="s">
+        <v>736</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D229" s="1" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>741</v>
       </c>
       <c r="F229" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="B230" t="s">
+        <v>743</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D230" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="C230" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E230" s="1" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="F230" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="B231" t="s">
         <v>745</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="D231" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="F231" t="s">
         <v>740</v>
-      </c>
-[...4 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B232" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>748</v>
+        <v>640</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>740</v>
+        <v>106</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>749</v>
       </c>
       <c r="F232" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="B233" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>640</v>
+        <v>746</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>106</v>
+        <v>738</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>751</v>
       </c>
       <c r="F233" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="B234" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>740</v>
+        <v>718</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F234" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="B235" t="s">
-        <v>754</v>
+        <v>743</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>720</v>
+        <v>738</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>756</v>
+        <v>739</v>
       </c>
       <c r="F235" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="B236" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>741</v>
       </c>
       <c r="F236" t="s">
-        <v>759</v>
+        <v>742</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="B237" t="s">
-        <v>745</v>
+        <v>758</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>740</v>
+        <v>58</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>743</v>
+        <v>760</v>
       </c>
       <c r="F237" t="s">
-        <v>744</v>
+        <v>727</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="B238" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>762</v>
       </c>
       <c r="F238" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="B239" t="s">
         <v>763</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>764</v>
       </c>
       <c r="F239" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="B240" t="s">
         <v>765</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>766</v>
       </c>
       <c r="F240" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="B241" t="s">
         <v>767</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>768</v>
       </c>
       <c r="F241" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="B242" t="s">
         <v>769</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>770</v>
       </c>
       <c r="F242" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="B243" t="s">
         <v>771</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>761</v>
+        <v>724</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>58</v>
+        <v>725</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>772</v>
       </c>
       <c r="F243" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="B244" t="s">
         <v>773</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>726</v>
+        <v>774</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>727</v>
+        <v>718</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F244" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="B245" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="F245" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="B246" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>690</v>
+        <v>780</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F246" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="B247" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>781</v>
+        <v>753</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>720</v>
+        <v>65</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F247" t="s">
-        <v>757</v>
+        <v>784</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="B248" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>755</v>
+        <v>774</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E248" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="F248" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="B249" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F249" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="B250" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>690</v>
+        <v>780</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="F250" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="B251" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>781</v>
+        <v>282</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>65</v>
+        <v>792</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="F251" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="B252" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>282</v>
+        <v>375</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>793</v>
+        <v>69</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="F252" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="B253" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>375</v>
+        <v>68</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E253" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="F253" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="B254" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>68</v>
+        <v>644</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F254" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="B255" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>644</v>
+        <v>803</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F255" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="B256" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>804</v>
+        <v>670</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F256" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="B257" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>670</v>
+        <v>809</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>260</v>
+        <v>810</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="F257" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="B258" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>810</v>
+        <v>603</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>811</v>
+        <v>37</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="F258" t="s">
-        <v>813</v>
+        <v>784</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="B259" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>37</v>
+        <v>186</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F259" t="s">
-        <v>785</v>
+        <v>817</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="B260" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>186</v>
+        <v>46</v>
       </c>
       <c r="E260" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="F260" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="B261" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>606</v>
+        <v>821</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>46</v>
+        <v>822</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="F261" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="B262" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C262" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D262" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E262" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="F262" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="B263" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="F263" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="B264" t="s">
-        <v>829</v>
+        <v>383</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>830</v>
+        <v>68</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>823</v>
+        <v>384</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>831</v>
       </c>
       <c r="F264" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="B265" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>68</v>
+        <v>375</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E265" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="F265" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="B266" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>375</v>
+        <v>803</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>834</v>
       </c>
       <c r="F266" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="B267" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>804</v>
+        <v>644</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>835</v>
       </c>
       <c r="F267" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="B268" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>644</v>
+        <v>229</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>836</v>
       </c>
       <c r="F268" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="B269" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>229</v>
+        <v>584</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>837</v>
       </c>
       <c r="F269" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="B270" t="s">
-        <v>391</v>
+        <v>838</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>584</v>
+        <v>839</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>384</v>
+        <v>840</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="F270" t="s">
-        <v>833</v>
+        <v>812</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="B271" t="s">
+        <v>842</v>
+      </c>
+      <c r="C271" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="D271" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E271" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="F271" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="B272" t="s">
+        <v>844</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="E272" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F272" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="B273" t="s">
         <v>845</v>
       </c>
       <c r="C273" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D273" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="D273" s="1" t="s">
+      <c r="E273" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="E273" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F273" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="B274" t="s">
         <v>846</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>840</v>
+        <v>375</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="F274" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="B275" t="s">
-        <v>847</v>
+        <v>370</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>375</v>
+        <v>68</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>848</v>
+        <v>371</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>849</v>
       </c>
       <c r="F275" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B276" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>68</v>
+        <v>375</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>371</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>850</v>
       </c>
       <c r="F276" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="B277" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>375</v>
+        <v>803</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>371</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>851</v>
       </c>
       <c r="F277" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B278" t="s">
-        <v>378</v>
+        <v>852</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>804</v>
+        <v>264</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>371</v>
+        <v>260</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="F278" t="s">
-        <v>833</v>
+        <v>854</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="B279" t="s">
-        <v>853</v>
+        <v>529</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>264</v>
+        <v>855</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>260</v>
+        <v>531</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F279" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="B280" t="s">
-        <v>529</v>
+        <v>858</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>531</v>
+        <v>860</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="F280" t="s">
-        <v>858</v>
+        <v>812</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="B281" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>860</v>
+        <v>603</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>861</v>
+        <v>37</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="F281" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B282" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>603</v>
+        <v>865</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>37</v>
+        <v>866</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="F282" t="s">
-        <v>833</v>
+        <v>868</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B283" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>866</v>
+        <v>839</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="F283" t="s">
-        <v>869</v>
+        <v>812</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="B284" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>840</v>
+        <v>162</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F284" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="B285" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>162</v>
+        <v>839</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F285" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="B286" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>840</v>
+        <v>644</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>861</v>
+        <v>411</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F286" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="B287" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>644</v>
+        <v>878</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>411</v>
+        <v>879</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="F287" t="s">
-        <v>813</v>
+        <v>702</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="B288" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="F288" t="s">
-        <v>704</v>
+        <v>885</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="B289" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="F289" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B290" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>888</v>
+        <v>644</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>889</v>
+        <v>486</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="F290" t="s">
-        <v>891</v>
+        <v>812</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="B291" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>644</v>
+        <v>894</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>486</v>
+        <v>895</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F291" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="B292" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="F292" t="s">
-        <v>813</v>
+        <v>901</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B293" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="F293" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="B294" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>904</v>
+        <v>603</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>905</v>
+        <v>675</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="F294" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="B295" t="s">
-        <v>908</v>
+        <v>538</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>603</v>
+        <v>539</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>675</v>
+        <v>540</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F295" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="B296" t="s">
-        <v>538</v>
+        <v>912</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>539</v>
+        <v>913</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>540</v>
+        <v>628</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="F296" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="B297" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="F297" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="B298" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="F298" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="B299" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>922</v>
+        <v>627</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F299" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="B300" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>627</v>
+        <v>927</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>628</v>
+        <v>928</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="F300" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="B301" t="s">
+        <v>926</v>
+      </c>
+      <c r="C301" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="D301" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E301" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F301" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="B302" t="s">
-        <v>927</v>
+        <v>436</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>929</v>
+        <v>438</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="F302" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="B303" t="s">
         <v>436</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>438</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F303" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="B304" t="s">
-        <v>436</v>
+        <v>938</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>438</v>
+        <v>106</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="F304" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="B305" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>106</v>
+        <v>944</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="F305" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="B306" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>944</v>
+        <v>826</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="F306" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="B307" t="s">
+        <v>947</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D307" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="C307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D307" s="1" t="s">
+      <c r="E307" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="E307" s="1" t="s">
+      <c r="F307" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="B308" t="s">
-        <v>948</v>
+        <v>732</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>827</v>
+        <v>568</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>949</v>
+        <v>733</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F308" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="B309" t="s">
-        <v>734</v>
+        <v>953</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>568</v>
+        <v>954</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>735</v>
+        <v>540</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="F309" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="B310" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>540</v>
+        <v>959</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="F310" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="B311" t="s">
-        <v>958</v>
+        <v>440</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>959</v>
+        <v>555</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>960</v>
+        <v>556</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F311" t="s">
-        <v>962</v>
+        <v>935</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="B312" t="s">
-        <v>440</v>
+        <v>963</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>555</v>
+        <v>606</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>556</v>
+        <v>675</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F312" t="s">
-        <v>936</v>
+        <v>909</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B313" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>606</v>
+        <v>966</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>675</v>
+        <v>967</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="F313" t="s">
-        <v>910</v>
+        <v>969</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="B314" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="F314" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="B315" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>972</v>
+        <v>568</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>973</v>
+        <v>93</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="F315" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B316" t="s">
-        <v>976</v>
+        <v>902</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>568</v>
+        <v>903</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>93</v>
+        <v>904</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F316" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="B317" t="s">
-        <v>903</v>
+        <v>587</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>904</v>
+        <v>588</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>905</v>
+        <v>93</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="F317" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="B318" t="s">
-        <v>587</v>
+        <v>982</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>588</v>
+        <v>983</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>93</v>
+        <v>984</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="F318" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B319" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C319" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E319" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="F319" t="s">
         <v>986</v>
-      </c>
-[...1 lines deleted...]
-        <v>987</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="B320" t="s">
-        <v>988</v>
+        <v>881</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>989</v>
+        <v>882</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>985</v>
+        <v>883</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>990</v>
       </c>
       <c r="F320" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="B321" t="s">
-        <v>882</v>
+        <v>992</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>883</v>
+        <v>993</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>884</v>
+        <v>178</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="F321" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="B322" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>994</v>
+        <v>826</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>178</v>
+        <v>997</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="F322" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="B323" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D323" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D323" s="1" t="s">
+      <c r="E323" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="E323" s="1" t="s">
+      <c r="F323" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="B324" t="s">
         <v>1001</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>822</v>
+        <v>1002</v>
       </c>
       <c r="D324" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="E324" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="E324" s="1" t="s">
+      <c r="F324" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B325" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D325" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="E325" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="E325" s="1" t="s">
+      <c r="F325" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="B326" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1005</v>
+        <v>535</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>998</v>
+        <v>536</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="F326" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="B327" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>535</v>
+        <v>517</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>536</v>
+        <v>518</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="F327" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="B328" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>517</v>
+        <v>1012</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>518</v>
+        <v>365</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="F328" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="B329" t="s">
-        <v>1012</v>
+        <v>81</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>365</v>
+        <v>507</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1014</v>
+        <v>679</v>
       </c>
       <c r="F329" t="s">
-        <v>1008</v>
+        <v>680</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="B330" t="s">
-        <v>81</v>
+        <v>521</v>
       </c>
       <c r="C330" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E330" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F330" t="s">
-        <v>680</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="B331" t="s">
-        <v>521</v>
+        <v>1017</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>522</v>
+        <v>921</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>32</v>
+        <v>1018</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F331" t="s">
-        <v>1017</v>
+        <v>991</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="B332" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>922</v>
+        <v>1021</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1019</v>
+        <v>27</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="F332" t="s">
-        <v>992</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="B333" t="s">
-        <v>1021</v>
+        <v>549</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1022</v>
+        <v>354</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>27</v>
+        <v>526</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F333" t="s">
-        <v>1024</v>
+        <v>991</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="B334" t="s">
         <v>549</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>526</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="F334" t="s">
-        <v>992</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="B335" t="s">
-        <v>549</v>
+        <v>1027</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>354</v>
+        <v>1028</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>526</v>
+        <v>1029</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="F335" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="B336" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="E336" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F336" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="B337" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="F337" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="B338" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1038</v>
+        <v>809</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="F338" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="B339" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>810</v>
+        <v>1046</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="F339" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="B340" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1048</v>
+        <v>106</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="F340" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="B341" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C341" s="1" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="F341" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="B342" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="F342" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="B343" t="s">
-        <v>1058</v>
+        <v>274</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>37</v>
+        <v>1062</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="F343" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="B344" t="s">
-        <v>274</v>
+        <v>1065</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1063</v>
+        <v>312</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="F344" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B345" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>312</v>
+        <v>1071</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="F345" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B346" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1072</v>
+        <v>320</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="F346" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="B347" t="s">
-        <v>1075</v>
+        <v>338</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>320</v>
+        <v>340</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="F347" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="B348" t="s">
-        <v>338</v>
+        <v>1081</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1079</v>
+        <v>224</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>340</v>
+        <v>1082</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="F348" t="s">
-        <v>1081</v>
+        <v>586</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="B349" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="F349" t="s">
-        <v>586</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="B350" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D350" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C350" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E350" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F350" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="B351" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="F351" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="B352" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F352" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="B353" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="F353" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="B354" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D354" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E354" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="F354" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="B355" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E355" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F355" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="B356" t="s">
         <v>1100</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="F356" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="B357" t="s">
         <v>1101</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="F357" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="B358" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D358" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="C358" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E358" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F358" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="B359" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="F359" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="B360" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F360" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="B361" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>584</v>
+        <v>100</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="F361" t="s">
-        <v>1088</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="B362" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D362" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="C362" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E362" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F362" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="B363" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>97</v>
+        <v>568</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="F363" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B364" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>568</v>
+        <v>282</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1112</v>
+        <v>792</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F364" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="B365" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>793</v>
+        <v>283</v>
       </c>
       <c r="E365" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F365" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="B366" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>283</v>
+        <v>511</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F366" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="B367" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>282</v>
+        <v>753</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>511</v>
+        <v>718</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="F367" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="B368" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>755</v>
+        <v>774</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="F368" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="B369" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
       <c r="F369" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="B370" t="s">
         <v>1132</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>690</v>
+        <v>1133</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E370" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F370" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="B371" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1134</v>
+        <v>753</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>720</v>
+        <v>320</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="F371" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="B372" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>755</v>
+        <v>774</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F372" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="B373" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="F373" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="B374" t="s">
         <v>1139</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>690</v>
+        <v>1133</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F374" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="B375" t="s">
         <v>1140</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1134</v>
+        <v>753</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>320</v>
+        <v>65</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="F375" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="B376" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>755</v>
+        <v>774</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="F376" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="B377" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="F377" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="B378" t="s">
-        <v>1145</v>
+        <v>25</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>690</v>
+        <v>1133</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="F378" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="B379" t="s">
-        <v>25</v>
+        <v>1145</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1134</v>
+        <v>36</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>65</v>
+        <v>320</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="F379" t="s">
-        <v>1128</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="B380" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="F380" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="B381" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F381" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="B382" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="F382" t="s">
-        <v>1061</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="B383" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>606</v>
+        <v>36</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>320</v>
+        <v>718</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="F383" t="s">
-        <v>1154</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="B384" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="F384" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="B385" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="F385" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="B386" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F386" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="B387" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>606</v>
+        <v>36</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>720</v>
+        <v>37</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="F387" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="B388" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F388" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="B389" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="F389" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="B390" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F390" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="B391" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>606</v>
+        <v>36</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F391" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="B392" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="F392" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="B393" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>54</v>
+        <v>1175</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="F393" t="s">
-        <v>1061</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B394" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C394" s="1" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="F394" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="B395" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C395" s="1" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="F395" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="B396" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1176</v>
+        <v>603</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="F396" t="s">
-        <v>1182</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="B397" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="F397" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="B398" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>606</v>
+        <v>712</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="F398" t="s">
-        <v>1061</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="B399" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>65</v>
+        <v>718</v>
       </c>
       <c r="E399" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F399" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="B400" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>720</v>
+        <v>320</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="F400" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="B401" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>320</v>
+        <v>1047</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="F401" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="B402" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>714</v>
+        <v>1196</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1048</v>
+        <v>1197</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="F402" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="B403" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C403" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="D403" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E403" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F403" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="B404" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C404" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="D404" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E404" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="F404" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="B405" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C405" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="D405" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E405" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F405" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="B406" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1197</v>
+        <v>152</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1198</v>
+        <v>153</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="F406" t="s">
-        <v>1206</v>
+        <v>991</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="B407" t="s">
-        <v>1207</v>
+        <v>938</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>152</v>
+        <v>939</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>153</v>
+        <v>106</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="F407" t="s">
-        <v>992</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="B408" t="s">
-        <v>939</v>
+        <v>1210</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>940</v>
+        <v>1211</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>106</v>
+        <v>1212</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="F408" t="s">
-        <v>1210</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="B409" t="s">
-        <v>1211</v>
+        <v>353</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1212</v>
+        <v>354</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1213</v>
+        <v>355</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="F409" t="s">
-        <v>1114</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="B410" t="s">
-        <v>353</v>
+        <v>621</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>354</v>
+        <v>668</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>355</v>
+        <v>623</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F410" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="B411" t="s">
-        <v>621</v>
+        <v>353</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>668</v>
+        <v>354</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>623</v>
+        <v>355</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="F411" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="B412" t="s">
-        <v>353</v>
+        <v>1220</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>354</v>
+        <v>1221</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>355</v>
+        <v>1222</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="F412" t="s">
-        <v>1220</v>
+        <v>991</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="B413" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C413" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="D413" s="1" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="F413" t="s">
-        <v>992</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="B414" t="s">
-        <v>1221</v>
+        <v>429</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1223</v>
+        <v>431</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="F414" t="s">
-        <v>1027</v>
+        <v>586</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="B415" t="s">
-        <v>429</v>
+        <v>1227</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1226</v>
+        <v>682</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>431</v>
+        <v>1228</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F415" t="s">
-        <v>586</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="B416" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>682</v>
+        <v>229</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="F416" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="B417" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D417" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="C417" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E417" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F417" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="B418" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="F418" t="s">
-        <v>1235</v>
+        <v>586</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="B419" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="F419" t="s">
-        <v>586</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="B420" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D420" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="C420" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E420" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F420" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B421" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="F421" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="B422" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="F422" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="B423" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>224</v>
+        <v>1252</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1249</v>
+        <v>106</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="F423" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="B424" t="s">
-        <v>1252</v>
+        <v>938</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1253</v>
+        <v>939</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="F424" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="B425" t="s">
-        <v>939</v>
+        <v>1257</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>940</v>
+        <v>224</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>106</v>
+        <v>1248</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="F425" t="s">
-        <v>1257</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="B426" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="F426" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="B427" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="F427" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="B428" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1249</v>
+        <v>1248</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="F428" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="B429" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="F429" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="B430" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D430" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E430" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="F430" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="B431" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="F431" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="B432" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="F432" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="B433" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1267</v>
+        <v>1248</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="F433" t="s">
-        <v>1088</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="B434" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>579</v>
+        <v>229</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1249</v>
+        <v>1082</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F434" t="s">
-        <v>1251</v>
+        <v>586</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="B435" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E435" s="1" t="s">
         <v>1277</v>
-      </c>
-[...7 lines deleted...]
-        <v>1278</v>
       </c>
       <c r="F435" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="B436" t="s">
         <v>1279</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="F436" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="B437" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1083</v>
+        <v>860</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="F437" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B438" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="F438" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="B439" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="E439" s="1" t="s">
         <v>1284</v>
-      </c>
-[...7 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="F439" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="B440" t="s">
         <v>1286</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="F440" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="B441" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>861</v>
+        <v>883</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F441" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B442" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="F442" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="B443" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="E443" s="1" t="s">
         <v>1291</v>
-      </c>
-[...7 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="F443" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="B444" t="s">
         <v>1293</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="F444" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="B445" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>884</v>
+        <v>1296</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="F445" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="B446" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D446" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="C446" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E446" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="F446" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="B447" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E447" s="1" t="s">
         <v>1299</v>
-      </c>
-[...7 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="F447" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B448" t="s">
         <v>1301</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="F448" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B449" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="F449" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B450" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D450" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="C450" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E450" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="F450" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="B451" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="F451" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="B452" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="F452" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="B453" t="s">
-        <v>1311</v>
+        <v>581</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1305</v>
+        <v>575</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="F453" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="B454" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>575</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="F454" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B455" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>575</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="F455" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="B456" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>575</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="F456" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457">
-        <v>587</v>
+        <v>580</v>
       </c>
       <c r="B457" t="s">
-        <v>583</v>
+        <v>1315</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>584</v>
+        <v>1316</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>575</v>
+        <v>37</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F457" t="s">
-        <v>586</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="B458" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E458" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F458" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B459" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F459" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B460" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="F460" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="B461" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>37</v>
+        <v>106</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F461" t="s">
-        <v>1319</v>
+        <v>586</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="B462" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1330</v>
+        <v>1252</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="F462" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="B463" t="s">
-        <v>1332</v>
+        <v>444</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1253</v>
+        <v>445</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="F463" t="s">
-        <v>586</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="B464" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="F464" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="B465" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>448</v>
+        <v>1335</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F465" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="B466" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="F466" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="B467" t="s">
-        <v>453</v>
+        <v>1339</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1338</v>
+        <v>445</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="F467" t="s">
-        <v>1319</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="B468" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E468" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F468" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B469" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>448</v>
+        <v>1345</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>37</v>
+        <v>1346</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="F469" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="B470" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1346</v>
+        <v>259</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1347</v>
+        <v>260</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="F470" t="s">
-        <v>1349</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="B471" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="F471" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B472" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>264</v>
+        <v>670</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="F472" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B473" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>670</v>
+        <v>708</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="F473" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B474" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>710</v>
+        <v>1358</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>260</v>
+        <v>1359</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="F474" t="s">
-        <v>1114</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="B475" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="C475" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D475" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="D475" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E475" s="1" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="F475" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="B476" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="F476" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B477" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="F477" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="B478" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="F478" t="s">
-        <v>1319</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B479" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="C479" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D479" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E479" s="1" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="F479" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B480" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="F480" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="B481" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="F481" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B482" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D482" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="C482" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E482" s="1" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="F482" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B483" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="F483" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="B484" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="F484" t="s">
-        <v>1114</v>
+        <v>991</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B485" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="D485" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E485" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="E485" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F485" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="B486" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1394</v>
+        <v>682</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>428</v>
+        <v>1395</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="F486" t="s">
-        <v>992</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="B487" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>682</v>
+        <v>1399</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="F487" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B488" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1400</v>
+        <v>1175</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1401</v>
+        <v>1346</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F488" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="B489" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1176</v>
+        <v>1407</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>1347</v>
+        <v>148</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="F489" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B490" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>148</v>
+        <v>1412</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="F490" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B491" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="C491" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D491" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="D491" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E491" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F491" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B492" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="F492" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B493" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1421</v>
+        <v>106</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="F493" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B494" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C494" s="1" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="F494" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B495" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1425</v>
+        <v>1329</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="F495" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B496" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E496" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F496" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="B497" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1330</v>
+        <v>1252</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="F497" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B498" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1253</v>
+        <v>1438</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>106</v>
+        <v>1439</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="F498" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="B499" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1439</v>
+        <v>1389</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>1440</v>
+        <v>1197</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="F499" t="s">
-        <v>1442</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B500" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="F500" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B501" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1390</v>
+        <v>1446</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>1198</v>
+        <v>1447</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="F501" t="s">
-        <v>1206</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B502" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1447</v>
+        <v>1070</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="F502" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="B503" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1071</v>
+        <v>1455</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="F503" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="B504" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1456</v>
+        <v>1070</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="F504" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B505" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1071</v>
+        <v>1464</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="F505" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B506" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1466</v>
+        <v>106</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="F506" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="B507" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>106</v>
+        <v>1451</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="F507" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B508" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C508" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="C508" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D508" s="1" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="F508" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B509" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="F509" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B510" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F510" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="B511" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>1452</v>
+        <v>1451</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="F511" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="B512" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1452</v>
+        <v>1489</v>
       </c>
       <c r="E512" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F512" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B513" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1474</v>
+        <v>1211</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>1490</v>
+        <v>1212</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="F513" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B514" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>1213</v>
+        <v>1495</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="F514" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="B515" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="C515" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D515" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="D515" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E515" s="1" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="F515" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B516" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="C516" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D516" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="D516" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E516" s="1" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="F516" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1212</v>
+        <v>1505</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1213</v>
+        <v>1506</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="F517" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="B518" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C518" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="C518" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D518" s="1" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="E518" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F518" t="s">
         <v>1508</v>
-      </c>
-[...1 lines deleted...]
-        <v>1509</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B519" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="F519" t="s">
-        <v>1509</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B520" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1514</v>
+        <v>127</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="F520" t="s">
-        <v>1509</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B521" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1506</v>
+        <v>1211</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>127</v>
+        <v>514</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="F521" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B522" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1212</v>
+        <v>1521</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>514</v>
+        <v>1522</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="F522" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="B523" t="s">
-        <v>1521</v>
+        <v>732</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1522</v>
+        <v>568</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1523</v>
+        <v>733</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="F523" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B524" t="s">
-        <v>734</v>
+        <v>1527</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>568</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="F524" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B525" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>568</v>
+        <v>1531</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>735</v>
+        <v>1532</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="F525" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B526" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1532</v>
+        <v>712</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="F526" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B527" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1537</v>
+        <v>718</v>
       </c>
       <c r="E527" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F527" t="s">
         <v>1538</v>
-      </c>
-[...1 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B528" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>720</v>
+        <v>1542</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="F528" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B529" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="F529" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B530" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="F530" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B531" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>714</v>
+        <v>1551</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="F531" t="s">
-        <v>1539</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="B532" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1552</v>
+        <v>1211</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1553</v>
+        <v>1212</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="F532" t="s">
-        <v>1555</v>
+        <v>930</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B533" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="C533" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D533" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="D533" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E533" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="F533" t="s">
-        <v>931</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B534" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1213</v>
+        <v>1447</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="F534" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B535" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="C535" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D535" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="D535" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E535" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F535" t="s">
         <v>1562</v>
-      </c>
-[...1 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B536" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1212</v>
+        <v>617</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1213</v>
+        <v>1566</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="F536" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B537" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>617</v>
+        <v>1570</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1567</v>
+        <v>37</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="F537" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="B538" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>37</v>
+        <v>1575</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="F538" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B539" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1575</v>
+        <v>966</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="F539" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="B540" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>967</v>
+        <v>1583</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1580</v>
+        <v>106</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="F540" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B541" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>106</v>
+        <v>1588</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="F541" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B542" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="F542" t="s">
-        <v>1591</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B543" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="F543" t="s">
-        <v>1251</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B544" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="F544" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B545" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="F545" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B546" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="F546" t="s">
-        <v>1610</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="B547" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="F547" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B548" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1617</v>
+        <v>1593</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="F548" t="s">
-        <v>1482</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="B549" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1594</v>
+        <v>158</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="F549" t="s">
-        <v>1622</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B550" t="s">
-        <v>1623</v>
+        <v>965</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1624</v>
+        <v>966</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>158</v>
+        <v>967</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>1625</v>
       </c>
       <c r="F550" t="s">
-        <v>1501</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B551" t="s">
-        <v>966</v>
+        <v>1627</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>967</v>
+        <v>1628</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>968</v>
+        <v>1629</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="F551" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B552" t="s">
-        <v>1628</v>
+        <v>987</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1629</v>
+        <v>988</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1630</v>
+        <v>984</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="F552" t="s">
-        <v>1632</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B553" t="s">
-        <v>988</v>
+        <v>1633</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>989</v>
+        <v>1634</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>985</v>
+        <v>1412</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="F553" t="s">
-        <v>1501</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B554" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1635</v>
+        <v>1411</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1413</v>
+        <v>1412</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="F554" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B555" t="s">
-        <v>1637</v>
+        <v>636</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1412</v>
+        <v>913</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1413</v>
+        <v>628</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>1638</v>
       </c>
       <c r="F555" t="s">
-        <v>1415</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B556" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E556" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F556" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B557" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>1641</v>
       </c>
       <c r="F557" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B558" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>922</v>
+        <v>627</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E558" s="1" t="s">
         <v>1642</v>
       </c>
       <c r="F558" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="B559" t="s">
-        <v>633</v>
+        <v>1643</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>627</v>
+        <v>921</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>628</v>
+        <v>1018</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="F559" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B560" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>922</v>
+        <v>224</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1019</v>
+        <v>1647</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="F560" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B561" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D561" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="C561" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E561" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F561" t="s">
         <v>1649</v>
-      </c>
-[...1 lines deleted...]
-        <v>1650</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B562" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="F562" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B563" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="F563" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="B564" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>584</v>
+        <v>1657</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1648</v>
+        <v>106</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="F564" t="s">
-        <v>1650</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B565" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="F565" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B566" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E566" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F566" t="s">
         <v>1663</v>
-      </c>
-[...1 lines deleted...]
-        <v>1664</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B567" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1666</v>
+        <v>903</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>106</v>
+        <v>1346</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="F567" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B568" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1347</v>
+        <v>111</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="F568" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B569" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>111</v>
+        <v>1346</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="F569" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B570" t="s">
-        <v>1674</v>
+        <v>56</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>904</v>
+        <v>1676</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1347</v>
+        <v>58</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="F570" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B571" t="s">
-        <v>56</v>
+        <v>942</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1677</v>
+        <v>943</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>58</v>
+        <v>944</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="F571" t="s">
-        <v>1679</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B572" t="s">
-        <v>943</v>
+        <v>1680</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>944</v>
+        <v>100</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>945</v>
+        <v>1111</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="F572" t="s">
-        <v>1450</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B573" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="E573" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F573" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B574" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>97</v>
+        <v>568</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="F574" t="s">
-        <v>1683</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B575" t="s">
-        <v>1686</v>
+        <v>881</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>568</v>
+        <v>882</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1112</v>
+        <v>883</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>1687</v>
       </c>
       <c r="F575" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B576" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C576" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="C576" s="1" t="s">
+      <c r="D576" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="D576" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E576" s="1" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="F576" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="B577" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>883</v>
+        <v>1693</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>884</v>
+        <v>1694</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="F577" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B578" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="C578" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D578" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="D578" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E578" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F578" t="s">
         <v>1696</v>
-      </c>
-[...1 lines deleted...]
-        <v>1697</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B579" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="F579" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B580" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="F580" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B581" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1705</v>
+        <v>826</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>1695</v>
+        <v>1707</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="F581" t="s">
-        <v>1697</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B582" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D582" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="C582" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D582" s="1" t="s">
+      <c r="E582" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="E582" s="1" t="s">
+      <c r="F582" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B583" t="s">
         <v>1711</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>822</v>
+        <v>1002</v>
       </c>
       <c r="D583" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E583" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="E583" s="1" t="s">
+      <c r="F583" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="B584" t="s">
         <v>1712</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>1003</v>
+        <v>829</v>
       </c>
       <c r="D584" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E584" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="E584" s="1" t="s">
+      <c r="F584" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B585" t="s">
+        <v>947</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="E585" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="C585" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E585" s="1" t="s">
+      <c r="F585" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B586" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D586" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="C586" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E586" s="1" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F586" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B587" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="E587" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="C587" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F587" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="B588" t="s">
         <v>1717</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1003</v>
+        <v>829</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="F588" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B589" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="F589" t="s">
-        <v>1710</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B590" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="E590" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F590" t="s">
         <v>1721</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B591" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>822</v>
+        <v>1002</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="F591" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B592" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1003</v>
+        <v>829</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="F592" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B593" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>949</v>
+        <v>1707</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="F593" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B594" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="F594" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B595" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>822</v>
+        <v>1002</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="F595" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B596" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1003</v>
+        <v>829</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="F596" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B597" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>830</v>
+        <v>1737</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1708</v>
+        <v>1738</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="F597" t="s">
-        <v>1722</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B598" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C598" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="C598" s="1" t="s">
+      <c r="D598" s="1" t="s">
         <v>1738</v>
       </c>
-      <c r="D598" s="1" t="s">
+      <c r="E598" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="E598" s="1" t="s">
+      <c r="F598" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B599" t="s">
         <v>1742</v>
       </c>
       <c r="C599" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D599" s="1" t="s">
         <v>1738</v>
       </c>
-      <c r="D599" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E599" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F599" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B600" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="F600" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B601" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1739</v>
+        <v>69</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="F601" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602">
         <v>421</v>
       </c>
       <c r="B602" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="F602" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603">
         <v>420</v>
       </c>
       <c r="B603" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F603" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B604" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D604" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="C604" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E604" s="1" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="F604" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B605" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1754</v>
+        <v>1765</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="F605" t="s">
-        <v>1757</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B606" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="F606" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B607" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="F607" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B608" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1777</v>
+        <v>1769</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="F608" t="s">
-        <v>1780</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B609" t="s">
         <v>1781</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1772</v>
+        <v>1782</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1773</v>
+        <v>1783</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="F609" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B610" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="F610" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B611" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1772</v>
+        <v>1792</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="F611" t="s">
-        <v>1775</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B612" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E612" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F612" t="s">
         <v>1790</v>
-      </c>
-[...10 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B613" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="F613" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B614" t="s">
-        <v>1763</v>
+        <v>1803</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1772</v>
+        <v>1787</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1764</v>
+        <v>1788</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>1765</v>
+        <v>1804</v>
       </c>
       <c r="F614" t="s">
-        <v>1757</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B615" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1772</v>
+        <v>1787</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1764</v>
+        <v>1788</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
       <c r="F615" t="s">
-        <v>1799</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B616" t="s">
-        <v>1800</v>
+        <v>1807</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1801</v>
+        <v>1808</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1802</v>
+        <v>1809</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>1803</v>
+        <v>1810</v>
       </c>
       <c r="F616" t="s">
-        <v>1804</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B617" t="s">
-        <v>1805</v>
+        <v>1778</v>
       </c>
       <c r="C617" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E617" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F617" t="s">
         <v>1772</v>
-      </c>
-[...7 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B618" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1808</v>
+        <v>1787</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1809</v>
+        <v>1779</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="F618" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B619" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1772</v>
+        <v>1816</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1764</v>
+        <v>1817</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="F619" t="s">
-        <v>1799</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B620" t="s">
-        <v>231</v>
+        <v>1820</v>
       </c>
       <c r="C620" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E620" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F620" t="s">
         <v>1814</v>
-      </c>
-[...7 lines deleted...]
-        <v>1817</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B621" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1772</v>
+        <v>1823</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1764</v>
+        <v>1824</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="F621" t="s">
-        <v>1799</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B622" t="s">
-        <v>405</v>
+        <v>1827</v>
       </c>
       <c r="C622" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E622" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F622" t="s">
         <v>1814</v>
-      </c>
-[...7 lines deleted...]
-        <v>1821</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623">
         <v>410</v>
       </c>
       <c r="B623" t="s">
-        <v>276</v>
+        <v>231</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1814</v>
+        <v>1829</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>1823</v>
+        <v>1831</v>
       </c>
       <c r="F623" t="s">
-        <v>1821</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B624" t="s">
-        <v>1824</v>
+        <v>330</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1793</v>
+        <v>1829</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="F624" t="s">
-        <v>1787</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B625" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1772</v>
+        <v>1787</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1755</v>
+        <v>1779</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
       <c r="F625" t="s">
-        <v>1829</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B626" t="s">
+        <v>405</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D626" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="C626" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E626" s="1" t="s">
-        <v>1831</v>
+        <v>1838</v>
       </c>
       <c r="F626" t="s">
-        <v>1829</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B627" t="s">
-        <v>1832</v>
+        <v>276</v>
       </c>
       <c r="C627" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D627" s="1" t="s">
         <v>1833</v>
       </c>
-      <c r="D627" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E627" s="1" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="F627" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B628" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1833</v>
+        <v>1808</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1834</v>
+        <v>1842</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="F628" t="s">
-        <v>1836</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B629" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1772</v>
+        <v>1787</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1755</v>
+        <v>1770</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="F629" t="s">
-        <v>1829</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B630" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1842</v>
+        <v>1787</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1843</v>
+        <v>1770</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="F630" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B631" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1772</v>
+        <v>1850</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="F631" t="s">
-        <v>1799</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B632" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="C632" s="1" t="s">
         <v>1850</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>8</v>
+        <v>1851</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="F632" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B633" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1772</v>
+        <v>1787</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1847</v>
+        <v>1770</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="F633" t="s">
-        <v>1799</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B634" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1772</v>
+        <v>1859</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1847</v>
+        <v>1860</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="F634" t="s">
-        <v>1799</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B635" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1858</v>
+        <v>1787</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>8</v>
+        <v>1864</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="F635" t="s">
-        <v>1845</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B636" t="s">
-        <v>1860</v>
+        <v>1866</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1858</v>
+        <v>1867</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>1861</v>
+        <v>1868</v>
       </c>
       <c r="F636" t="s">
-        <v>1845</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B637" t="s">
-        <v>1862</v>
+        <v>1870</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1858</v>
+        <v>1787</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>8</v>
+        <v>1864</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>1863</v>
+        <v>1871</v>
       </c>
       <c r="F637" t="s">
-        <v>1845</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638">
         <v>404</v>
       </c>
       <c r="B638" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D638" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="C638" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E638" s="1" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="F638" t="s">
-        <v>1845</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B639" t="s">
-        <v>1866</v>
+        <v>1874</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1772</v>
+        <v>1875</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1847</v>
+        <v>8</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="F639" t="s">
-        <v>1799</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B640" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1870</v>
+        <v>8</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>1871</v>
+        <v>1878</v>
       </c>
       <c r="F640" t="s">
-        <v>1872</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B641" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1875</v>
+        <v>8</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="F641" t="s">
-        <v>1877</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B642" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1879</v>
+        <v>1875</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1880</v>
+        <v>8</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="F642" t="s">
-        <v>1882</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B643" t="s">
         <v>1883</v>
       </c>
       <c r="C643" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D643" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="E643" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="D643" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F643" t="s">
-        <v>1882</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B644" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C644" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="C644" s="1" t="s">
+      <c r="D644" s="1" t="s">
         <v>1887</v>
-      </c>
-[...1 lines deleted...]
-        <v>1880</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>1888</v>
       </c>
       <c r="F644" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645">
         <v>402</v>
       </c>
       <c r="B645" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1880</v>
+        <v>1892</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="F645" t="s">
-        <v>1882</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646">
         <v>402</v>
       </c>
       <c r="B646" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1884</v>
+        <v>1896</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="F646" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B647" t="s">
-        <v>1894</v>
+        <v>1900</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1875</v>
+        <v>1897</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>1896</v>
+        <v>1902</v>
       </c>
       <c r="F647" t="s">
-        <v>1877</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B648" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D648" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="C648" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E648" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F648" t="s">
         <v>1899</v>
-      </c>
-[...1 lines deleted...]
-        <v>1845</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B649" t="s">
-        <v>1900</v>
+        <v>1906</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>131</v>
+        <v>1907</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>127</v>
+        <v>1897</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>1901</v>
+        <v>1908</v>
       </c>
       <c r="F649" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B650" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>134</v>
+        <v>1901</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>127</v>
+        <v>1897</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
       <c r="F650" t="s">
-        <v>1902</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B651" t="s">
-        <v>1905</v>
+        <v>1911</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1906</v>
+        <v>1912</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>127</v>
+        <v>1892</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="F651" t="s">
-        <v>1902</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B652" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>126</v>
+        <v>1915</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
       <c r="F652" t="s">
-        <v>1902</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653">
         <v>400</v>
       </c>
       <c r="B653" t="s">
-        <v>1910</v>
+        <v>1917</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>1911</v>
+        <v>127</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
       <c r="F653" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654">
         <v>400</v>
       </c>
       <c r="B654" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>1911</v>
+        <v>127</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>1914</v>
+        <v>1921</v>
       </c>
       <c r="F654" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655">
         <v>400</v>
       </c>
       <c r="B655" t="s">
-        <v>1915</v>
+        <v>1922</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>1911</v>
+        <v>127</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="F655" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656">
         <v>400</v>
       </c>
       <c r="B656" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>1911</v>
+        <v>127</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="F656" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657">
         <v>400</v>
       </c>
       <c r="B657" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="F657" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658">
         <v>400</v>
       </c>
       <c r="B658" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="F658" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659">
         <v>400</v>
       </c>
       <c r="B659" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="F659" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660">
         <v>400</v>
       </c>
       <c r="B660" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="F660" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661">
         <v>400</v>
       </c>
       <c r="B661" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>1920</v>
+        <v>1937</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="F661" t="s">
-        <v>1817</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662">
         <v>400</v>
       </c>
       <c r="B662" t="s">
-        <v>1930</v>
+        <v>1939</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1931</v>
+        <v>134</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1875</v>
+        <v>1937</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="F662" t="s">
-        <v>1877</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663">
         <v>400</v>
       </c>
       <c r="B663" t="s">
-        <v>1933</v>
+        <v>1941</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>131</v>
+        <v>1923</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>207</v>
+        <v>1937</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="F663" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664">
         <v>400</v>
       </c>
       <c r="B664" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>207</v>
+        <v>1937</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
       <c r="F664" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665">
         <v>400</v>
       </c>
       <c r="B665" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D665" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="C665" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E665" s="1" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="F665" t="s">
-        <v>1902</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666">
         <v>400</v>
       </c>
       <c r="B666" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>126</v>
+        <v>1948</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>207</v>
+        <v>1892</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>1940</v>
+        <v>1949</v>
       </c>
       <c r="F666" t="s">
-        <v>1902</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667">
         <v>400</v>
       </c>
       <c r="B667" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="F667" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668">
         <v>400</v>
       </c>
       <c r="B668" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="C668" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="F668" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669">
         <v>400</v>
       </c>
       <c r="B669" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
       <c r="F669" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670">
         <v>400</v>
       </c>
       <c r="B670" t="s">
-        <v>1947</v>
+        <v>1956</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>1948</v>
+        <v>1957</v>
       </c>
       <c r="F670" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671">
         <v>400</v>
       </c>
       <c r="B671" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="C671" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="F671" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672">
         <v>400</v>
       </c>
       <c r="B672" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="C672" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="F672" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673">
         <v>400</v>
       </c>
       <c r="B673" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
       <c r="F673" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674">
         <v>400</v>
       </c>
       <c r="B674" t="s">
-        <v>1955</v>
+        <v>1964</v>
       </c>
       <c r="C674" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>1956</v>
+        <v>1965</v>
       </c>
       <c r="F674" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B675" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1874</v>
+        <v>131</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1875</v>
+        <v>323</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="F675" t="s">
-        <v>1877</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B676" t="s">
-        <v>1959</v>
+        <v>1968</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1960</v>
+        <v>134</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>58</v>
+        <v>323</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="F676" t="s">
-        <v>1962</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B677" t="s">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1964</v>
+        <v>1923</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>1875</v>
+        <v>323</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>1965</v>
+        <v>1971</v>
       </c>
       <c r="F677" t="s">
-        <v>1877</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B678" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1967</v>
+        <v>126</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>1968</v>
+        <v>323</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
       <c r="F678" t="s">
-        <v>1970</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B679" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>1972</v>
+        <v>1892</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="F679" t="s">
-        <v>1877</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B680" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>1976</v>
+        <v>58</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="F680" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B681" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1931</v>
+        <v>1981</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>1972</v>
+        <v>1892</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>1932</v>
+        <v>1982</v>
       </c>
       <c r="F681" t="s">
-        <v>1877</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B682" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1874</v>
+        <v>1984</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>1972</v>
+        <v>1985</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>1958</v>
+        <v>1986</v>
       </c>
       <c r="F682" t="s">
-        <v>1877</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B683" t="s">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1982</v>
+        <v>1912</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="F683" t="s">
-        <v>1985</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B684" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1964</v>
+        <v>1992</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>1972</v>
+        <v>1993</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>1965</v>
+        <v>1994</v>
       </c>
       <c r="F684" t="s">
-        <v>1877</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B685" t="s">
-        <v>1987</v>
+        <v>1996</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1988</v>
+        <v>1948</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>1989</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>1990</v>
+        <v>1949</v>
       </c>
       <c r="F685" t="s">
-        <v>1985</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B686" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1992</v>
+        <v>1891</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>1994</v>
+        <v>1975</v>
       </c>
       <c r="F686" t="s">
-        <v>1995</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B687" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1400</v>
+        <v>1999</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>127</v>
+        <v>2000</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="F687" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B688" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2000</v>
+        <v>1981</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>127</v>
+        <v>1989</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>2001</v>
+        <v>1982</v>
       </c>
       <c r="F688" t="s">
-        <v>1998</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="B689" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E689" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F689" t="s">
         <v>2002</v>
-      </c>
-[...10 lines deleted...]
-        <v>1998</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B690" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="F690" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B691" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2011</v>
+        <v>1399</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="F691" t="s">
-        <v>1998</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B692" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="D692" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E692" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F692" t="s">
         <v>2015</v>
-      </c>
-[...4 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B693" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="D693" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E693" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F693" t="s">
         <v>2015</v>
-      </c>
-[...4 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B694" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F694" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695">
         <v>389</v>
       </c>
       <c r="B695" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="D695" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E695" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F695" t="s">
         <v>2015</v>
-      </c>
-[...4 lines deleted...]
-        <v>2027</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B696" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1400</v>
+        <v>2031</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="F696" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B697" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D697" s="1" t="s">
         <v>2032</v>
       </c>
-      <c r="C697" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D697" s="1" t="s">
+      <c r="E697" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F697" t="s">
         <v>2034</v>
-      </c>
-[...4 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B698" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2000</v>
+        <v>2039</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="F698" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B699" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2041</v>
+        <v>2032</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="F699" t="s">
-        <v>2009</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B700" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2003</v>
+        <v>1399</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2029</v>
+        <v>2046</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F700" t="s">
-        <v>2031</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B701" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2011</v>
+        <v>2050</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2029</v>
+        <v>2051</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="F701" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B702" t="s">
-        <v>2047</v>
+        <v>2054</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1400</v>
+        <v>2017</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2029</v>
+        <v>2046</v>
       </c>
       <c r="E702" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F702" t="s">
         <v>2048</v>
-      </c>
-[...1 lines deleted...]
-        <v>2049</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B703" t="s">
-        <v>30</v>
+        <v>2056</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>536</v>
+        <v>2058</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>2051</v>
+        <v>2059</v>
       </c>
       <c r="F703" t="s">
-        <v>2052</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B704" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2029</v>
+        <v>2046</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>2054</v>
+        <v>2061</v>
       </c>
       <c r="F704" t="s">
-        <v>2049</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B705" t="s">
-        <v>2055</v>
+        <v>2062</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2056</v>
+        <v>2028</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2057</v>
+        <v>2046</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="F705" t="s">
-        <v>2059</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B706" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>127</v>
+        <v>2046</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="F706" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B707" t="s">
-        <v>2063</v>
+        <v>30</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2065</v>
+        <v>536</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="F707" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B708" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>127</v>
+        <v>2046</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="F708" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B709" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2003</v>
+        <v>2073</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>127</v>
+        <v>2074</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="F709" t="s">
-        <v>2062</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B710" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2011</v>
+        <v>1399</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>2071</v>
+        <v>2078</v>
       </c>
       <c r="F710" t="s">
-        <v>2062</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B711" t="s">
-        <v>20</v>
+        <v>2080</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>23</v>
+        <v>2083</v>
       </c>
       <c r="F711" t="s">
-        <v>24</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B712" t="s">
-        <v>2075</v>
+        <v>2085</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1400</v>
+        <v>2017</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>2029</v>
+        <v>127</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>2076</v>
+        <v>2086</v>
       </c>
       <c r="F712" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B713" t="s">
-        <v>2078</v>
+        <v>2087</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2029</v>
+        <v>127</v>
       </c>
       <c r="E713" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F713" t="s">
         <v>2079</v>
-      </c>
-[...1 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B714" t="s">
-        <v>2080</v>
+        <v>2089</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2003</v>
+        <v>2028</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2029</v>
+        <v>127</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>2081</v>
+        <v>2088</v>
       </c>
       <c r="F714" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B715" t="s">
-        <v>2082</v>
+        <v>20</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2083</v>
+        <v>2090</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2084</v>
+        <v>2091</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>2085</v>
+        <v>23</v>
       </c>
       <c r="F715" t="s">
-        <v>2086</v>
+        <v>24</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B716" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2088</v>
+        <v>1399</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2084</v>
+        <v>2046</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="F716" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B717" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2091</v>
+        <v>2017</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2084</v>
+        <v>2046</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="F717" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718">
         <v>376</v>
       </c>
       <c r="B718" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="C718" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E718" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F718" t="s">
         <v>2094</v>
-      </c>
-[...7 lines deleted...]
-        <v>2086</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B719" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>312</v>
+        <v>2101</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="F719" t="s">
-        <v>2067</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B720" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2011</v>
+        <v>2105</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2029</v>
+        <v>2101</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="F720" t="s">
-        <v>2077</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B721" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D721" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="C721" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D721" s="1" t="s">
+      <c r="E721" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F721" t="s">
         <v>2103</v>
-      </c>
-[...4 lines deleted...]
-        <v>2105</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B722" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1833</v>
+        <v>2111</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2107</v>
+        <v>2101</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="F722" t="s">
-        <v>2109</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B723" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>2112</v>
+        <v>312</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="F723" t="s">
-        <v>2114</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B724" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2116</v>
+        <v>2028</v>
       </c>
       <c r="D724" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E724" s="1" t="s">
         <v>2117</v>
       </c>
-      <c r="E724" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F724" t="s">
-        <v>2109</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B725" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C725" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="C725" s="1" t="s">
+      <c r="D725" s="1" t="s">
         <v>2120</v>
       </c>
-      <c r="D725" s="1" t="s">
+      <c r="E725" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="E725" s="1" t="s">
+      <c r="F725" t="s">
         <v>2122</v>
-      </c>
-[...1 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B726" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D726" s="1" t="s">
         <v>2124</v>
-      </c>
-[...4 lines deleted...]
-        <v>2121</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>2125</v>
       </c>
       <c r="F726" t="s">
         <v>2126</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B727" t="s">
         <v>2127</v>
       </c>
       <c r="C727" s="1" t="s">
         <v>2128</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="F727" t="s">
-        <v>2126</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B728" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="F728" t="s">
-        <v>2134</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729">
         <v>372</v>
       </c>
       <c r="B729" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2121</v>
+        <v>2138</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="F729" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B730" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2131</v>
+        <v>1211</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2140</v>
+        <v>2138</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="F730" t="s">
-        <v>2134</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B731" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="C731" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E731" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F731" t="s">
         <v>2143</v>
-      </c>
-[...7 lines deleted...]
-        <v>2146</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B732" t="s">
         <v>2147</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="F732" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B733" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2143</v>
+        <v>2153</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2151</v>
+        <v>2138</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="F733" t="s">
-        <v>2146</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734">
         <v>371</v>
       </c>
       <c r="B734" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2143</v>
+        <v>2157</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="F734" t="s">
-        <v>2146</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735">
         <v>371</v>
       </c>
       <c r="B735" t="s">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="D735" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E735" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F735" t="s">
         <v>2151</v>
-      </c>
-[...4 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B736" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2160</v>
+        <v>2157</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="F736" t="s">
-        <v>2086</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B737" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2131</v>
+        <v>2157</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2164</v>
+        <v>2158</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="F737" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B738" t="s">
-        <v>2159</v>
+        <v>2170</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2160</v>
+        <v>2157</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2161</v>
+        <v>2171</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="F738" t="s">
-        <v>2086</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B739" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E739" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F739" t="s">
         <v>2167</v>
-      </c>
-[...10 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B740" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2131</v>
+        <v>2157</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>2171</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>2172</v>
+        <v>2177</v>
       </c>
       <c r="F740" t="s">
-        <v>2134</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B741" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2174</v>
+        <v>2180</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>58</v>
+        <v>2181</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>2175</v>
+        <v>2182</v>
       </c>
       <c r="F741" t="s">
-        <v>2176</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B742" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2131</v>
+        <v>2148</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2178</v>
+        <v>2184</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="F742" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B743" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C743" s="1" t="s">
         <v>2180</v>
-      </c>
-[...1 lines deleted...]
-        <v>2131</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>2181</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>2182</v>
+        <v>2186</v>
       </c>
       <c r="F743" t="s">
-        <v>2134</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B744" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2131</v>
+        <v>2148</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="F744" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B745" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2187</v>
+        <v>2148</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="F745" t="s">
-        <v>2190</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B746" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>2193</v>
+        <v>58</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="F746" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B747" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2197</v>
+        <v>2148</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2193</v>
+        <v>2198</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="F747" t="s">
-        <v>2195</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B748" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2197</v>
+        <v>2148</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="F748" t="s">
-        <v>2195</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B749" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2192</v>
+        <v>2148</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2188</v>
+        <v>2204</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="F749" t="s">
-        <v>2204</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750">
         <v>364</v>
       </c>
       <c r="B750" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2131</v>
+        <v>2207</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="F750" t="s">
-        <v>2134</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751">
         <v>364</v>
       </c>
       <c r="B751" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2193</v>
+        <v>2213</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="F751" t="s">
-        <v>2036</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752">
         <v>364</v>
       </c>
       <c r="B752" t="s">
-        <v>2211</v>
+        <v>2216</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2187</v>
+        <v>2217</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2193</v>
+        <v>2213</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="F752" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753">
         <v>364</v>
       </c>
       <c r="B753" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>2193</v>
+        <v>2220</v>
       </c>
       <c r="E753" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F753" t="s">
         <v>2215</v>
-      </c>
-[...1 lines deleted...]
-        <v>2216</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B754" t="s">
-        <v>2217</v>
+        <v>2222</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>175</v>
+        <v>2212</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>2218</v>
+        <v>2208</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="F754" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B755" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>173</v>
+        <v>2212</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
       <c r="F755" t="s">
-        <v>2220</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B756" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>162</v>
+        <v>2217</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="F756" t="s">
-        <v>2220</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B757" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2131</v>
+        <v>2217</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>2226</v>
+        <v>2220</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="F757" t="s">
-        <v>2134</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B758" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>167</v>
+        <v>2217</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="F758" t="s">
-        <v>2220</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B759" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2131</v>
+        <v>2148</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>2232</v>
+        <v>2238</v>
       </c>
       <c r="F759" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B760" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>207</v>
+        <v>2213</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
       <c r="F760" t="s">
-        <v>2146</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B761" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2237</v>
+        <v>2207</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>207</v>
+        <v>2213</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>2238</v>
+        <v>2243</v>
       </c>
       <c r="F761" t="s">
-        <v>2146</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B762" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="C762" s="1" t="s">
         <v>2240</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>207</v>
+        <v>2213</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>2235</v>
+        <v>2246</v>
       </c>
       <c r="F762" t="s">
-        <v>2146</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B763" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2242</v>
+        <v>175</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>207</v>
+        <v>2249</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
       <c r="F763" t="s">
-        <v>2146</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B764" t="s">
-        <v>2244</v>
+        <v>2252</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2234</v>
+        <v>173</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>2246</v>
+        <v>2253</v>
       </c>
       <c r="F764" t="s">
-        <v>2146</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B765" t="s">
-        <v>2247</v>
+        <v>2254</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2237</v>
+        <v>162</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>2248</v>
+        <v>2255</v>
       </c>
       <c r="F765" t="s">
-        <v>2146</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B766" t="s">
-        <v>2249</v>
+        <v>2256</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2240</v>
+        <v>2148</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2245</v>
+        <v>2257</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="F766" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B767" t="s">
-        <v>2250</v>
+        <v>2259</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2242</v>
+        <v>167</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="E767" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="F767" t="s">
         <v>2251</v>
-      </c>
-[...1 lines deleted...]
-        <v>2146</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768">
         <v>362</v>
       </c>
       <c r="B768" t="s">
-        <v>2252</v>
+        <v>2261</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2234</v>
+        <v>2148</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2193</v>
+        <v>2262</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
       <c r="F768" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769">
         <v>362</v>
       </c>
       <c r="B769" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2237</v>
+        <v>2265</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2193</v>
+        <v>207</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>2255</v>
+        <v>2266</v>
       </c>
       <c r="F769" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770">
         <v>362</v>
       </c>
       <c r="B770" t="s">
-        <v>2256</v>
+        <v>2267</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2240</v>
+        <v>2268</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2193</v>
+        <v>207</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>2257</v>
+        <v>2269</v>
       </c>
       <c r="F770" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771">
         <v>362</v>
       </c>
       <c r="B771" t="s">
-        <v>2258</v>
+        <v>2270</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2242</v>
+        <v>2271</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2193</v>
+        <v>207</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>2259</v>
+        <v>2266</v>
       </c>
       <c r="F771" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772">
         <v>362</v>
       </c>
       <c r="B772" t="s">
-        <v>2260</v>
+        <v>2272</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2234</v>
+        <v>2273</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2261</v>
+        <v>207</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>2262</v>
+        <v>2274</v>
       </c>
       <c r="F772" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773">
         <v>362</v>
       </c>
       <c r="B773" t="s">
-        <v>2263</v>
+        <v>2275</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2237</v>
+        <v>2265</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>2264</v>
+        <v>2277</v>
       </c>
       <c r="F773" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774">
         <v>362</v>
       </c>
       <c r="B774" t="s">
-        <v>2265</v>
+        <v>2278</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2240</v>
+        <v>2268</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>2264</v>
+        <v>2279</v>
       </c>
       <c r="F774" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775">
         <v>362</v>
       </c>
       <c r="B775" t="s">
-        <v>2266</v>
+        <v>2280</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2242</v>
+        <v>2271</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>2267</v>
+        <v>2279</v>
       </c>
       <c r="F775" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776">
         <v>362</v>
       </c>
       <c r="B776" t="s">
-        <v>2268</v>
+        <v>2281</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2234</v>
+        <v>2273</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>323</v>
+        <v>2276</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>2269</v>
+        <v>2282</v>
       </c>
       <c r="F776" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777">
         <v>362</v>
       </c>
       <c r="B777" t="s">
-        <v>2270</v>
+        <v>2283</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2237</v>
+        <v>2265</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>323</v>
+        <v>2213</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>2271</v>
+        <v>2284</v>
       </c>
       <c r="F777" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778">
         <v>362</v>
       </c>
       <c r="B778" t="s">
-        <v>2272</v>
+        <v>2285</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2240</v>
+        <v>2268</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>323</v>
+        <v>2213</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>2271</v>
+        <v>2286</v>
       </c>
       <c r="F778" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779">
         <v>362</v>
       </c>
       <c r="B779" t="s">
-        <v>2273</v>
+        <v>2287</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2242</v>
+        <v>2271</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>323</v>
+        <v>2213</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>2274</v>
+        <v>2288</v>
       </c>
       <c r="F779" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B780" t="s">
-        <v>2275</v>
+        <v>2289</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2131</v>
+        <v>2273</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>2276</v>
+        <v>2213</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>2277</v>
+        <v>2290</v>
       </c>
       <c r="F780" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B781" t="s">
-        <v>2278</v>
+        <v>2291</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2131</v>
+        <v>2265</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2279</v>
+        <v>2292</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>2280</v>
+        <v>2293</v>
       </c>
       <c r="F781" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B782" t="s">
-        <v>2281</v>
+        <v>2294</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2282</v>
+        <v>2268</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2283</v>
+        <v>2292</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>2284</v>
+        <v>2295</v>
       </c>
       <c r="F782" t="s">
-        <v>2285</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B783" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2131</v>
+        <v>2271</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2287</v>
+        <v>2292</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>2288</v>
+        <v>2295</v>
       </c>
       <c r="F783" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B784" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2290</v>
+        <v>2273</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>2292</v>
+        <v>2298</v>
       </c>
       <c r="F784" t="s">
-        <v>2293</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B785" t="s">
-        <v>2294</v>
+        <v>2299</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2295</v>
+        <v>2265</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2291</v>
+        <v>323</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="F785" t="s">
-        <v>2293</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B786" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2298</v>
+        <v>2268</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2291</v>
+        <v>323</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="F786" t="s">
-        <v>2293</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B787" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2301</v>
+        <v>2271</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>37</v>
+        <v>323</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>2302</v>
       </c>
       <c r="F787" t="s">
-        <v>2303</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B788" t="s">
         <v>2304</v>
       </c>
       <c r="C788" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D788" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E788" s="1" t="s">
         <v>2305</v>
       </c>
-      <c r="D788" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F788" t="s">
-        <v>2303</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B789" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C789" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D789" s="1" t="s">
         <v>2307</v>
       </c>
-      <c r="C789" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D789" s="1" t="s">
+      <c r="E789" s="1" t="s">
         <v>2308</v>
       </c>
-      <c r="E789" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F789" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B790" t="s">
         <v>2309</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2301</v>
+        <v>2148</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>575</v>
+        <v>2310</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="F790" t="s">
-        <v>2303</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B791" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2305</v>
+        <v>2313</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>575</v>
+        <v>2314</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>2312</v>
+        <v>2315</v>
       </c>
       <c r="F791" t="s">
-        <v>2303</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B792" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2050</v>
+        <v>2148</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>37</v>
+        <v>2318</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>2314</v>
+        <v>2319</v>
       </c>
       <c r="F792" t="s">
-        <v>2303</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B793" t="s">
-        <v>2315</v>
+        <v>2320</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2050</v>
+        <v>2321</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>575</v>
+        <v>2322</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
       <c r="F793" t="s">
-        <v>2303</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B794" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>575</v>
+        <v>2322</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="F794" t="s">
-        <v>2303</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B795" t="s">
-        <v>2320</v>
+        <v>2328</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2318</v>
+        <v>2329</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>37</v>
+        <v>2322</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>2321</v>
+        <v>2330</v>
       </c>
       <c r="F795" t="s">
-        <v>2303</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B796" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2131</v>
+        <v>2332</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2323</v>
+        <v>37</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>2324</v>
+        <v>2333</v>
       </c>
       <c r="F796" t="s">
-        <v>2134</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B797" t="s">
-        <v>2325</v>
+        <v>2335</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2326</v>
+        <v>2336</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2327</v>
+        <v>37</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>2328</v>
+        <v>2337</v>
       </c>
       <c r="F797" t="s">
-        <v>2329</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B798" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2131</v>
+        <v>2148</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>2332</v>
+        <v>2311</v>
       </c>
       <c r="F798" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B799" t="s">
-        <v>2333</v>
+        <v>2340</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>50</v>
+        <v>2332</v>
       </c>
       <c r="D799" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E799" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F799" t="s">
         <v>2334</v>
-      </c>
-[...4 lines deleted...]
-        <v>2336</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B800" t="s">
-        <v>2337</v>
+        <v>2342</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2131</v>
+        <v>2336</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2338</v>
+        <v>575</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>2280</v>
+        <v>2343</v>
       </c>
       <c r="F800" t="s">
-        <v>2134</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B801" t="s">
-        <v>2339</v>
+        <v>2344</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2131</v>
+        <v>2067</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2340</v>
+        <v>37</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="F801" t="s">
-        <v>2134</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B802" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2131</v>
+        <v>2067</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2343</v>
+        <v>575</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="F802" t="s">
-        <v>2134</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B803" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2347</v>
+        <v>575</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="F803" t="s">
-        <v>1775</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="B804" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C804" s="1" t="s">
         <v>2349</v>
       </c>
-      <c r="C804" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D804" s="1" t="s">
-        <v>2347</v>
+        <v>37</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="F804" t="s">
-        <v>1775</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="B805" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>617</v>
+        <v>2148</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="F805" t="s">
-        <v>1775</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="B806" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2346</v>
+        <v>2357</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2353</v>
+        <v>2358</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="F806" t="s">
-        <v>1775</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="B807" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2346</v>
+        <v>2148</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2353</v>
+        <v>2362</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>2354</v>
+        <v>2363</v>
       </c>
       <c r="F807" t="s">
-        <v>1775</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B808" t="s">
-        <v>2358</v>
+        <v>2364</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>1833</v>
+        <v>50</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2353</v>
+        <v>2365</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>2359</v>
+        <v>2366</v>
       </c>
       <c r="F808" t="s">
-        <v>1775</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B809" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2346</v>
+        <v>2148</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>2362</v>
+        <v>2311</v>
       </c>
       <c r="F809" t="s">
-        <v>1775</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B810" t="s">
-        <v>2363</v>
+        <v>2370</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2346</v>
+        <v>2148</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>2361</v>
+        <v>2371</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="F810" t="s">
-        <v>1775</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B811" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>1833</v>
+        <v>2148</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2361</v>
+        <v>2374</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>2366</v>
+        <v>2375</v>
       </c>
       <c r="F811" t="s">
-        <v>1775</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B812" t="s">
-        <v>2367</v>
+        <v>2376</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2346</v>
+        <v>2377</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="F812" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B813" t="s">
-        <v>2370</v>
+        <v>2380</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>1833</v>
+        <v>2381</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>2371</v>
+        <v>2382</v>
       </c>
       <c r="F813" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B814" t="s">
-        <v>2372</v>
+        <v>2383</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>2346</v>
+        <v>617</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>2374</v>
+        <v>2385</v>
       </c>
       <c r="F814" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="B815" t="s">
-        <v>2375</v>
+        <v>2386</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2350</v>
+        <v>2377</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>2376</v>
+        <v>2387</v>
       </c>
       <c r="F815" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="B816" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C816" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="C816" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D816" s="1" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>2376</v>
+        <v>2385</v>
       </c>
       <c r="F816" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B817" t="s">
-        <v>2378</v>
+        <v>2389</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2346</v>
+        <v>238</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2373</v>
+        <v>2390</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>2379</v>
+        <v>2391</v>
       </c>
       <c r="F817" t="s">
-        <v>1775</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="B818" t="s">
-        <v>2380</v>
+        <v>2392</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1833</v>
+        <v>235</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2373</v>
+        <v>2390</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>2376</v>
+        <v>2393</v>
       </c>
       <c r="F818" t="s">
-        <v>1775</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="B819" t="s">
-        <v>2381</v>
+        <v>2394</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>118</v>
+        <v>216</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>119</v>
+        <v>2390</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>2382</v>
+        <v>2395</v>
       </c>
       <c r="F819" t="s">
-        <v>2383</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="B820" t="s">
-        <v>2384</v>
+        <v>2396</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>118</v>
+        <v>202</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>119</v>
+        <v>2390</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>2385</v>
+        <v>2397</v>
       </c>
       <c r="F820" t="s">
-        <v>2386</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="B821" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>131</v>
+        <v>1850</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>137</v>
+        <v>2384</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>2388</v>
+        <v>2399</v>
       </c>
       <c r="F821" t="s">
-        <v>129</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="B822" t="s">
-        <v>2389</v>
+        <v>2400</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>134</v>
+        <v>2377</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>137</v>
+        <v>2401</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
       <c r="F822" t="s">
-        <v>129</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B823" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1694</v>
+        <v>2377</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2392</v>
+        <v>2401</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>2393</v>
+        <v>2404</v>
       </c>
       <c r="F823" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B824" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1699</v>
+        <v>1850</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2392</v>
+        <v>2401</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
       <c r="F824" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="B825" t="s">
-        <v>2396</v>
+        <v>2407</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1702</v>
+        <v>2377</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2392</v>
+        <v>2408</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>2397</v>
+        <v>2409</v>
       </c>
       <c r="F825" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B826" t="s">
-        <v>2398</v>
+        <v>2410</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>1702</v>
+        <v>1850</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2392</v>
+        <v>2408</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>2399</v>
+        <v>2411</v>
       </c>
       <c r="F826" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B827" t="s">
-        <v>2400</v>
+        <v>2412</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2401</v>
+        <v>2377</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2392</v>
+        <v>2413</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>2402</v>
+        <v>2414</v>
       </c>
       <c r="F827" t="s">
-        <v>1775</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="B828" t="s">
-        <v>2403</v>
+        <v>2415</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2404</v>
+        <v>2381</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>2392</v>
+        <v>2413</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>2405</v>
+        <v>2416</v>
       </c>
       <c r="F828" t="s">
-        <v>1995</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B829" t="s">
-        <v>2406</v>
+        <v>2417</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2401</v>
+        <v>617</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2407</v>
+        <v>2413</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>2408</v>
+        <v>2416</v>
       </c>
       <c r="F829" t="s">
-        <v>2409</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="B830" t="s">
-        <v>2410</v>
+        <v>2418</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2411</v>
+        <v>2377</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>260</v>
+        <v>2413</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>2412</v>
+        <v>2419</v>
       </c>
       <c r="F830" t="s">
-        <v>262</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B831" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C831" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D831" s="1" t="s">
         <v>2413</v>
       </c>
-      <c r="C831" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E831" s="1" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="F831" t="s">
-        <v>1995</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B832" t="s">
-        <v>266</v>
+        <v>2421</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2415</v>
+        <v>118</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>260</v>
+        <v>119</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
       <c r="F832" t="s">
-        <v>2417</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="B833" t="s">
-        <v>2410</v>
+        <v>2424</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>2411</v>
+        <v>118</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>260</v>
+        <v>119</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>2418</v>
+        <v>2425</v>
       </c>
       <c r="F833" t="s">
-        <v>2417</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B834" t="s">
-        <v>263</v>
+        <v>2427</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>264</v>
+        <v>131</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>260</v>
+        <v>137</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>2419</v>
+        <v>2428</v>
       </c>
       <c r="F834" t="s">
-        <v>2417</v>
+        <v>129</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B835" t="s">
-        <v>2420</v>
+        <v>2429</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>568</v>
+        <v>134</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>1305</v>
+        <v>137</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>2421</v>
+        <v>2430</v>
       </c>
       <c r="F835" t="s">
-        <v>2422</v>
+        <v>129</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B836" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2424</v>
+        <v>1693</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>111</v>
+        <v>2432</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="F836" t="s">
-        <v>2426</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="B837" t="s">
-        <v>2423</v>
+        <v>2434</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>2427</v>
+        <v>152</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>111</v>
+        <v>153</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>2428</v>
+        <v>2435</v>
       </c>
       <c r="F837" t="s">
-        <v>2429</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="B838" t="s">
-        <v>924</v>
+        <v>2437</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>627</v>
+        <v>1698</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>628</v>
+        <v>2432</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="F838" t="s">
-        <v>926</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="B839" t="s">
-        <v>621</v>
+        <v>2439</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>668</v>
+        <v>1701</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>623</v>
+        <v>2432</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>2431</v>
+        <v>2440</v>
       </c>
       <c r="F839" t="s">
-        <v>2432</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="B840" t="s">
-        <v>353</v>
+        <v>2441</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>354</v>
+        <v>1701</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>355</v>
+        <v>2432</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>2433</v>
+        <v>2442</v>
       </c>
       <c r="F840" t="s">
-        <v>2434</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="B841" t="s">
-        <v>429</v>
+        <v>2443</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>1226</v>
+        <v>2444</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>431</v>
+        <v>2432</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>2435</v>
+        <v>2445</v>
       </c>
       <c r="F841" t="s">
-        <v>1231</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="B842" t="s">
-        <v>913</v>
+        <v>2446</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>914</v>
+        <v>2447</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>628</v>
+        <v>2432</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>2436</v>
+        <v>2448</v>
       </c>
       <c r="F842" t="s">
-        <v>2031</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B843" t="s">
-        <v>917</v>
+        <v>2449</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>918</v>
+        <v>2444</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>628</v>
+        <v>2450</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>2437</v>
+        <v>2451</v>
       </c>
       <c r="F843" t="s">
-        <v>2031</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="B844" t="s">
-        <v>921</v>
+        <v>2453</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>922</v>
+        <v>2454</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>2438</v>
+        <v>2455</v>
       </c>
       <c r="F844" t="s">
-        <v>2031</v>
+        <v>262</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="B845" t="s">
-        <v>924</v>
+        <v>2456</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>627</v>
+        <v>2447</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>628</v>
+        <v>2450</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="F845" t="s">
-        <v>2031</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="B846" t="s">
-        <v>2440</v>
+        <v>266</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>914</v>
+        <v>2458</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>2441</v>
+        <v>2459</v>
       </c>
       <c r="F846" t="s">
-        <v>1530</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="B847" t="s">
-        <v>2442</v>
+        <v>2453</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>918</v>
+        <v>2454</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>2443</v>
+        <v>2461</v>
       </c>
       <c r="F847" t="s">
-        <v>1530</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="B848" t="s">
-        <v>2444</v>
+        <v>263</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>922</v>
+        <v>264</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>628</v>
+        <v>260</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>2445</v>
+        <v>2462</v>
       </c>
       <c r="F848" t="s">
-        <v>1530</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="B849" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>627</v>
+        <v>568</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>628</v>
+        <v>1304</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>2447</v>
+        <v>2464</v>
       </c>
       <c r="F849" t="s">
-        <v>1530</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="B850" t="s">
-        <v>464</v>
+        <v>2466</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>465</v>
+        <v>2467</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>2448</v>
+        <v>2468</v>
       </c>
       <c r="F850" t="s">
-        <v>2449</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851">
-        <v>315</v>
+        <v>328</v>
       </c>
       <c r="B851" t="s">
-        <v>2450</v>
+        <v>2466</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>100</v>
+        <v>2470</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2451</v>
+        <v>111</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>2452</v>
+        <v>2471</v>
       </c>
       <c r="F851" t="s">
-        <v>2453</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="B852" t="s">
-        <v>2454</v>
+        <v>923</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>97</v>
+        <v>627</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2451</v>
+        <v>628</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>2455</v>
+        <v>2473</v>
       </c>
       <c r="F852" t="s">
-        <v>2453</v>
+        <v>925</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="B853" t="s">
-        <v>2456</v>
+        <v>621</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>568</v>
+        <v>668</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2451</v>
+        <v>623</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>2457</v>
+        <v>2474</v>
       </c>
       <c r="F853" t="s">
-        <v>2453</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="B854" t="s">
-        <v>2458</v>
+        <v>353</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>100</v>
+        <v>354</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2451</v>
+        <v>355</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>2459</v>
+        <v>2476</v>
       </c>
       <c r="F854" t="s">
-        <v>2460</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="B855" t="s">
-        <v>2461</v>
+        <v>429</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>97</v>
+        <v>1225</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>2451</v>
+        <v>431</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>2462</v>
+        <v>2478</v>
       </c>
       <c r="F855" t="s">
-        <v>2460</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="B856" t="s">
-        <v>2463</v>
+        <v>912</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>565</v>
+        <v>913</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>2451</v>
+        <v>628</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>2464</v>
+        <v>2479</v>
       </c>
       <c r="F856" t="s">
-        <v>2460</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="B857" t="s">
-        <v>2465</v>
+        <v>916</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>568</v>
+        <v>917</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2451</v>
+        <v>628</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>2466</v>
+        <v>2480</v>
       </c>
       <c r="F857" t="s">
-        <v>2460</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="B858" t="s">
-        <v>2467</v>
+        <v>920</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>224</v>
+        <v>921</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2468</v>
+        <v>628</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>2469</v>
+        <v>2481</v>
       </c>
       <c r="F858" t="s">
-        <v>1504</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="B859" t="s">
-        <v>2470</v>
+        <v>923</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>229</v>
+        <v>627</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2468</v>
+        <v>628</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>2471</v>
+        <v>2482</v>
       </c>
       <c r="F859" t="s">
-        <v>1504</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="B860" t="s">
-        <v>2472</v>
+        <v>2483</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>584</v>
+        <v>913</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2468</v>
+        <v>628</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>2471</v>
+        <v>2484</v>
       </c>
       <c r="F860" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="B861" t="s">
-        <v>2473</v>
+        <v>2485</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>224</v>
+        <v>917</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>1549</v>
+        <v>628</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>2474</v>
+        <v>2486</v>
       </c>
       <c r="F861" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="B862" t="s">
-        <v>2475</v>
+        <v>2487</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>229</v>
+        <v>921</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>1549</v>
+        <v>628</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>2476</v>
+        <v>2488</v>
       </c>
       <c r="F862" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>303</v>
+        <v>316</v>
       </c>
       <c r="B863" t="s">
-        <v>2477</v>
+        <v>2489</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>584</v>
+        <v>627</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>1549</v>
+        <v>628</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>2476</v>
+        <v>2490</v>
       </c>
       <c r="F863" t="s">
-        <v>1504</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B864" t="s">
-        <v>2478</v>
+        <v>464</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>224</v>
+        <v>465</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>1537</v>
+        <v>106</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>2479</v>
+        <v>2491</v>
       </c>
       <c r="F864" t="s">
-        <v>2480</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B865" t="s">
-        <v>2481</v>
+        <v>2493</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>229</v>
+        <v>100</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>1537</v>
+        <v>2494</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>2482</v>
+        <v>2495</v>
       </c>
       <c r="F865" t="s">
-        <v>2480</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B866" t="s">
-        <v>2483</v>
+        <v>81</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>584</v>
+        <v>678</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>1537</v>
+        <v>83</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>2482</v>
+        <v>2497</v>
       </c>
       <c r="F866" t="s">
-        <v>2480</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="B867" t="s">
-        <v>2484</v>
+        <v>2499</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>224</v>
+        <v>97</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>1546</v>
+        <v>2494</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>2485</v>
+        <v>2500</v>
       </c>
       <c r="F867" t="s">
-        <v>1530</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B868" t="s">
-        <v>2486</v>
+        <v>2501</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>694</v>
+        <v>568</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>46</v>
+        <v>2494</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>2487</v>
+        <v>2502</v>
       </c>
       <c r="F868" t="s">
-        <v>2105</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="B869" t="s">
-        <v>2488</v>
+        <v>2503</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>186</v>
+        <v>2494</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>2489</v>
+        <v>2504</v>
       </c>
       <c r="F869" t="s">
-        <v>2105</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B870" t="s">
-        <v>2490</v>
+        <v>2506</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>229</v>
+        <v>97</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>1546</v>
+        <v>2494</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>2491</v>
+        <v>2507</v>
       </c>
       <c r="F870" t="s">
-        <v>1530</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>297</v>
+        <v>310</v>
       </c>
       <c r="B871" t="s">
-        <v>2492</v>
+        <v>2508</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>579</v>
+        <v>565</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>1546</v>
+        <v>2494</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>2493</v>
+        <v>2509</v>
       </c>
       <c r="F871" t="s">
-        <v>1530</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="B872" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C872" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D872" s="1" t="s">
         <v>2494</v>
       </c>
-      <c r="C872" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E872" s="1" t="s">
-        <v>2495</v>
+        <v>2511</v>
       </c>
       <c r="F872" t="s">
-        <v>1530</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="B873" t="s">
-        <v>2496</v>
+        <v>2512</v>
       </c>
       <c r="C873" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>1549</v>
+        <v>2513</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>2497</v>
+        <v>2514</v>
       </c>
       <c r="F873" t="s">
-        <v>1530</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="B874" t="s">
-        <v>2498</v>
+        <v>2515</v>
       </c>
       <c r="C874" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>1549</v>
+        <v>2513</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>2499</v>
+        <v>2516</v>
       </c>
       <c r="F874" t="s">
-        <v>1530</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="B875" t="s">
-        <v>2500</v>
+        <v>2517</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>1549</v>
+        <v>2513</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>2501</v>
+        <v>2516</v>
       </c>
       <c r="F875" t="s">
-        <v>1530</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="B876" t="s">
-        <v>2502</v>
+        <v>2518</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>584</v>
+        <v>224</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>2503</v>
+        <v>2519</v>
       </c>
       <c r="F876" t="s">
-        <v>1530</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>291</v>
+        <v>304</v>
       </c>
       <c r="B877" t="s">
-        <v>2504</v>
+        <v>2520</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>2505</v>
+        <v>2521</v>
       </c>
       <c r="F877" t="s">
-        <v>933</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>290</v>
+        <v>303</v>
       </c>
       <c r="B878" t="s">
-        <v>2506</v>
+        <v>2522</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>229</v>
+        <v>584</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>2507</v>
+        <v>2521</v>
       </c>
       <c r="F878" t="s">
-        <v>933</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="B879" t="s">
-        <v>2508</v>
+        <v>2523</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>579</v>
+        <v>224</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>2509</v>
+        <v>2524</v>
       </c>
       <c r="F879" t="s">
-        <v>933</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="B880" t="s">
-        <v>2510</v>
+        <v>2526</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>584</v>
+        <v>229</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>2507</v>
+        <v>2527</v>
       </c>
       <c r="F880" t="s">
-        <v>933</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B881" t="s">
-        <v>436</v>
+        <v>2528</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>934</v>
+        <v>584</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>438</v>
+        <v>1536</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>2511</v>
+        <v>2527</v>
       </c>
       <c r="F881" t="s">
-        <v>2512</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="B882" t="s">
-        <v>2513</v>
+        <v>2529</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>1751</v>
+        <v>1545</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>2514</v>
+        <v>2530</v>
       </c>
       <c r="F882" t="s">
-        <v>2515</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="B883" t="s">
-        <v>2516</v>
+        <v>2531</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>579</v>
+        <v>690</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>1751</v>
+        <v>46</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>2517</v>
+        <v>2532</v>
       </c>
       <c r="F883" t="s">
-        <v>2515</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="B884" t="s">
-        <v>2518</v>
+        <v>2533</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>584</v>
+        <v>50</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>1751</v>
+        <v>186</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>2519</v>
+        <v>2534</v>
       </c>
       <c r="F884" t="s">
-        <v>2515</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="B885" t="s">
-        <v>2520</v>
+        <v>2535</v>
       </c>
       <c r="C885" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>1751</v>
+        <v>1545</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>2521</v>
+        <v>2536</v>
       </c>
       <c r="F885" t="s">
-        <v>2062</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="B886" t="s">
-        <v>2522</v>
+        <v>2537</v>
       </c>
       <c r="C886" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>1751</v>
+        <v>1545</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>2523</v>
+        <v>2538</v>
       </c>
       <c r="F886" t="s">
-        <v>2062</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="B887" t="s">
-        <v>2524</v>
+        <v>2539</v>
       </c>
       <c r="C887" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>1751</v>
+        <v>1545</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>2525</v>
+        <v>2540</v>
       </c>
       <c r="F887" t="s">
-        <v>2526</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="B888" t="s">
-        <v>2527</v>
+        <v>2541</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>2528</v>
+        <v>1548</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>2529</v>
+        <v>2542</v>
       </c>
       <c r="F888" t="s">
-        <v>2530</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="B889" t="s">
-        <v>2531</v>
+        <v>2543</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>579</v>
+        <v>229</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2528</v>
+        <v>1548</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>2532</v>
+        <v>2544</v>
       </c>
       <c r="F889" t="s">
-        <v>2530</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="B890" t="s">
-        <v>2533</v>
+        <v>2545</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2528</v>
+        <v>1548</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>2534</v>
+        <v>2546</v>
       </c>
       <c r="F890" t="s">
-        <v>2530</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="B891" t="s">
-        <v>2535</v>
+        <v>2547</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>229</v>
+        <v>584</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2528</v>
+        <v>1548</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>2536</v>
+        <v>2548</v>
       </c>
       <c r="F891" t="s">
-        <v>2537</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="B892" t="s">
-        <v>2538</v>
+        <v>2549</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>579</v>
+        <v>224</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>2528</v>
+        <v>1536</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>2539</v>
+        <v>2550</v>
       </c>
       <c r="F892" t="s">
-        <v>2537</v>
+        <v>932</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="B893" t="s">
-        <v>2540</v>
+        <v>2551</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>584</v>
+        <v>229</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>2528</v>
+        <v>1536</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>2541</v>
+        <v>2552</v>
       </c>
       <c r="F893" t="s">
-        <v>2537</v>
+        <v>932</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="B894" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>229</v>
+        <v>579</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>2528</v>
+        <v>1536</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>2543</v>
+        <v>2554</v>
       </c>
       <c r="F894" t="s">
-        <v>1454</v>
+        <v>932</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="B895" t="s">
-        <v>2544</v>
+        <v>2555</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>2528</v>
+        <v>1536</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>2543</v>
+        <v>2552</v>
       </c>
       <c r="F895" t="s">
-        <v>1454</v>
+        <v>932</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="B896" t="s">
-        <v>2545</v>
+        <v>436</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>584</v>
+        <v>933</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>2528</v>
+        <v>438</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>2546</v>
+        <v>2556</v>
       </c>
       <c r="F896" t="s">
-        <v>1454</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897">
-        <v>271</v>
+        <v>286</v>
       </c>
       <c r="B897" t="s">
-        <v>1196</v>
+        <v>2558</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>1197</v>
+        <v>229</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>1198</v>
+        <v>1754</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>2547</v>
+        <v>2559</v>
       </c>
       <c r="F897" t="s">
-        <v>2548</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="B898" t="s">
-        <v>2549</v>
+        <v>2561</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2550</v>
+        <v>579</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>1546</v>
+        <v>1754</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>2551</v>
+        <v>2562</v>
       </c>
       <c r="F898" t="s">
-        <v>933</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B899" t="s">
-        <v>2552</v>
+        <v>2563</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2553</v>
+        <v>584</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>1546</v>
+        <v>1754</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>2554</v>
+        <v>2564</v>
       </c>
       <c r="F899" t="s">
-        <v>933</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="B900" t="s">
-        <v>2555</v>
+        <v>2565</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2556</v>
+        <v>229</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>1546</v>
+        <v>1754</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>2557</v>
+        <v>2566</v>
       </c>
       <c r="F900" t="s">
-        <v>933</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901">
-        <v>267</v>
+        <v>283</v>
       </c>
       <c r="B901" t="s">
-        <v>2558</v>
+        <v>25</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2559</v>
+        <v>26</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>1546</v>
+        <v>27</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="F901" t="s">
-        <v>2537</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="B902" t="s">
-        <v>2561</v>
+        <v>2569</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2550</v>
+        <v>579</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>1546</v>
+        <v>1754</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>2562</v>
+        <v>2570</v>
       </c>
       <c r="F902" t="s">
-        <v>2537</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="B903" t="s">
-        <v>2563</v>
+        <v>2571</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2553</v>
+        <v>584</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>1546</v>
+        <v>1754</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>2564</v>
+        <v>2572</v>
       </c>
       <c r="F903" t="s">
-        <v>2537</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="B904" t="s">
-        <v>2565</v>
+        <v>2574</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2566</v>
+        <v>229</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>2568</v>
+        <v>2576</v>
       </c>
       <c r="F904" t="s">
-        <v>2569</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="B905" t="s">
-        <v>2570</v>
+        <v>2578</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2556</v>
+        <v>579</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>1546</v>
+        <v>2575</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>2571</v>
+        <v>2579</v>
       </c>
       <c r="F905" t="s">
-        <v>2537</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="B906" t="s">
-        <v>2572</v>
+        <v>2580</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2559</v>
+        <v>584</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>1546</v>
+        <v>2575</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>2573</v>
+        <v>2581</v>
       </c>
       <c r="F906" t="s">
-        <v>933</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="B907" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2550</v>
+        <v>229</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2029</v>
+        <v>2575</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>2575</v>
+        <v>2583</v>
       </c>
       <c r="F907" t="s">
-        <v>933</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="B908" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2577</v>
+        <v>579</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>1198</v>
+        <v>2575</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
       <c r="F908" t="s">
-        <v>533</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909">
-        <v>261</v>
+        <v>275</v>
       </c>
       <c r="B909" t="s">
-        <v>2576</v>
+        <v>2587</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2577</v>
+        <v>584</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>1198</v>
+        <v>2575</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
       <c r="F909" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="B910" t="s">
-        <v>2581</v>
+        <v>2589</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2553</v>
+        <v>229</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2029</v>
+        <v>2575</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="F910" t="s">
-        <v>933</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="B911" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2556</v>
+        <v>579</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2029</v>
+        <v>2575</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="F911" t="s">
-        <v>933</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="B912" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2559</v>
+        <v>584</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2029</v>
+        <v>2575</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>2575</v>
+        <v>2593</v>
       </c>
       <c r="F912" t="s">
-        <v>933</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="B913" t="s">
-        <v>2584</v>
+        <v>1195</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2559</v>
+        <v>1196</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2029</v>
+        <v>1197</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
       <c r="F913" t="s">
-        <v>2537</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="B914" t="s">
-        <v>2586</v>
+        <v>2596</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2566</v>
+        <v>2597</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2567</v>
+        <v>1545</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>2587</v>
+        <v>2598</v>
       </c>
       <c r="F914" t="s">
-        <v>2588</v>
+        <v>932</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="B915" t="s">
-        <v>2589</v>
+        <v>2599</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2550</v>
+        <v>2600</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2590</v>
+        <v>1545</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>2591</v>
+        <v>2601</v>
       </c>
       <c r="F915" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B916" t="s">
-        <v>2592</v>
+        <v>2602</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2553</v>
+        <v>2603</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>2590</v>
+        <v>1545</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>2593</v>
+        <v>2604</v>
       </c>
       <c r="F916" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="B917" t="s">
-        <v>2594</v>
+        <v>2605</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2556</v>
+        <v>2606</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>2590</v>
+        <v>1545</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>2593</v>
+        <v>2607</v>
       </c>
       <c r="F917" t="s">
-        <v>933</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="B918" t="s">
-        <v>2595</v>
+        <v>2608</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2559</v>
+        <v>2597</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>2590</v>
+        <v>1545</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>2596</v>
+        <v>2609</v>
       </c>
       <c r="F918" t="s">
-        <v>933</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="B919" t="s">
-        <v>2597</v>
+        <v>2610</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>1052</v>
+        <v>2600</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>2567</v>
+        <v>1545</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>2598</v>
+        <v>2611</v>
       </c>
       <c r="F919" t="s">
-        <v>2588</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920">
-        <v>250</v>
+        <v>264</v>
       </c>
       <c r="B920" t="s">
-        <v>2599</v>
+        <v>2612</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2600</v>
+        <v>2613</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>93</v>
+        <v>2614</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>2601</v>
+        <v>2615</v>
       </c>
       <c r="F920" t="s">
-        <v>2602</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="B921" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C921" s="1" t="s">
         <v>2603</v>
       </c>
-      <c r="C921" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D921" s="1" t="s">
-        <v>2604</v>
+        <v>1545</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>2605</v>
+        <v>2618</v>
       </c>
       <c r="F921" t="s">
-        <v>2606</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922">
-        <v>248</v>
+        <v>262</v>
       </c>
       <c r="B922" t="s">
-        <v>2607</v>
+        <v>2619</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2553</v>
+        <v>2606</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2604</v>
+        <v>1545</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>2608</v>
+        <v>2620</v>
       </c>
       <c r="F922" t="s">
-        <v>2606</v>
+        <v>932</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="B923" t="s">
-        <v>2609</v>
+        <v>2621</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2556</v>
+        <v>2597</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>2604</v>
+        <v>2046</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>2610</v>
+        <v>2622</v>
       </c>
       <c r="F923" t="s">
-        <v>2606</v>
+        <v>932</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924">
-        <v>246</v>
+        <v>261</v>
       </c>
       <c r="B924" t="s">
-        <v>2611</v>
+        <v>2623</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>2559</v>
+        <v>2624</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>2604</v>
+        <v>1197</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>2612</v>
+        <v>2625</v>
       </c>
       <c r="F924" t="s">
-        <v>2606</v>
+        <v>533</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925">
-        <v>245</v>
+        <v>261</v>
       </c>
       <c r="B925" t="s">
-        <v>2613</v>
+        <v>2623</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>2550</v>
+        <v>2624</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>2604</v>
+        <v>1197</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>2614</v>
+        <v>2626</v>
       </c>
       <c r="F925" t="s">
-        <v>933</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="B926" t="s">
-        <v>2615</v>
+        <v>2628</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2553</v>
+        <v>2600</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>2604</v>
+        <v>2046</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>2616</v>
+        <v>2622</v>
       </c>
       <c r="F926" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927">
-        <v>243</v>
+        <v>259</v>
       </c>
       <c r="B927" t="s">
-        <v>2617</v>
+        <v>2629</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2556</v>
+        <v>2603</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2604</v>
+        <v>2046</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>2618</v>
+        <v>2622</v>
       </c>
       <c r="F927" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="B928" t="s">
-        <v>2619</v>
+        <v>2630</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2559</v>
+        <v>2606</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2604</v>
+        <v>2046</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="F928" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="B929" t="s">
-        <v>2621</v>
+        <v>2631</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2550</v>
+        <v>2606</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>127</v>
+        <v>2046</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>2622</v>
+        <v>2632</v>
       </c>
       <c r="F929" t="s">
-        <v>933</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930">
-        <v>240</v>
+        <v>256</v>
       </c>
       <c r="B930" t="s">
-        <v>2623</v>
+        <v>2633</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2553</v>
+        <v>2613</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>127</v>
+        <v>2614</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>2624</v>
+        <v>2634</v>
       </c>
       <c r="F930" t="s">
-        <v>933</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="B931" t="s">
-        <v>734</v>
+        <v>2636</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>92</v>
+        <v>2637</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>735</v>
+        <v>320</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>2625</v>
+        <v>694</v>
       </c>
       <c r="F931" t="s">
-        <v>2626</v>
+        <v>692</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="B932" t="s">
-        <v>734</v>
+        <v>2638</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>92</v>
+        <v>2597</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>735</v>
+        <v>2639</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>2627</v>
+        <v>2640</v>
       </c>
       <c r="F932" t="s">
-        <v>2628</v>
+        <v>932</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933">
-        <v>238</v>
+        <v>254</v>
       </c>
       <c r="B933" t="s">
-        <v>2629</v>
+        <v>2641</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2556</v>
+        <v>2600</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>127</v>
+        <v>2639</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>2630</v>
+        <v>2642</v>
       </c>
       <c r="F933" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="B934" t="s">
-        <v>2631</v>
+        <v>2643</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2559</v>
+        <v>2603</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>127</v>
+        <v>2639</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>2632</v>
+        <v>2642</v>
       </c>
       <c r="F934" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="B935" t="s">
-        <v>2633</v>
+        <v>2644</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2550</v>
+        <v>2606</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>1537</v>
+        <v>2639</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>2634</v>
+        <v>2645</v>
       </c>
       <c r="F935" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="B936" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C936" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D936" s="1" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E936" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F936" t="s">
         <v>2635</v>
-      </c>
-[...10 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="B937" t="s">
-        <v>2637</v>
+        <v>2648</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2638</v>
+        <v>2649</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>1533</v>
+        <v>93</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>2639</v>
+        <v>2650</v>
       </c>
       <c r="F937" t="s">
-        <v>2640</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938">
-        <v>234</v>
+        <v>249</v>
       </c>
       <c r="B938" t="s">
-        <v>2641</v>
+        <v>2652</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2556</v>
+        <v>2597</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>1537</v>
+        <v>2653</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>2642</v>
+        <v>2654</v>
       </c>
       <c r="F938" t="s">
-        <v>933</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="B939" t="s">
-        <v>2643</v>
+        <v>2656</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2559</v>
+        <v>2600</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>1537</v>
+        <v>2653</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>2644</v>
+        <v>2657</v>
       </c>
       <c r="F939" t="s">
-        <v>933</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940">
-        <v>232</v>
+        <v>247</v>
       </c>
       <c r="B940" t="s">
-        <v>2645</v>
+        <v>2658</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2566</v>
+        <v>2603</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2646</v>
+        <v>2653</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>2647</v>
+        <v>2659</v>
       </c>
       <c r="F940" t="s">
-        <v>2648</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="B941" t="s">
-        <v>2649</v>
+        <v>2660</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2650</v>
+        <v>2606</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>2652</v>
+        <v>2661</v>
       </c>
       <c r="F941" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B942" t="s">
-        <v>2654</v>
+        <v>2662</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2655</v>
+        <v>2597</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>740</v>
+        <v>2653</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>2656</v>
+        <v>2663</v>
       </c>
       <c r="F942" t="s">
-        <v>2657</v>
+        <v>932</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="B943" t="s">
-        <v>738</v>
+        <v>2664</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>739</v>
+        <v>2600</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>740</v>
+        <v>2653</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>2658</v>
+        <v>2665</v>
       </c>
       <c r="F943" t="s">
-        <v>2657</v>
+        <v>932</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B944" t="s">
-        <v>745</v>
+        <v>2666</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>758</v>
+        <v>2603</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>740</v>
+        <v>2653</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>2658</v>
+        <v>2667</v>
       </c>
       <c r="F944" t="s">
-        <v>2657</v>
+        <v>932</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="B945" t="s">
-        <v>747</v>
+        <v>2668</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>748</v>
+        <v>2606</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>740</v>
+        <v>2653</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>2659</v>
+        <v>2669</v>
       </c>
       <c r="F945" t="s">
-        <v>2657</v>
+        <v>932</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B946" t="s">
-        <v>2660</v>
+        <v>2670</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2661</v>
+        <v>2597</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2662</v>
+        <v>127</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>2663</v>
+        <v>2671</v>
       </c>
       <c r="F946" t="s">
-        <v>2664</v>
+        <v>932</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="B947" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2666</v>
+        <v>2600</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2667</v>
+        <v>127</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>2668</v>
+        <v>2673</v>
       </c>
       <c r="F947" t="s">
-        <v>2669</v>
+        <v>932</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="B948" t="s">
-        <v>2670</v>
+        <v>732</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2671</v>
+        <v>92</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2667</v>
+        <v>733</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>2668</v>
+        <v>2674</v>
       </c>
       <c r="F948" t="s">
-        <v>2669</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="B949" t="s">
-        <v>2672</v>
+        <v>732</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>555</v>
+        <v>92</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2667</v>
+        <v>733</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>2668</v>
+        <v>2676</v>
       </c>
       <c r="F949" t="s">
-        <v>2669</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B950" t="s">
-        <v>2673</v>
+        <v>2678</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2674</v>
+        <v>2603</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2667</v>
+        <v>127</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>2675</v>
+        <v>2679</v>
       </c>
       <c r="F950" t="s">
-        <v>2669</v>
+        <v>932</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="B951" t="s">
-        <v>2676</v>
+        <v>2680</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2677</v>
+        <v>2606</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2678</v>
+        <v>127</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="F951" t="s">
-        <v>2680</v>
+        <v>932</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B952" t="s">
-        <v>2681</v>
+        <v>2682</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2682</v>
+        <v>2597</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2590</v>
+        <v>1536</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>2683</v>
       </c>
       <c r="F952" t="s">
-        <v>1530</v>
+        <v>932</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="B953" t="s">
         <v>2684</v>
       </c>
       <c r="C953" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E953" s="1" t="s">
         <v>2685</v>
       </c>
-      <c r="D953" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F953" t="s">
-        <v>1530</v>
+        <v>932</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B954" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C954" s="1" t="s">
         <v>2687</v>
       </c>
-      <c r="C954" s="1" t="s">
+      <c r="D954" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E954" s="1" t="s">
         <v>2688</v>
       </c>
-      <c r="D954" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E954" s="1" t="s">
+      <c r="F954" t="s">
         <v>2689</v>
-      </c>
-[...1 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955">
-        <v>217</v>
+        <v>234</v>
       </c>
       <c r="B955" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C955" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E955" s="1" t="s">
         <v>2690</v>
       </c>
-      <c r="C955" s="1" t="s">
+      <c r="F955" t="s">
         <v>2691</v>
-      </c>
-[...7 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="B956" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C956" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E956" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="C956" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F956" t="s">
-        <v>1530</v>
+        <v>932</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="B957" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C957" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E957" s="1" t="s">
         <v>2695</v>
       </c>
-      <c r="C957" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F957" t="s">
-        <v>1530</v>
+        <v>932</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958">
-        <v>214</v>
+        <v>232</v>
       </c>
       <c r="B958" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C958" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D958" s="1" t="s">
         <v>2697</v>
-      </c>
-[...4 lines deleted...]
-        <v>1546</v>
       </c>
       <c r="E958" s="1" t="s">
         <v>2698</v>
       </c>
       <c r="F958" t="s">
-        <v>1530</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="B959" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2691</v>
+        <v>2701</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>1546</v>
+        <v>2702</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>2700</v>
+        <v>2703</v>
       </c>
       <c r="F959" t="s">
-        <v>1530</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="B960" t="s">
-        <v>2701</v>
+        <v>2705</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2682</v>
+        <v>2706</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>1546</v>
+        <v>738</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>2702</v>
+        <v>2707</v>
       </c>
       <c r="F960" t="s">
-        <v>2537</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961">
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="B961" t="s">
-        <v>2703</v>
+        <v>736</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2685</v>
+        <v>737</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>1546</v>
+        <v>738</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>2704</v>
+        <v>2709</v>
       </c>
       <c r="F961" t="s">
-        <v>2537</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962">
-        <v>210</v>
+        <v>228</v>
       </c>
       <c r="B962" t="s">
-        <v>2705</v>
+        <v>743</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2688</v>
+        <v>756</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>1546</v>
+        <v>738</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>2706</v>
+        <v>2709</v>
       </c>
       <c r="F962" t="s">
-        <v>2537</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="B963" t="s">
-        <v>2707</v>
+        <v>745</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2691</v>
+        <v>746</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>1546</v>
+        <v>738</v>
       </c>
       <c r="E963" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="F963" t="s">
         <v>2708</v>
-      </c>
-[...1 lines deleted...]
-        <v>2537</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="B964" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2682</v>
+        <v>2712</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
       <c r="F964" t="s">
-        <v>933</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="B965" t="s">
-        <v>2712</v>
+        <v>2716</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2685</v>
+        <v>2717</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>2713</v>
+        <v>2719</v>
       </c>
       <c r="F965" t="s">
-        <v>933</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966">
-        <v>206</v>
+        <v>224</v>
       </c>
       <c r="B966" t="s">
-        <v>2714</v>
+        <v>2721</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2688</v>
+        <v>2722</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>2715</v>
+        <v>2719</v>
       </c>
       <c r="F966" t="s">
-        <v>933</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="B967" t="s">
-        <v>2716</v>
+        <v>2723</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2691</v>
+        <v>555</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
       <c r="F967" t="s">
-        <v>933</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="A968">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B968" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C968" s="1" t="s">
+        <v>2725</v>
+      </c>
+      <c r="D968" s="1" t="s">
         <v>2718</v>
       </c>
-      <c r="C968" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E968" s="1" t="s">
+        <v>2726</v>
+      </c>
+      <c r="F968" t="s">
         <v>2720</v>
-      </c>
-[...1 lines deleted...]
-        <v>2721</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969">
-        <v>203</v>
+        <v>221</v>
       </c>
       <c r="B969" t="s">
-        <v>2722</v>
+        <v>2727</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2682</v>
+        <v>2728</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2604</v>
+        <v>2729</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>2723</v>
+        <v>2730</v>
       </c>
       <c r="F969" t="s">
-        <v>1530</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="B970" t="s">
-        <v>2724</v>
+        <v>2732</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2685</v>
+        <v>2733</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2604</v>
+        <v>2639</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>2725</v>
+        <v>2734</v>
       </c>
       <c r="F970" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971">
-        <v>201</v>
+        <v>219</v>
       </c>
       <c r="B971" t="s">
-        <v>2726</v>
+        <v>2735</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2688</v>
+        <v>2736</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2604</v>
+        <v>2639</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>2727</v>
+        <v>2737</v>
       </c>
       <c r="F971" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="B972" t="s">
-        <v>1671</v>
+        <v>2738</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2728</v>
+        <v>2739</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>111</v>
+        <v>2639</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>2729</v>
+        <v>2740</v>
       </c>
       <c r="F972" t="s">
-        <v>2730</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="A973">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="B973" t="s">
-        <v>1671</v>
+        <v>2741</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2728</v>
+        <v>2742</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>111</v>
+        <v>2639</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>2731</v>
+        <v>2743</v>
       </c>
       <c r="F973" t="s">
-        <v>2732</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974">
-        <v>201</v>
+        <v>216</v>
       </c>
       <c r="B974" t="s">
-        <v>1671</v>
+        <v>2744</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2728</v>
+        <v>2733</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>111</v>
+        <v>1545</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>2733</v>
+        <v>2745</v>
       </c>
       <c r="F974" t="s">
-        <v>2734</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975">
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="B975" t="s">
-        <v>1671</v>
+        <v>2746</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2728</v>
+        <v>2736</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>111</v>
+        <v>1545</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>2735</v>
+        <v>2747</v>
       </c>
       <c r="F975" t="s">
-        <v>2736</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="976" spans="1:6">
       <c r="A976">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="B976" t="s">
-        <v>1671</v>
+        <v>2748</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2728</v>
+        <v>2739</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>111</v>
+        <v>1545</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>2737</v>
+        <v>2749</v>
       </c>
       <c r="F976" t="s">
-        <v>2738</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B977" t="s">
-        <v>1671</v>
+        <v>2750</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2728</v>
+        <v>2742</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>111</v>
+        <v>1545</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>2739</v>
+        <v>2751</v>
       </c>
       <c r="F977" t="s">
-        <v>2740</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="B978" t="s">
-        <v>2741</v>
+        <v>2752</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2691</v>
+        <v>2733</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2604</v>
+        <v>1545</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="F978" t="s">
-        <v>1530</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="B979" t="s">
-        <v>56</v>
+        <v>2754</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>57</v>
+        <v>2736</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>58</v>
+        <v>1545</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>2743</v>
+        <v>2755</v>
       </c>
       <c r="F979" t="s">
-        <v>2744</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="B980" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2682</v>
+        <v>2739</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>2604</v>
+        <v>1545</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="F980" t="s">
-        <v>2747</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="B981" t="s">
-        <v>2748</v>
+        <v>2758</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2685</v>
+        <v>2742</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>2604</v>
+        <v>1545</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>2749</v>
+        <v>2759</v>
       </c>
       <c r="F981" t="s">
-        <v>2750</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="982" spans="1:6">
       <c r="A982">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="B982" t="s">
-        <v>2751</v>
+        <v>2760</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2688</v>
+        <v>2733</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2604</v>
+        <v>2761</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>2752</v>
+        <v>2762</v>
       </c>
       <c r="F982" t="s">
-        <v>2750</v>
+        <v>932</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="B983" t="s">
-        <v>2753</v>
+        <v>2763</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2691</v>
+        <v>2736</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2604</v>
+        <v>2761</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>2754</v>
+        <v>2764</v>
       </c>
       <c r="F983" t="s">
-        <v>2750</v>
+        <v>932</v>
       </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="B984" t="s">
-        <v>2755</v>
+        <v>2765</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2756</v>
+        <v>2739</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>628</v>
+        <v>2761</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>2757</v>
+        <v>2766</v>
       </c>
       <c r="F984" t="s">
-        <v>2758</v>
+        <v>932</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="B985" t="s">
-        <v>2759</v>
+        <v>2767</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2760</v>
+        <v>2742</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>628</v>
+        <v>2761</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
       <c r="F985" t="s">
-        <v>2758</v>
+        <v>932</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="B986" t="s">
-        <v>2762</v>
+        <v>2769</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2763</v>
+        <v>2770</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>628</v>
+        <v>514</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>2761</v>
+        <v>2771</v>
       </c>
       <c r="F986" t="s">
-        <v>2758</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="987" spans="1:6">
       <c r="A987">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="B987" t="s">
-        <v>2764</v>
+        <v>2773</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2765</v>
+        <v>2733</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>628</v>
+        <v>2653</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>2766</v>
+        <v>2774</v>
       </c>
       <c r="F987" t="s">
-        <v>2758</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="A988">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="B988" t="s">
-        <v>2767</v>
+        <v>2775</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2765</v>
+        <v>2736</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>628</v>
+        <v>2653</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>2768</v>
+        <v>2776</v>
       </c>
       <c r="F988" t="s">
-        <v>2758</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="B989" t="s">
-        <v>2769</v>
+        <v>1670</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2770</v>
+        <v>2777</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2771</v>
+        <v>111</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>2772</v>
+        <v>2778</v>
       </c>
       <c r="F989" t="s">
-        <v>2773</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="B990" t="s">
-        <v>2774</v>
+        <v>2779</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2775</v>
+        <v>2739</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2776</v>
+        <v>2653</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>2777</v>
+        <v>2780</v>
       </c>
       <c r="F990" t="s">
-        <v>2778</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="B991" t="s">
-        <v>2779</v>
+        <v>1670</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>579</v>
+        <v>2777</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>2780</v>
+        <v>111</v>
       </c>
       <c r="E991" s="1" t="s">
         <v>2781</v>
       </c>
       <c r="F991" t="s">
         <v>2782</v>
       </c>
     </row>
     <row r="992" spans="1:6">
       <c r="A992">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="B992" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C992" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D992" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E992" s="1" t="s">
         <v>2783</v>
       </c>
-      <c r="C992" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E992" s="1" t="s">
+      <c r="F992" t="s">
         <v>2784</v>
-      </c>
-[...1 lines deleted...]
-        <v>2785</v>
       </c>
     </row>
     <row r="993" spans="1:6">
       <c r="A993">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="B993" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C993" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D993" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E993" s="1" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F993" t="s">
         <v>2786</v>
-      </c>
-[...10 lines deleted...]
-        <v>2785</v>
       </c>
     </row>
     <row r="994" spans="1:6">
       <c r="A994">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="B994" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C994" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D994" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E994" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F994" t="s">
         <v>2788</v>
-      </c>
-[...10 lines deleted...]
-        <v>2530</v>
       </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995">
-        <v>184</v>
+        <v>201</v>
       </c>
       <c r="B995" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C995" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D995" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E995" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="F995" t="s">
         <v>2790</v>
-      </c>
-[...10 lines deleted...]
-        <v>2778</v>
       </c>
     </row>
     <row r="996" spans="1:6">
       <c r="A996">
-        <v>183</v>
+        <v>201</v>
       </c>
       <c r="B996" t="s">
-        <v>2793</v>
+        <v>1670</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2559</v>
+        <v>2777</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2794</v>
+        <v>111</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>2795</v>
+        <v>2791</v>
       </c>
       <c r="F996" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="997" spans="1:6">
       <c r="A997">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="B997" t="s">
-        <v>587</v>
+        <v>2793</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>588</v>
+        <v>2742</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>93</v>
+        <v>2653</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>2797</v>
+        <v>2794</v>
       </c>
       <c r="F997" t="s">
-        <v>2798</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="998" spans="1:6">
       <c r="A998">
-        <v>181</v>
+        <v>199</v>
       </c>
       <c r="B998" t="s">
-        <v>2799</v>
+        <v>56</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2800</v>
+        <v>57</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2801</v>
+        <v>58</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>2802</v>
+        <v>2795</v>
       </c>
       <c r="F998" t="s">
-        <v>1539</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="A999">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="B999" t="s">
-        <v>2803</v>
+        <v>2797</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2804</v>
+        <v>2733</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2801</v>
+        <v>2653</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>2805</v>
+        <v>2798</v>
       </c>
       <c r="F999" t="s">
-        <v>1539</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="B1000" t="s">
-        <v>2806</v>
+        <v>2800</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2807</v>
+        <v>2736</v>
       </c>
       <c r="D1000" s="1" t="s">
+        <v>2653</v>
+      </c>
+      <c r="E1000" s="1" t="s">
         <v>2801</v>
       </c>
-      <c r="E1000" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F1000" t="s">
-        <v>1539</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B1001" t="s">
-        <v>2809</v>
+        <v>2803</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2810</v>
+        <v>2739</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>106</v>
+        <v>2653</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>2811</v>
+        <v>2804</v>
       </c>
       <c r="F1001" t="s">
-        <v>2812</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="B1002" t="s">
-        <v>2813</v>
+        <v>2805</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>1338</v>
+        <v>2742</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2814</v>
+        <v>2653</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>2815</v>
+        <v>2806</v>
       </c>
       <c r="F1002" t="s">
-        <v>2782</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="B1003" t="s">
-        <v>2816</v>
+        <v>2807</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>448</v>
+        <v>2808</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2814</v>
+        <v>628</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>2817</v>
+        <v>2809</v>
       </c>
       <c r="F1003" t="s">
-        <v>2818</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="B1004" t="s">
-        <v>2420</v>
+        <v>2811</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>568</v>
+        <v>2812</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>1305</v>
+        <v>628</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>2819</v>
+        <v>2813</v>
       </c>
       <c r="F1004" t="s">
-        <v>2820</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="B1005" t="s">
-        <v>976</v>
+        <v>2814</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>568</v>
+        <v>2815</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>93</v>
+        <v>628</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>2821</v>
+        <v>2813</v>
       </c>
       <c r="F1005" t="s">
-        <v>2820</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="B1006" t="s">
-        <v>2822</v>
+        <v>2816</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>1336</v>
+        <v>2817</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2814</v>
+        <v>628</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>2823</v>
+        <v>2818</v>
       </c>
       <c r="F1006" t="s">
-        <v>2818</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007">
-        <v>172</v>
+        <v>191</v>
       </c>
       <c r="B1007" t="s">
-        <v>2824</v>
+        <v>2819</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>445</v>
+        <v>2817</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2825</v>
+        <v>628</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>2826</v>
+        <v>2820</v>
       </c>
       <c r="F1007" t="s">
-        <v>2827</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="B1008" t="s">
-        <v>2828</v>
+        <v>2821</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>448</v>
+        <v>2822</v>
       </c>
       <c r="D1008" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="E1008" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="F1008" t="s">
         <v>2825</v>
-      </c>
-[...4 lines deleted...]
-        <v>2827</v>
       </c>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="B1009" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C1009" s="1" t="s">
+        <v>2827</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>2828</v>
+      </c>
+      <c r="E1009" s="1" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F1009" t="s">
         <v>2830</v>
-      </c>
-[...10 lines deleted...]
-        <v>2782</v>
       </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="B1010" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C1010" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D1010" s="1" t="s">
         <v>2832</v>
-      </c>
-[...4 lines deleted...]
-        <v>2780</v>
       </c>
       <c r="E1010" s="1" t="s">
         <v>2833</v>
       </c>
       <c r="F1010" t="s">
-        <v>2782</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="B1011" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>2835</v>
+        <v>224</v>
       </c>
       <c r="D1011" s="1" t="s">
+        <v>2832</v>
+      </c>
+      <c r="E1011" s="1" t="s">
         <v>2836</v>
       </c>
-      <c r="E1011" s="1" t="s">
+      <c r="F1011" t="s">
         <v>2837</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="B1012" t="s">
         <v>2838</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>2835</v>
+        <v>224</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2836</v>
+        <v>2046</v>
       </c>
       <c r="E1012" s="1" t="s">
         <v>2839</v>
       </c>
       <c r="F1012" t="s">
-        <v>2840</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="B1013" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C1013" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E1013" s="1" t="s">
         <v>2841</v>
       </c>
-      <c r="C1013" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F1013" t="s">
-        <v>2843</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="B1014" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C1014" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D1014" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E1014" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="C1014" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F1014" t="s">
-        <v>2512</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="B1015" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C1015" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D1015" s="1" t="s">
         <v>2846</v>
       </c>
-      <c r="C1015" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D1015" s="1" t="s">
+      <c r="E1015" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="E1015" s="1" t="s">
+      <c r="F1015" t="s">
         <v>2848</v>
-      </c>
-[...1 lines deleted...]
-        <v>2849</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="B1016" t="s">
+        <v>587</v>
+      </c>
+      <c r="C1016" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D1016" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E1016" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F1016" t="s">
         <v>2850</v>
-      </c>
-[...10 lines deleted...]
-        <v>2849</v>
       </c>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="B1017" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C1017" s="1" t="s">
         <v>2852</v>
       </c>
-      <c r="C1017" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1017" s="1" t="s">
-        <v>2847</v>
+        <v>2853</v>
       </c>
       <c r="E1017" s="1" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="F1017" t="s">
-        <v>2849</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="B1018" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>627</v>
+        <v>2856</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2847</v>
+        <v>2853</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>2855</v>
+        <v>2857</v>
       </c>
       <c r="F1018" t="s">
-        <v>2849</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="B1019" t="s">
-        <v>2856</v>
+        <v>2858</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>914</v>
+        <v>2859</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2857</v>
+        <v>2853</v>
       </c>
       <c r="E1019" s="1" t="s">
-        <v>2858</v>
+        <v>2860</v>
       </c>
       <c r="F1019" t="s">
-        <v>2849</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="B1020" t="s">
-        <v>2859</v>
+        <v>2861</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>918</v>
+        <v>2862</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>2857</v>
+        <v>106</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
       <c r="F1020" t="s">
-        <v>2849</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="B1021" t="s">
-        <v>2861</v>
+        <v>2865</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>922</v>
+        <v>1337</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2857</v>
+        <v>2866</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>2862</v>
+        <v>2867</v>
       </c>
       <c r="F1021" t="s">
-        <v>2849</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="B1022" t="s">
-        <v>2863</v>
+        <v>436</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>627</v>
+        <v>437</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2857</v>
+        <v>438</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="F1022" t="s">
-        <v>2849</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023">
-        <v>156</v>
+        <v>176</v>
       </c>
       <c r="B1023" t="s">
-        <v>2865</v>
+        <v>2870</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>914</v>
+        <v>448</v>
       </c>
       <c r="D1023" s="1" t="s">
         <v>2866</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>2867</v>
+        <v>2871</v>
       </c>
       <c r="F1023" t="s">
-        <v>2849</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024">
-        <v>155</v>
+        <v>175</v>
       </c>
       <c r="B1024" t="s">
-        <v>2868</v>
+        <v>2463</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>918</v>
+        <v>568</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2866</v>
+        <v>1304</v>
       </c>
       <c r="E1024" s="1" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
       <c r="F1024" t="s">
-        <v>2849</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="B1025" t="s">
-        <v>2870</v>
+        <v>975</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>922</v>
+        <v>568</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2866</v>
+        <v>93</v>
       </c>
       <c r="E1025" s="1" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="F1025" t="s">
-        <v>2849</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="B1026" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>627</v>
+        <v>1335</v>
       </c>
       <c r="D1026" s="1" t="s">
         <v>2866</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="F1026" t="s">
-        <v>2849</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027">
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="B1027" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>914</v>
+        <v>445</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
       <c r="F1027" t="s">
-        <v>2849</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="B1028" t="s">
-        <v>2877</v>
+        <v>2882</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>918</v>
+        <v>448</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>2878</v>
+        <v>2883</v>
       </c>
       <c r="F1028" t="s">
-        <v>2849</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="B1029" t="s">
-        <v>2879</v>
+        <v>2884</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>922</v>
+        <v>448</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2875</v>
+        <v>2832</v>
       </c>
       <c r="E1029" s="1" t="s">
-        <v>2878</v>
+        <v>2885</v>
       </c>
       <c r="F1029" t="s">
-        <v>2849</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="B1030" t="s">
-        <v>2880</v>
+        <v>2886</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>627</v>
+        <v>1335</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2875</v>
+        <v>2832</v>
       </c>
       <c r="E1030" s="1" t="s">
-        <v>2881</v>
+        <v>2887</v>
       </c>
       <c r="F1030" t="s">
-        <v>2849</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="B1031" t="s">
-        <v>2882</v>
+        <v>2888</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>627</v>
+        <v>2889</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2875</v>
+        <v>2890</v>
       </c>
       <c r="E1031" s="1" t="s">
-        <v>2883</v>
+        <v>2891</v>
       </c>
       <c r="F1031" t="s">
-        <v>2747</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="B1032" t="s">
-        <v>2884</v>
+        <v>2892</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>972</v>
+        <v>2889</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2885</v>
+        <v>2890</v>
       </c>
       <c r="E1032" s="1" t="s">
-        <v>2886</v>
+        <v>2893</v>
       </c>
       <c r="F1032" t="s">
-        <v>2460</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="B1033" t="s">
-        <v>971</v>
+        <v>2895</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>972</v>
+        <v>2889</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>973</v>
+        <v>2890</v>
       </c>
       <c r="E1033" s="1" t="s">
-        <v>2887</v>
+        <v>2896</v>
       </c>
       <c r="F1033" t="s">
-        <v>2460</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="B1034" t="s">
-        <v>2888</v>
+        <v>2898</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>922</v>
+        <v>2889</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2866</v>
+        <v>2890</v>
       </c>
       <c r="E1034" s="1" t="s">
-        <v>2889</v>
+        <v>2899</v>
       </c>
       <c r="F1034" t="s">
-        <v>1454</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="B1035" t="s">
-        <v>2890</v>
+        <v>2900</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>627</v>
+        <v>913</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2866</v>
+        <v>2901</v>
       </c>
       <c r="E1035" s="1" t="s">
-        <v>2891</v>
+        <v>2902</v>
       </c>
       <c r="F1035" t="s">
-        <v>1454</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="B1036" t="s">
-        <v>2892</v>
+        <v>2904</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2857</v>
+        <v>2901</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>2893</v>
+        <v>2905</v>
       </c>
       <c r="F1036" t="s">
-        <v>2894</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="B1037" t="s">
-        <v>2895</v>
+        <v>2906</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2857</v>
+        <v>2901</v>
       </c>
       <c r="E1037" s="1" t="s">
-        <v>2896</v>
+        <v>2907</v>
       </c>
       <c r="F1037" t="s">
-        <v>2894</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="B1038" t="s">
-        <v>2897</v>
+        <v>2908</v>
       </c>
       <c r="C1038" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2857</v>
+        <v>2901</v>
       </c>
       <c r="E1038" s="1" t="s">
-        <v>2898</v>
+        <v>2909</v>
       </c>
       <c r="F1038" t="s">
-        <v>2894</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="B1039" t="s">
-        <v>2899</v>
+        <v>2910</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>97</v>
+        <v>913</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2528</v>
+        <v>2911</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>2900</v>
+        <v>2912</v>
       </c>
       <c r="F1039" t="s">
-        <v>2512</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="B1040" t="s">
-        <v>2901</v>
+        <v>2913</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>565</v>
+        <v>917</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>2528</v>
+        <v>2911</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>2902</v>
+        <v>2914</v>
       </c>
       <c r="F1040" t="s">
-        <v>2512</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="B1041" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C1041" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D1041" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="E1041" s="1" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F1041" t="s">
         <v>2903</v>
-      </c>
-[...10 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="B1042" t="s">
-        <v>2905</v>
+        <v>2917</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>1222</v>
+        <v>627</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>1223</v>
+        <v>2911</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>2906</v>
+        <v>2918</v>
       </c>
       <c r="F1042" t="s">
-        <v>2907</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="B1043" t="s">
-        <v>2908</v>
+        <v>2919</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>1694</v>
+        <v>913</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>2909</v>
+        <v>2920</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>2910</v>
+        <v>2921</v>
       </c>
       <c r="F1043" t="s">
-        <v>2911</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="B1044" t="s">
-        <v>2912</v>
+        <v>2922</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>1699</v>
+        <v>917</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>2909</v>
+        <v>2920</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>2913</v>
+        <v>2923</v>
       </c>
       <c r="F1044" t="s">
-        <v>2911</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="B1045" t="s">
-        <v>621</v>
+        <v>2924</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>668</v>
+        <v>921</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>623</v>
+        <v>2920</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>2914</v>
+        <v>2925</v>
       </c>
       <c r="F1045" t="s">
-        <v>2915</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="B1046" t="s">
-        <v>2916</v>
+        <v>2926</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>1702</v>
+        <v>627</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>2909</v>
+        <v>2920</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>2917</v>
+        <v>2927</v>
       </c>
       <c r="F1046" t="s">
-        <v>2911</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="B1047" t="s">
-        <v>2918</v>
+        <v>2928</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>1705</v>
+        <v>913</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>2909</v>
+        <v>2929</v>
       </c>
       <c r="E1047" s="1" t="s">
-        <v>2919</v>
+        <v>2930</v>
       </c>
       <c r="F1047" t="s">
-        <v>2911</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="B1048" t="s">
-        <v>2920</v>
+        <v>2931</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>354</v>
+        <v>917</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>526</v>
+        <v>2929</v>
       </c>
       <c r="E1048" s="1" t="s">
-        <v>2921</v>
+        <v>2932</v>
       </c>
       <c r="F1048" t="s">
-        <v>2922</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="B1049" t="s">
-        <v>549</v>
+        <v>2933</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>354</v>
+        <v>921</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>526</v>
+        <v>2929</v>
       </c>
       <c r="E1049" s="1" t="s">
-        <v>2923</v>
+        <v>2932</v>
       </c>
       <c r="F1049" t="s">
-        <v>2924</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="B1050" t="s">
-        <v>2925</v>
+        <v>2934</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>354</v>
+        <v>627</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>526</v>
+        <v>2929</v>
       </c>
       <c r="E1050" s="1" t="s">
-        <v>2926</v>
+        <v>2935</v>
       </c>
       <c r="F1050" t="s">
-        <v>1530</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="B1051" t="s">
-        <v>2927</v>
+        <v>2936</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>2928</v>
+        <v>627</v>
       </c>
       <c r="D1051" s="1" t="s">
         <v>2929</v>
       </c>
       <c r="E1051" s="1" t="s">
-        <v>2930</v>
+        <v>2937</v>
       </c>
       <c r="F1051" t="s">
-        <v>2931</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="B1052" t="s">
-        <v>2932</v>
+        <v>2938</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>2933</v>
+        <v>971</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>2934</v>
+        <v>2939</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>2935</v>
+        <v>2940</v>
       </c>
       <c r="F1052" t="s">
-        <v>2936</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="B1053" t="s">
-        <v>2937</v>
+        <v>970</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>2938</v>
+        <v>971</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>2934</v>
+        <v>972</v>
       </c>
       <c r="E1053" s="1" t="s">
-        <v>2939</v>
+        <v>2941</v>
       </c>
       <c r="F1053" t="s">
-        <v>2936</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="B1054" t="s">
-        <v>2940</v>
+        <v>2942</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>2941</v>
+        <v>921</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>2934</v>
+        <v>2920</v>
       </c>
       <c r="E1054" s="1" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="F1054" t="s">
-        <v>2943</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="B1055" t="s">
         <v>2944</v>
       </c>
       <c r="C1055" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D1055" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="E1055" s="1" t="s">
         <v>2945</v>
       </c>
-      <c r="D1055" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1055" t="s">
-        <v>2936</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="B1056" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C1056" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D1056" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="E1056" s="1" t="s">
         <v>2947</v>
       </c>
-      <c r="C1056" s="1" t="s">
+      <c r="F1056" t="s">
         <v>2948</v>
-      </c>
-[...7 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="B1057" t="s">
-        <v>621</v>
+        <v>2949</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>668</v>
+        <v>917</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>623</v>
+        <v>2911</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>2951</v>
+        <v>2950</v>
       </c>
       <c r="F1057" t="s">
-        <v>2952</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="B1058" t="s">
-        <v>353</v>
+        <v>2951</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>354</v>
+        <v>627</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>355</v>
+        <v>2911</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>2953</v>
+        <v>2952</v>
       </c>
       <c r="F1058" t="s">
-        <v>2954</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="B1059" t="s">
-        <v>2955</v>
+        <v>2953</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>1226</v>
+        <v>97</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>431</v>
+        <v>2575</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>2956</v>
+        <v>2954</v>
       </c>
       <c r="F1059" t="s">
-        <v>2957</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="B1060" t="s">
-        <v>2958</v>
+        <v>2955</v>
       </c>
       <c r="C1060" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>58</v>
+        <v>2575</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>2959</v>
+        <v>2956</v>
       </c>
       <c r="F1060" t="s">
-        <v>2960</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="B1061" t="s">
-        <v>2961</v>
+        <v>2957</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>106</v>
+        <v>2575</v>
       </c>
       <c r="E1061" s="1" t="s">
-        <v>2962</v>
+        <v>2958</v>
       </c>
       <c r="F1061" t="s">
-        <v>2960</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="B1062" t="s">
-        <v>927</v>
+        <v>2959</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>928</v>
+        <v>1221</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>929</v>
+        <v>1222</v>
       </c>
       <c r="E1062" s="1" t="s">
-        <v>2963</v>
+        <v>2960</v>
       </c>
       <c r="F1062" t="s">
-        <v>2964</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1063" spans="1:6">
       <c r="A1063">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="B1063" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C1063" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D1063" s="1" t="s">
+        <v>2963</v>
+      </c>
+      <c r="E1063" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="F1063" t="s">
         <v>2965</v>
-      </c>
-[...10 lines deleted...]
-        <v>2969</v>
       </c>
     </row>
     <row r="1064" spans="1:6">
       <c r="A1064">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="B1064" t="s">
-        <v>2970</v>
+        <v>2966</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>1616</v>
+        <v>1698</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>1617</v>
+        <v>2963</v>
       </c>
       <c r="E1064" s="1" t="s">
-        <v>2971</v>
+        <v>2967</v>
       </c>
       <c r="F1064" t="s">
-        <v>2782</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1065" spans="1:6">
       <c r="A1065">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="B1065" t="s">
-        <v>2972</v>
+        <v>621</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>1571</v>
+        <v>668</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>1972</v>
+        <v>623</v>
       </c>
       <c r="E1065" s="1" t="s">
-        <v>2973</v>
+        <v>2968</v>
       </c>
       <c r="F1065" t="s">
-        <v>2782</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1066" spans="1:6">
       <c r="A1066">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="B1066" t="s">
-        <v>2974</v>
+        <v>2970</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>2975</v>
+        <v>1701</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>1576</v>
+        <v>2963</v>
       </c>
       <c r="E1066" s="1" t="s">
-        <v>2976</v>
+        <v>2971</v>
       </c>
       <c r="F1066" t="s">
-        <v>1692</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1067" spans="1:6">
       <c r="A1067">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="B1067" t="s">
-        <v>2977</v>
+        <v>2972</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>2978</v>
+        <v>1704</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>27</v>
+        <v>2963</v>
       </c>
       <c r="E1067" s="1" t="s">
-        <v>2979</v>
+        <v>2973</v>
       </c>
       <c r="F1067" t="s">
-        <v>2460</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1068" spans="1:6">
       <c r="A1068">
-        <v>112</v>
+        <v>132</v>
       </c>
       <c r="B1068" t="s">
-        <v>2980</v>
+        <v>2974</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>2981</v>
+        <v>354</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>2982</v>
+        <v>526</v>
       </c>
       <c r="E1068" s="1" t="s">
-        <v>2983</v>
+        <v>2975</v>
       </c>
       <c r="F1068" t="s">
-        <v>2984</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1069" spans="1:6">
       <c r="A1069">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="B1069" t="s">
-        <v>2985</v>
+        <v>549</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>2986</v>
+        <v>354</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>2987</v>
+        <v>526</v>
       </c>
       <c r="E1069" s="1" t="s">
-        <v>2988</v>
+        <v>2977</v>
       </c>
       <c r="F1069" t="s">
-        <v>2936</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1070" spans="1:6">
       <c r="A1070">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="B1070" t="s">
-        <v>2989</v>
+        <v>2979</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>2990</v>
+        <v>354</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>2991</v>
+        <v>526</v>
       </c>
       <c r="E1070" s="1" t="s">
-        <v>2992</v>
+        <v>2980</v>
       </c>
       <c r="F1070" t="s">
-        <v>2957</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1071" spans="1:6">
       <c r="A1071">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="B1071" t="s">
-        <v>2993</v>
+        <v>2981</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>955</v>
+        <v>2982</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>540</v>
+        <v>2983</v>
       </c>
       <c r="E1071" s="1" t="s">
-        <v>2994</v>
+        <v>2984</v>
       </c>
       <c r="F1071" t="s">
-        <v>2995</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1072" spans="1:6">
       <c r="A1072">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="B1072" t="s">
-        <v>2996</v>
+        <v>2986</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>2997</v>
+        <v>2987</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>2998</v>
+        <v>2988</v>
       </c>
       <c r="E1072" s="1" t="s">
-        <v>2999</v>
+        <v>2989</v>
       </c>
       <c r="F1072" t="s">
-        <v>2995</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1073" spans="1:6">
       <c r="A1073">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="B1073" t="s">
-        <v>3000</v>
+        <v>2991</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>3001</v>
+        <v>2992</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>3002</v>
+        <v>2988</v>
       </c>
       <c r="E1073" s="1" t="s">
-        <v>3003</v>
+        <v>2993</v>
       </c>
       <c r="F1073" t="s">
-        <v>2995</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1074" spans="1:6">
       <c r="A1074">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="B1074" t="s">
-        <v>3004</v>
+        <v>2994</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>3005</v>
+        <v>2995</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>3006</v>
+        <v>2988</v>
       </c>
       <c r="E1074" s="1" t="s">
-        <v>3003</v>
+        <v>2996</v>
       </c>
       <c r="F1074" t="s">
-        <v>2995</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1075" spans="1:6">
       <c r="A1075">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="B1075" t="s">
-        <v>3007</v>
+        <v>2998</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>3008</v>
+        <v>2999</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>350</v>
+        <v>2988</v>
       </c>
       <c r="E1075" s="1" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
       <c r="F1075" t="s">
-        <v>2995</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1076" spans="1:6">
       <c r="A1076">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="B1076" t="s">
-        <v>3009</v>
+        <v>3001</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>434</v>
+        <v>3002</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>435</v>
+        <v>3003</v>
       </c>
       <c r="E1076" s="1" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
       <c r="F1076" t="s">
-        <v>2995</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="1077" spans="1:6">
       <c r="A1077">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="B1077" t="s">
-        <v>3010</v>
+        <v>621</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>3011</v>
+        <v>668</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>3012</v>
+        <v>623</v>
       </c>
       <c r="E1077" s="1" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="F1077" t="s">
-        <v>2995</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1078" spans="1:6">
       <c r="A1078">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="B1078" t="s">
-        <v>3013</v>
+        <v>353</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3014</v>
+        <v>354</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>424</v>
+        <v>355</v>
       </c>
       <c r="E1078" s="1" t="s">
-        <v>3015</v>
+        <v>3007</v>
       </c>
       <c r="F1078" t="s">
-        <v>2995</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1079" spans="1:6">
       <c r="A1079">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="B1079" t="s">
-        <v>3016</v>
+        <v>3009</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3017</v>
+        <v>1225</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>1391</v>
+        <v>431</v>
       </c>
       <c r="E1079" s="1" t="s">
-        <v>3003</v>
+        <v>3010</v>
       </c>
       <c r="F1079" t="s">
-        <v>2995</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1080" spans="1:6">
       <c r="A1080">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="B1080" t="s">
-        <v>3018</v>
+        <v>3012</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3019</v>
+        <v>565</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>458</v>
+        <v>58</v>
       </c>
       <c r="E1080" s="1" t="s">
-        <v>3003</v>
+        <v>3013</v>
       </c>
       <c r="F1080" t="s">
-        <v>2995</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1081" spans="1:6">
       <c r="A1081">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="B1081" t="s">
-        <v>3020</v>
+        <v>3015</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>3021</v>
+        <v>565</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>395</v>
+        <v>106</v>
       </c>
       <c r="E1081" s="1" t="s">
-        <v>3003</v>
+        <v>3016</v>
       </c>
       <c r="F1081" t="s">
-        <v>2995</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1082" spans="1:6">
       <c r="A1082">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="B1082" t="s">
-        <v>3022</v>
+        <v>926</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>3023</v>
+        <v>927</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>3024</v>
+        <v>928</v>
       </c>
       <c r="E1082" s="1" t="s">
-        <v>3025</v>
+        <v>3017</v>
       </c>
       <c r="F1082" t="s">
-        <v>2995</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1083" spans="1:6">
       <c r="A1083">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="B1083" t="s">
-        <v>3026</v>
+        <v>3019</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>659</v>
+        <v>3020</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>3027</v>
+        <v>3021</v>
       </c>
       <c r="E1083" s="1" t="s">
-        <v>3028</v>
+        <v>3022</v>
       </c>
       <c r="F1083" t="s">
-        <v>3029</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="A1084">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="B1084" t="s">
-        <v>3030</v>
+        <v>3024</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>3031</v>
+        <v>1615</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>3032</v>
+        <v>1616</v>
       </c>
       <c r="E1084" s="1" t="s">
-        <v>3033</v>
+        <v>3025</v>
       </c>
       <c r="F1084" t="s">
-        <v>2995</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1085" spans="1:6">
       <c r="A1085">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="B1085" t="s">
-        <v>440</v>
+        <v>3026</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>555</v>
+        <v>1570</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>556</v>
+        <v>1989</v>
       </c>
       <c r="E1085" s="1" t="s">
-        <v>3034</v>
+        <v>3027</v>
       </c>
       <c r="F1085" t="s">
-        <v>3035</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1086" spans="1:6">
       <c r="A1086">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="B1086" t="s">
-        <v>3036</v>
+        <v>3028</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>555</v>
+        <v>3029</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>556</v>
+        <v>1575</v>
       </c>
       <c r="E1086" s="1" t="s">
-        <v>3037</v>
+        <v>3030</v>
       </c>
       <c r="F1086" t="s">
-        <v>3038</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="1087" spans="1:6">
       <c r="A1087">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="B1087" t="s">
-        <v>3039</v>
+        <v>3031</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>3040</v>
+        <v>3032</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>416</v>
+        <v>27</v>
       </c>
       <c r="E1087" s="1" t="s">
-        <v>3041</v>
+        <v>3033</v>
       </c>
       <c r="F1087" t="s">
-        <v>2995</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="1088" spans="1:6">
       <c r="A1088">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="B1088" t="s">
-        <v>3042</v>
+        <v>3034</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>3043</v>
+        <v>3035</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>141</v>
+        <v>3036</v>
       </c>
       <c r="E1088" s="1" t="s">
-        <v>3003</v>
+        <v>3037</v>
       </c>
       <c r="F1088" t="s">
-        <v>2995</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1089" spans="1:6">
       <c r="A1089">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="B1089" t="s">
-        <v>3044</v>
+        <v>3039</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3045</v>
+        <v>3040</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3046</v>
+        <v>3041</v>
       </c>
       <c r="E1089" s="1" t="s">
-        <v>3003</v>
+        <v>3042</v>
       </c>
       <c r="F1089" t="s">
-        <v>2995</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1090" spans="1:6">
       <c r="A1090">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="B1090" t="s">
-        <v>3047</v>
+        <v>3043</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3048</v>
+        <v>3044</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3049</v>
+        <v>3045</v>
       </c>
       <c r="E1090" s="1" t="s">
-        <v>3050</v>
+        <v>3046</v>
       </c>
       <c r="F1090" t="s">
-        <v>2995</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1091" spans="1:6">
       <c r="A1091">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="B1091" t="s">
-        <v>3051</v>
+        <v>3047</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>3052</v>
+        <v>954</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>3053</v>
+        <v>540</v>
       </c>
       <c r="E1091" s="1" t="s">
-        <v>3041</v>
+        <v>3048</v>
       </c>
       <c r="F1091" t="s">
-        <v>2995</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="A1092">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="B1092" t="s">
-        <v>3054</v>
+        <v>3050</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3055</v>
+        <v>3051</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3056</v>
+        <v>3052</v>
       </c>
       <c r="E1092" s="1" t="s">
-        <v>3057</v>
+        <v>3053</v>
       </c>
       <c r="F1092" t="s">
-        <v>3058</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1093" spans="1:6">
       <c r="A1093">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="B1093" t="s">
-        <v>3059</v>
+        <v>3054</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3060</v>
+        <v>3055</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3061</v>
+        <v>3056</v>
       </c>
       <c r="E1093" s="1" t="s">
-        <v>3062</v>
+        <v>3057</v>
       </c>
       <c r="F1093" t="s">
-        <v>3063</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1094" spans="1:6">
       <c r="A1094">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="B1094" t="s">
-        <v>3064</v>
+        <v>3058</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3065</v>
+        <v>3059</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>106</v>
+        <v>3060</v>
       </c>
       <c r="E1094" s="1" t="s">
-        <v>3066</v>
+        <v>3057</v>
       </c>
       <c r="F1094" t="s">
-        <v>3067</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1095" spans="1:6">
       <c r="A1095">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="B1095" t="s">
-        <v>3068</v>
+        <v>3061</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3069</v>
+        <v>3062</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>2934</v>
+        <v>350</v>
       </c>
       <c r="E1095" s="1" t="s">
-        <v>3070</v>
+        <v>3053</v>
       </c>
       <c r="F1095" t="s">
-        <v>3071</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1096" spans="1:6">
       <c r="A1096">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="B1096" t="s">
-        <v>3072</v>
+        <v>3063</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>3073</v>
+        <v>434</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>1223</v>
+        <v>435</v>
       </c>
       <c r="E1096" s="1" t="s">
-        <v>3074</v>
+        <v>3057</v>
       </c>
       <c r="F1096" t="s">
-        <v>3075</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1097" spans="1:6">
       <c r="A1097">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="B1097" t="s">
-        <v>3076</v>
+        <v>3064</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3077</v>
+        <v>3065</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>526</v>
+        <v>3066</v>
       </c>
       <c r="E1097" s="1" t="s">
-        <v>3078</v>
+        <v>3057</v>
       </c>
       <c r="F1097" t="s">
-        <v>3079</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="A1098">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="B1098" t="s">
-        <v>3080</v>
+        <v>3067</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3081</v>
+        <v>3068</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>27</v>
+        <v>424</v>
       </c>
       <c r="E1098" s="1" t="s">
-        <v>3082</v>
+        <v>3069</v>
       </c>
       <c r="F1098" t="s">
-        <v>3083</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1099" spans="1:6">
       <c r="A1099">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="B1099" t="s">
-        <v>3084</v>
+        <v>3070</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3085</v>
+        <v>3071</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>1608</v>
+        <v>1390</v>
       </c>
       <c r="E1099" s="1" t="s">
-        <v>3086</v>
+        <v>3057</v>
       </c>
       <c r="F1099" t="s">
-        <v>3087</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1100" spans="1:6">
       <c r="A1100">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="B1100" t="s">
-        <v>3088</v>
+        <v>3072</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3089</v>
+        <v>3073</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>3090</v>
+        <v>458</v>
       </c>
       <c r="E1100" s="1" t="s">
-        <v>3091</v>
+        <v>3057</v>
       </c>
       <c r="F1100" t="s">
-        <v>3092</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1101" spans="1:6">
       <c r="A1101">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="B1101" t="s">
-        <v>3093</v>
+        <v>3074</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3043</v>
+        <v>3075</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>3032</v>
+        <v>395</v>
       </c>
       <c r="E1101" s="1" t="s">
-        <v>3094</v>
+        <v>3057</v>
       </c>
       <c r="F1101" t="s">
-        <v>2721</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1102" spans="1:6">
       <c r="A1102">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="B1102" t="s">
-        <v>3095</v>
+        <v>440</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>3096</v>
+        <v>441</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>3097</v>
+        <v>442</v>
       </c>
       <c r="E1102" s="1" t="s">
-        <v>3098</v>
+        <v>3076</v>
       </c>
       <c r="F1102" t="s">
-        <v>3099</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="1103" spans="1:6">
       <c r="A1103">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="B1103" t="s">
-        <v>3100</v>
+        <v>3077</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3101</v>
+        <v>3078</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3102</v>
+        <v>3079</v>
       </c>
       <c r="E1103" s="1" t="s">
-        <v>3103</v>
+        <v>3080</v>
       </c>
       <c r="F1103" t="s">
-        <v>3104</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1104" spans="1:6">
       <c r="A1104">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="B1104" t="s">
-        <v>3105</v>
+        <v>3081</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>955</v>
+        <v>659</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>540</v>
+        <v>3082</v>
       </c>
       <c r="E1104" s="1" t="s">
-        <v>3106</v>
+        <v>3083</v>
       </c>
       <c r="F1104" t="s">
-        <v>3107</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="1105" spans="1:6">
       <c r="A1105">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="B1105" t="s">
-        <v>3108</v>
+        <v>3085</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3065</v>
+        <v>3086</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3109</v>
+        <v>3087</v>
       </c>
       <c r="E1105" s="1" t="s">
-        <v>3110</v>
+        <v>3088</v>
       </c>
       <c r="F1105" t="s">
-        <v>3111</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1106" spans="1:6">
       <c r="A1106">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B1106" t="s">
-        <v>3112</v>
+        <v>440</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>3113</v>
+        <v>555</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>3114</v>
+        <v>556</v>
       </c>
       <c r="E1106" s="1" t="s">
-        <v>3115</v>
+        <v>3089</v>
       </c>
       <c r="F1106" t="s">
-        <v>3116</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="1107" spans="1:6">
       <c r="A1107">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B1107" t="s">
-        <v>3117</v>
+        <v>3091</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>3118</v>
+        <v>555</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>3119</v>
+        <v>556</v>
       </c>
       <c r="E1107" s="1" t="s">
-        <v>3120</v>
+        <v>3092</v>
       </c>
       <c r="F1107" t="s">
-        <v>3121</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1108" spans="1:6">
       <c r="A1108">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="B1108" t="s">
-        <v>3122</v>
+        <v>3094</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3123</v>
+        <v>3095</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>3124</v>
+        <v>416</v>
       </c>
       <c r="E1108" s="1" t="s">
-        <v>3125</v>
+        <v>3096</v>
       </c>
       <c r="F1108" t="s">
-        <v>3126</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1109" spans="1:6">
       <c r="A1109">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="B1109" t="s">
-        <v>3127</v>
+        <v>3097</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3128</v>
+        <v>3098</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>3129</v>
+        <v>141</v>
       </c>
       <c r="E1109" s="1" t="s">
-        <v>3130</v>
+        <v>3057</v>
       </c>
       <c r="F1109" t="s">
-        <v>3131</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1110" spans="1:6">
       <c r="A1110">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="B1110" t="s">
-        <v>3132</v>
+        <v>3099</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3133</v>
+        <v>3100</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>3134</v>
+        <v>3101</v>
       </c>
       <c r="E1110" s="1" t="s">
-        <v>3135</v>
+        <v>3057</v>
       </c>
       <c r="F1110" t="s">
-        <v>3136</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1111" spans="1:6">
       <c r="A1111">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="B1111" t="s">
-        <v>3137</v>
+        <v>3102</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>3138</v>
+        <v>3103</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>3139</v>
+        <v>3104</v>
       </c>
       <c r="E1111" s="1" t="s">
-        <v>3140</v>
+        <v>3105</v>
       </c>
       <c r="F1111" t="s">
-        <v>3141</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="A1112">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="B1112" t="s">
-        <v>3142</v>
+        <v>3106</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>3143</v>
+        <v>3107</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>3144</v>
+        <v>3108</v>
       </c>
       <c r="E1112" s="1" t="s">
-        <v>3145</v>
+        <v>3096</v>
       </c>
       <c r="F1112" t="s">
-        <v>3146</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="B1113" t="s">
-        <v>3147</v>
+        <v>3109</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3065</v>
+        <v>3110</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>58</v>
+        <v>3111</v>
       </c>
       <c r="E1113" s="1" t="s">
-        <v>3148</v>
+        <v>3112</v>
       </c>
       <c r="F1113" t="s">
-        <v>3149</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B1114" t="s">
-        <v>3150</v>
+        <v>3114</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3151</v>
+        <v>3115</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>3152</v>
+        <v>3116</v>
       </c>
       <c r="E1114" s="1" t="s">
-        <v>3153</v>
+        <v>3117</v>
       </c>
       <c r="F1114" t="s">
-        <v>3154</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="B1115" t="s">
-        <v>3155</v>
+        <v>3119</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3156</v>
+        <v>3120</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>3157</v>
+        <v>106</v>
       </c>
       <c r="E1115" s="1" t="s">
-        <v>3158</v>
+        <v>3121</v>
       </c>
       <c r="F1115" t="s">
-        <v>3159</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1116" spans="1:6">
       <c r="A1116">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B1116" t="s">
-        <v>3160</v>
+        <v>3123</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>3156</v>
+        <v>3124</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>3161</v>
+        <v>2988</v>
       </c>
       <c r="E1116" s="1" t="s">
-        <v>3162</v>
+        <v>3125</v>
       </c>
       <c r="F1116" t="s">
-        <v>3163</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1117" spans="1:6">
       <c r="A1117">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="B1117" t="s">
-        <v>3164</v>
+        <v>3127</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3165</v>
+        <v>3128</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>3166</v>
+        <v>1222</v>
       </c>
       <c r="E1117" s="1" t="s">
-        <v>3167</v>
+        <v>3129</v>
       </c>
       <c r="F1117" t="s">
-        <v>3168</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1118" spans="1:6">
       <c r="A1118">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="B1118" t="s">
-        <v>3169</v>
+        <v>3131</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3170</v>
+        <v>3132</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>3171</v>
+        <v>526</v>
       </c>
       <c r="E1118" s="1" t="s">
-        <v>3172</v>
+        <v>3133</v>
       </c>
       <c r="F1118" t="s">
-        <v>3107</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1119" spans="1:6">
       <c r="A1119">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="B1119" t="s">
-        <v>2958</v>
+        <v>3135</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>3173</v>
+        <v>3136</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>3002</v>
+        <v>27</v>
       </c>
       <c r="E1119" s="1" t="s">
-        <v>3174</v>
+        <v>3137</v>
       </c>
       <c r="F1119" t="s">
-        <v>3175</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="A1120">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="B1120" t="s">
-        <v>3176</v>
+        <v>3139</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3177</v>
+        <v>3140</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>2998</v>
+        <v>1607</v>
       </c>
       <c r="E1120" s="1" t="s">
-        <v>3178</v>
+        <v>3141</v>
       </c>
       <c r="F1120" t="s">
-        <v>3179</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1121" spans="1:6">
       <c r="A1121">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="B1121" t="s">
-        <v>3180</v>
+        <v>3143</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3181</v>
+        <v>3144</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>3006</v>
+        <v>3145</v>
       </c>
       <c r="E1121" s="1" t="s">
-        <v>3182</v>
+        <v>3146</v>
       </c>
       <c r="F1121" t="s">
-        <v>3179</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="1122" spans="1:6">
       <c r="A1122">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="B1122" t="s">
-        <v>3183</v>
+        <v>3148</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>3184</v>
+        <v>3098</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>3185</v>
+        <v>3087</v>
       </c>
       <c r="E1122" s="1" t="s">
-        <v>3182</v>
+        <v>3149</v>
       </c>
       <c r="F1122" t="s">
-        <v>3179</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="1123" spans="1:6">
       <c r="A1123">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="B1123" t="s">
-        <v>3186</v>
+        <v>3150</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3187</v>
+        <v>3151</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>435</v>
+        <v>3152</v>
       </c>
       <c r="E1123" s="1" t="s">
-        <v>3182</v>
+        <v>3153</v>
       </c>
       <c r="F1123" t="s">
-        <v>3179</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="A1124">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="B1124" t="s">
-        <v>3186</v>
+        <v>3155</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3187</v>
+        <v>3156</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>435</v>
+        <v>3157</v>
       </c>
       <c r="E1124" s="1" t="s">
-        <v>3182</v>
+        <v>3158</v>
       </c>
       <c r="F1124" t="s">
-        <v>3179</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="1125" spans="1:6">
       <c r="A1125">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="B1125" t="s">
-        <v>3188</v>
+        <v>3160</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3040</v>
+        <v>954</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>416</v>
+        <v>540</v>
       </c>
       <c r="E1125" s="1" t="s">
-        <v>3189</v>
+        <v>3161</v>
       </c>
       <c r="F1125" t="s">
-        <v>3179</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1126" spans="1:6">
       <c r="A1126">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="B1126" t="s">
-        <v>3190</v>
+        <v>3163</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3191</v>
+        <v>3120</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>428</v>
+        <v>3164</v>
       </c>
       <c r="E1126" s="1" t="s">
-        <v>3182</v>
+        <v>3165</v>
       </c>
       <c r="F1126" t="s">
-        <v>3179</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="1127" spans="1:6">
       <c r="A1127">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="B1127" t="s">
-        <v>3192</v>
+        <v>3167</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3193</v>
+        <v>3168</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>1391</v>
+        <v>3169</v>
       </c>
       <c r="E1127" s="1" t="s">
-        <v>3182</v>
+        <v>3170</v>
       </c>
       <c r="F1127" t="s">
-        <v>3179</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="A1128">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="B1128" t="s">
-        <v>524</v>
+        <v>3172</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3194</v>
+        <v>3173</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>395</v>
+        <v>3174</v>
       </c>
       <c r="E1128" s="1" t="s">
-        <v>3182</v>
+        <v>3175</v>
       </c>
       <c r="F1128" t="s">
-        <v>3179</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1129" spans="1:6">
       <c r="A1129">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="B1129" t="s">
-        <v>983</v>
+        <v>3177</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>984</v>
+        <v>3178</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>985</v>
+        <v>3179</v>
       </c>
       <c r="E1129" s="1" t="s">
-        <v>3195</v>
+        <v>3180</v>
       </c>
       <c r="F1129" t="s">
-        <v>3196</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="1130" spans="1:6">
       <c r="A1130">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="B1130" t="s">
-        <v>542</v>
+        <v>3182</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3165</v>
+        <v>3183</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>544</v>
+        <v>3184</v>
       </c>
       <c r="E1130" s="1" t="s">
-        <v>3197</v>
+        <v>3185</v>
       </c>
       <c r="F1130" t="s">
-        <v>3198</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="1131" spans="1:6">
       <c r="A1131">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="B1131" t="s">
-        <v>3199</v>
+        <v>3187</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3200</v>
+        <v>3188</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>1834</v>
+        <v>3189</v>
       </c>
       <c r="E1131" s="1" t="s">
-        <v>3201</v>
+        <v>3190</v>
       </c>
       <c r="F1131" t="s">
-        <v>3202</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1132" spans="1:6">
       <c r="A1132">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B1132" t="s">
-        <v>3203</v>
+        <v>3192</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>959</v>
+        <v>3193</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>960</v>
+        <v>3194</v>
       </c>
       <c r="E1132" s="1" t="s">
-        <v>3204</v>
+        <v>3195</v>
       </c>
       <c r="F1132" t="s">
-        <v>3205</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1133" spans="1:6">
       <c r="A1133">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="B1133" t="s">
-        <v>3206</v>
+        <v>3197</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3048</v>
+        <v>3198</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3049</v>
+        <v>3199</v>
       </c>
       <c r="E1133" s="1" t="s">
-        <v>3207</v>
+        <v>3200</v>
       </c>
       <c r="F1133" t="s">
-        <v>3179</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="A1134">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="B1134" t="s">
-        <v>3208</v>
+        <v>3202</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>3209</v>
+        <v>3120</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="E1134" s="1" t="s">
-        <v>3182</v>
+        <v>3203</v>
       </c>
       <c r="F1134" t="s">
-        <v>3179</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="A1135">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B1135" t="s">
-        <v>3210</v>
+        <v>3205</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>457</v>
+        <v>3206</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>458</v>
+        <v>3207</v>
       </c>
       <c r="E1135" s="1" t="s">
-        <v>3182</v>
+        <v>3208</v>
       </c>
       <c r="F1135" t="s">
-        <v>3179</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1136" spans="1:6">
       <c r="A1136">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="B1136" t="s">
+        <v>3210</v>
+      </c>
+      <c r="C1136" s="1" t="s">
         <v>3211</v>
       </c>
-      <c r="C1136" s="1" t="s">
+      <c r="D1136" s="1" t="s">
         <v>3212</v>
       </c>
-      <c r="D1136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1136" s="1" t="s">
-        <v>3178</v>
+        <v>3213</v>
       </c>
       <c r="F1136" t="s">
-        <v>3213</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="A1137">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B1137" t="s">
-        <v>3214</v>
+        <v>3215</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3215</v>
+        <v>3211</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>424</v>
+        <v>3216</v>
       </c>
       <c r="E1137" s="1" t="s">
-        <v>3216</v>
+        <v>3217</v>
       </c>
       <c r="F1137" t="s">
-        <v>3179</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1138" spans="1:6">
       <c r="A1138">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="B1138" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3046</v>
+        <v>3221</v>
       </c>
       <c r="E1138" s="1" t="s">
-        <v>3182</v>
+        <v>3222</v>
       </c>
       <c r="F1138" t="s">
-        <v>3179</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="1139" spans="1:6">
       <c r="A1139">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="B1139" t="s">
-        <v>3219</v>
+        <v>3224</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>972</v>
+        <v>3225</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3220</v>
+        <v>3226</v>
       </c>
       <c r="E1139" s="1" t="s">
-        <v>3221</v>
+        <v>3227</v>
       </c>
       <c r="F1139" t="s">
-        <v>3222</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="1140" spans="1:6">
       <c r="A1140">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="B1140" t="s">
-        <v>3223</v>
+        <v>3012</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>1347</v>
+        <v>3056</v>
       </c>
       <c r="E1140" s="1" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="F1140" t="s">
-        <v>3226</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1141" spans="1:6">
       <c r="A1141">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="B1141" t="s">
-        <v>1657</v>
+        <v>3231</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>1658</v>
+        <v>3232</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>106</v>
+        <v>3052</v>
       </c>
       <c r="E1141" s="1" t="s">
-        <v>1659</v>
+        <v>3233</v>
       </c>
       <c r="F1141" t="s">
-        <v>3227</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1142" spans="1:6">
       <c r="A1142">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B1142" t="s">
-        <v>3228</v>
+        <v>3235</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>1390</v>
+        <v>3236</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>1440</v>
+        <v>3060</v>
       </c>
       <c r="E1142" s="1" t="s">
-        <v>1441</v>
+        <v>3237</v>
       </c>
       <c r="F1142" t="s">
-        <v>1442</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1143" spans="1:6">
       <c r="A1143">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="B1143" t="s">
-        <v>1207</v>
+        <v>3238</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>152</v>
+        <v>3239</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>153</v>
+        <v>3240</v>
       </c>
       <c r="E1143" s="1" t="s">
-        <v>3229</v>
+        <v>3237</v>
       </c>
       <c r="F1143" t="s">
-        <v>3230</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1144" spans="1:6">
       <c r="A1144">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="B1144" t="s">
-        <v>3231</v>
+        <v>3241</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3232</v>
+        <v>3242</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>316</v>
+        <v>435</v>
       </c>
       <c r="E1144" s="1" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
       <c r="F1144" t="s">
-        <v>1498</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1145" spans="1:6">
       <c r="A1145">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="B1145" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C1145" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="D1145" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1145" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="F1145" t="s">
         <v>3234</v>
-      </c>
-[...10 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="1146" spans="1:6">
       <c r="A1146">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="B1146" t="s">
-        <v>3237</v>
+        <v>3243</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3235</v>
+        <v>3095</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>323</v>
+        <v>416</v>
       </c>
       <c r="E1146" s="1" t="s">
-        <v>3238</v>
+        <v>3244</v>
       </c>
       <c r="F1146" t="s">
-        <v>1498</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1147" spans="1:6">
       <c r="A1147">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="B1147" t="s">
-        <v>538</v>
+        <v>3245</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>539</v>
+        <v>3246</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>540</v>
+        <v>428</v>
       </c>
       <c r="E1147" s="1" t="s">
-        <v>3239</v>
+        <v>3237</v>
       </c>
       <c r="F1147" t="s">
-        <v>3240</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1148" spans="1:6">
       <c r="A1148">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="B1148" t="s">
-        <v>3241</v>
+        <v>3247</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>2966</v>
+        <v>3248</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>2967</v>
+        <v>1390</v>
       </c>
       <c r="E1148" s="1" t="s">
-        <v>3242</v>
+        <v>3237</v>
       </c>
       <c r="F1148" t="s">
-        <v>3243</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1149" spans="1:6">
       <c r="A1149">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="B1149" t="s">
-        <v>903</v>
+        <v>524</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>904</v>
+        <v>3249</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>905</v>
+        <v>395</v>
       </c>
       <c r="E1149" s="1" t="s">
-        <v>3244</v>
+        <v>3237</v>
       </c>
       <c r="F1149" t="s">
-        <v>3245</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1150" spans="1:6">
       <c r="A1150">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="B1150" t="s">
-        <v>3246</v>
+        <v>982</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3247</v>
+        <v>983</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>111</v>
+        <v>984</v>
       </c>
       <c r="E1150" s="1" t="s">
-        <v>3248</v>
+        <v>3250</v>
       </c>
       <c r="F1150" t="s">
-        <v>1454</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="1151" spans="1:6">
       <c r="A1151">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="B1151" t="s">
-        <v>3249</v>
+        <v>542</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3250</v>
+        <v>3220</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>111</v>
+        <v>544</v>
       </c>
       <c r="E1151" s="1" t="s">
-        <v>1672</v>
+        <v>3252</v>
       </c>
       <c r="F1151" t="s">
-        <v>1673</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="1152" spans="1:6">
       <c r="A1152">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="B1152" t="s">
-        <v>3251</v>
+        <v>3254</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3247</v>
+        <v>3255</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>1305</v>
+        <v>1851</v>
       </c>
       <c r="E1152" s="1" t="s">
-        <v>3252</v>
+        <v>3256</v>
       </c>
       <c r="F1152" t="s">
-        <v>2820</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1153" spans="1:6">
       <c r="A1153">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="B1153" t="s">
-        <v>3253</v>
+        <v>3258</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>3247</v>
+        <v>958</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>3254</v>
+        <v>959</v>
       </c>
       <c r="E1153" s="1" t="s">
-        <v>2821</v>
+        <v>3259</v>
       </c>
       <c r="F1153" t="s">
-        <v>2820</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1154" spans="1:6">
       <c r="A1154">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="B1154" t="s">
-        <v>3255</v>
+        <v>3261</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3256</v>
+        <v>3103</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3257</v>
+        <v>3104</v>
       </c>
       <c r="E1154" s="1" t="s">
-        <v>2598</v>
+        <v>3262</v>
       </c>
       <c r="F1154" t="s">
-        <v>2588</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1155" spans="1:6">
       <c r="A1155">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="B1155" t="s">
-        <v>3258</v>
+        <v>3263</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3259</v>
+        <v>3264</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>3260</v>
+        <v>141</v>
       </c>
       <c r="E1155" s="1" t="s">
-        <v>3261</v>
+        <v>3237</v>
       </c>
       <c r="F1155" t="s">
-        <v>1520</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1156" spans="1:6">
       <c r="A1156">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="B1156" t="s">
-        <v>3262</v>
+        <v>3265</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>3263</v>
+        <v>457</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>3264</v>
+        <v>458</v>
       </c>
       <c r="E1156" s="1" t="s">
-        <v>3265</v>
+        <v>3237</v>
       </c>
       <c r="F1156" t="s">
-        <v>1504</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1157" spans="1:6">
       <c r="A1157">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="B1157" t="s">
         <v>3266</v>
       </c>
       <c r="C1157" s="1" t="s">
         <v>3267</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>3053</v>
+        <v>350</v>
       </c>
       <c r="E1157" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="F1157" t="s">
         <v>3268</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="1158" spans="1:6">
       <c r="A1158">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="B1158" t="s">
         <v>3269</v>
       </c>
       <c r="C1158" s="1" t="s">
         <v>3270</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>2987</v>
+        <v>424</v>
       </c>
       <c r="E1158" s="1" t="s">
         <v>3271</v>
       </c>
       <c r="F1158" t="s">
-        <v>1450</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1159" spans="1:6">
       <c r="A1159">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="B1159" t="s">
         <v>3272</v>
       </c>
       <c r="C1159" s="1" t="s">
         <v>3273</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3274</v>
+        <v>3101</v>
       </c>
       <c r="E1159" s="1" t="s">
-        <v>3275</v>
+        <v>3237</v>
       </c>
       <c r="F1159" t="s">
-        <v>1450</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="1160" spans="1:6">
       <c r="A1160">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="B1160" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C1160" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D1160" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="E1160" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="C1160" s="1" t="s">
+      <c r="F1160" t="s">
         <v>3277</v>
-      </c>
-[...7 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="1161" spans="1:6">
       <c r="A1161">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="B1161" t="s">
-        <v>348</v>
+        <v>3278</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>349</v>
+        <v>3279</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>350</v>
+        <v>1346</v>
       </c>
       <c r="E1161" s="1" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="F1161" t="s">
-        <v>3280</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="1162" spans="1:6">
       <c r="A1162">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="B1162" t="s">
-        <v>3281</v>
+        <v>1656</v>
       </c>
       <c r="C1162" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D1162" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1162" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F1162" t="s">
         <v>3282</v>
-      </c>
-[...7 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="1163" spans="1:6">
       <c r="A1163">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="B1163" t="s">
-        <v>348</v>
+        <v>3283</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>3283</v>
+        <v>1389</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>350</v>
+        <v>1439</v>
       </c>
       <c r="E1163" s="1" t="s">
-        <v>3284</v>
+        <v>1440</v>
       </c>
       <c r="F1163" t="s">
-        <v>1450</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="1164" spans="1:6">
       <c r="A1164">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="B1164" t="s">
-        <v>433</v>
+        <v>1206</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>434</v>
+        <v>152</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>435</v>
+        <v>153</v>
       </c>
       <c r="E1164" s="1" t="s">
-        <v>3278</v>
+        <v>3284</v>
       </c>
       <c r="F1164" t="s">
-        <v>1450</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="1165" spans="1:6">
       <c r="A1165">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="B1165" t="s">
-        <v>426</v>
+        <v>3286</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>427</v>
+        <v>3287</v>
       </c>
       <c r="D1165" s="1" t="s">
-        <v>428</v>
+        <v>316</v>
       </c>
       <c r="E1165" s="1" t="s">
-        <v>3278</v>
+        <v>3288</v>
       </c>
       <c r="F1165" t="s">
-        <v>1450</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="1166" spans="1:6">
       <c r="A1166">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="B1166" t="s">
-        <v>422</v>
+        <v>538</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>423</v>
+        <v>3289</v>
       </c>
       <c r="D1166" s="1" t="s">
-        <v>424</v>
+        <v>540</v>
       </c>
       <c r="E1166" s="1" t="s">
-        <v>3285</v>
+        <v>3290</v>
       </c>
       <c r="F1166" t="s">
-        <v>1450</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1167" spans="1:6">
       <c r="A1167">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="B1167" t="s">
-        <v>3286</v>
+        <v>3291</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>3287</v>
+        <v>3292</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>3288</v>
+        <v>718</v>
       </c>
       <c r="E1167" s="1" t="s">
-        <v>3278</v>
+        <v>3293</v>
       </c>
       <c r="F1167" t="s">
-        <v>1450</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="1168" spans="1:6">
       <c r="A1168">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B1168" t="s">
-        <v>456</v>
+        <v>3294</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>457</v>
+        <v>3292</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>458</v>
+        <v>323</v>
       </c>
       <c r="E1168" s="1" t="s">
-        <v>3278</v>
+        <v>3295</v>
       </c>
       <c r="F1168" t="s">
-        <v>1450</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="1169" spans="1:6">
       <c r="A1169">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="B1169" t="s">
-        <v>393</v>
+        <v>538</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>394</v>
+        <v>539</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>395</v>
+        <v>540</v>
       </c>
       <c r="E1169" s="1" t="s">
-        <v>3278</v>
+        <v>3296</v>
       </c>
       <c r="F1169" t="s">
-        <v>1450</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="1170" spans="1:6">
       <c r="A1170">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="B1170" t="s">
-        <v>3289</v>
+        <v>3298</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3290</v>
+        <v>3020</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3024</v>
+        <v>3021</v>
       </c>
       <c r="E1170" s="1" t="s">
-        <v>3291</v>
+        <v>3299</v>
       </c>
       <c r="F1170" t="s">
-        <v>1450</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1171" spans="1:6">
       <c r="A1171">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="B1171" t="s">
-        <v>459</v>
+        <v>902</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>3292</v>
+        <v>903</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>461</v>
+        <v>904</v>
       </c>
       <c r="E1171" s="1" t="s">
-        <v>3293</v>
+        <v>3301</v>
       </c>
       <c r="F1171" t="s">
-        <v>1450</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="1172" spans="1:6">
       <c r="A1172">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="B1172" t="s">
-        <v>358</v>
+        <v>3303</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3294</v>
+        <v>3304</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>360</v>
+        <v>111</v>
       </c>
       <c r="E1172" s="1" t="s">
-        <v>3295</v>
+        <v>3305</v>
       </c>
       <c r="F1172" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1173" spans="1:6">
       <c r="A1173">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="B1173" t="s">
-        <v>414</v>
+        <v>3306</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3296</v>
+        <v>3307</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>416</v>
+        <v>111</v>
       </c>
       <c r="E1173" s="1" t="s">
-        <v>3268</v>
+        <v>1671</v>
       </c>
       <c r="F1173" t="s">
-        <v>1450</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="1174" spans="1:6">
       <c r="A1174">
+        <v>23</v>
+      </c>
+      <c r="B1174" t="s">
+        <v>3308</v>
+      </c>
+      <c r="C1174" s="1" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D1174" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E1174" s="1" t="s">
+        <v>3309</v>
+      </c>
+      <c r="F1174" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:6">
+      <c r="A1175">
+        <v>22</v>
+      </c>
+      <c r="B1175" t="s">
+        <v>3310</v>
+      </c>
+      <c r="C1175" s="1" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D1175" s="1" t="s">
+        <v>3311</v>
+      </c>
+      <c r="E1175" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="F1175" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:6">
+      <c r="A1176">
+        <v>21</v>
+      </c>
+      <c r="B1176" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C1176" s="1" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D1176" s="1" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E1176" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F1176" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:6">
+      <c r="A1177">
+        <v>20</v>
+      </c>
+      <c r="B1177" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C1177" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="D1177" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="E1177" s="1" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F1177" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:6">
+      <c r="A1178">
+        <v>19</v>
+      </c>
+      <c r="B1178" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C1178" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D1178" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="E1178" s="1" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F1178" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:6">
+      <c r="A1179">
+        <v>18</v>
+      </c>
+      <c r="B1179" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C1179" s="1" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D1179" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="E1179" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="F1179" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:6">
+      <c r="A1180">
+        <v>17</v>
+      </c>
+      <c r="B1180" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C1180" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D1180" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="E1180" s="1" t="s">
+        <v>3328</v>
+      </c>
+      <c r="F1180" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:6">
+      <c r="A1181">
+        <v>16</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>3329</v>
+      </c>
+      <c r="C1181" s="1" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D1181" s="1" t="s">
+        <v>3331</v>
+      </c>
+      <c r="E1181" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="F1181" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:6">
+      <c r="A1182">
+        <v>15</v>
+      </c>
+      <c r="B1182" t="s">
+        <v>3333</v>
+      </c>
+      <c r="C1182" s="1" t="s">
+        <v>3334</v>
+      </c>
+      <c r="D1182" s="1" t="s">
+        <v>3056</v>
+      </c>
+      <c r="E1182" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1182" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:6">
+      <c r="A1183">
+        <v>15</v>
+      </c>
+      <c r="B1183" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1183" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D1183" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1183" s="1" t="s">
+        <v>3336</v>
+      </c>
+      <c r="F1183" t="s">
+        <v>3337</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:6">
+      <c r="A1184">
+        <v>14</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>3338</v>
+      </c>
+      <c r="C1184" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="D1184" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="E1184" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1184" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:6">
+      <c r="A1185">
+        <v>14</v>
+      </c>
+      <c r="B1185" t="s">
+        <v>433</v>
+      </c>
+      <c r="C1185" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D1185" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1185" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="F1185" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:6">
+      <c r="A1186">
+        <v>13</v>
+      </c>
+      <c r="B1186" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1186" s="1" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D1186" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1186" s="1" t="s">
+        <v>3342</v>
+      </c>
+      <c r="F1186" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:6">
+      <c r="A1187">
+        <v>13</v>
+      </c>
+      <c r="B1187" t="s">
+        <v>426</v>
+      </c>
+      <c r="C1187" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D1187" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E1187" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="F1187" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:6">
+      <c r="A1188">
+        <v>12</v>
+      </c>
+      <c r="B1188" t="s">
+        <v>433</v>
+      </c>
+      <c r="C1188" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D1188" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1188" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1188" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:6">
+      <c r="A1189">
+        <v>12</v>
+      </c>
+      <c r="B1189" t="s">
+        <v>422</v>
+      </c>
+      <c r="C1189" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D1189" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E1189" s="1" t="s">
+        <v>3343</v>
+      </c>
+      <c r="F1189" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:6">
+      <c r="A1190">
+        <v>11</v>
+      </c>
+      <c r="B1190" t="s">
+        <v>426</v>
+      </c>
+      <c r="C1190" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D1190" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E1190" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1190" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:6">
+      <c r="A1191">
+        <v>10</v>
+      </c>
+      <c r="B1191" t="s">
+        <v>422</v>
+      </c>
+      <c r="C1191" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D1191" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E1191" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="F1191" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:6">
+      <c r="A1192">
+        <v>10</v>
+      </c>
+      <c r="B1192" t="s">
+        <v>456</v>
+      </c>
+      <c r="C1192" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D1192" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E1192" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="F1192" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:6">
+      <c r="A1193">
+        <v>9</v>
+      </c>
+      <c r="B1193" t="s">
+        <v>3345</v>
+      </c>
+      <c r="C1193" s="1" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D1193" s="1" t="s">
+        <v>3347</v>
+      </c>
+      <c r="E1193" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1193" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:6">
+      <c r="A1194">
+        <v>9</v>
+      </c>
+      <c r="B1194" t="s">
+        <v>393</v>
+      </c>
+      <c r="C1194" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D1194" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E1194" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="F1194" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:6">
+      <c r="A1195">
+        <v>8</v>
+      </c>
+      <c r="B1195" t="s">
+        <v>456</v>
+      </c>
+      <c r="C1195" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D1195" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E1195" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1195" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:6">
+      <c r="A1196">
+        <v>7</v>
+      </c>
+      <c r="B1196" t="s">
+        <v>393</v>
+      </c>
+      <c r="C1196" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D1196" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E1196" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F1196" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:6">
+      <c r="A1197">
+        <v>6</v>
+      </c>
+      <c r="B1197" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C1197" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="D1197" s="1" t="s">
+        <v>3079</v>
+      </c>
+      <c r="E1197" s="1" t="s">
+        <v>3351</v>
+      </c>
+      <c r="F1197" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:6">
+      <c r="A1198">
+        <v>6</v>
+      </c>
+      <c r="B1198" t="s">
+        <v>358</v>
+      </c>
+      <c r="C1198" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D1198" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E1198" s="1" t="s">
+        <v>3352</v>
+      </c>
+      <c r="F1198" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:6">
+      <c r="A1199">
+        <v>5</v>
+      </c>
+      <c r="B1199" t="s">
+        <v>459</v>
+      </c>
+      <c r="C1199" s="1" t="s">
+        <v>3353</v>
+      </c>
+      <c r="D1199" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="E1199" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="F1199" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:6">
+      <c r="A1200">
+        <v>4</v>
+      </c>
+      <c r="B1200" t="s">
+        <v>358</v>
+      </c>
+      <c r="C1200" s="1" t="s">
+        <v>3355</v>
+      </c>
+      <c r="D1200" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E1200" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F1200" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:6">
+      <c r="A1201">
+        <v>3</v>
+      </c>
+      <c r="B1201" t="s">
+        <v>414</v>
+      </c>
+      <c r="C1201" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="D1201" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E1201" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="F1201" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:6">
+      <c r="A1202">
         <v>1</v>
       </c>
-      <c r="B1174" t="s">
+      <c r="B1202" t="s">
         <v>139</v>
       </c>
-      <c r="C1174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D1174" s="1" t="s">
+      <c r="C1202" s="1" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D1202" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="E1174" s="1" t="s">
-[...10 lines deleted...]
-      <c r="C1175" s="1" t="s">
+      <c r="E1202" s="1" t="s">
+        <v>3359</v>
+      </c>
+      <c r="F1202" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:6">
+      <c r="B1203" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C1203" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1175" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1176" s="1" t="s">
+      <c r="D1203" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="E1203" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="F1203" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:6">
+      <c r="B1204" t="s">
+        <v>3363</v>
+      </c>
+      <c r="C1204" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1176" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1177" s="1" t="s">
+      <c r="D1204" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="E1204" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="F1204" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:6">
+      <c r="B1205" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C1205" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D1177" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1178" s="1" t="s">
+      <c r="D1205" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="E1205" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="F1205" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:6">
+      <c r="B1206" t="s">
+        <v>3368</v>
+      </c>
+      <c r="C1206" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D1178" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1179" s="1" t="s">
+      <c r="D1206" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="E1206" s="1" t="s">
+        <v>3369</v>
+      </c>
+      <c r="F1206" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:6">
+      <c r="B1207" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C1207" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D1179" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1180" s="1" t="s">
+      <c r="D1207" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="E1207" s="1" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F1207" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:6">
+      <c r="B1208" t="s">
+        <v>3372</v>
+      </c>
+      <c r="C1208" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1180" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1181" s="1" t="s">
+      <c r="D1208" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="E1208" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="F1208" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:6">
+      <c r="B1209" t="s">
+        <v>3376</v>
+      </c>
+      <c r="C1209" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1181" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1182" s="1" t="s">
+      <c r="D1209" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="E1209" s="1" t="s">
+        <v>3378</v>
+      </c>
+      <c r="F1209" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:6">
+      <c r="B1210" t="s">
+        <v>3379</v>
+      </c>
+      <c r="C1210" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D1182" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1183" s="1" t="s">
+      <c r="D1210" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="E1210" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="F1210" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:6">
+      <c r="B1211" t="s">
+        <v>3381</v>
+      </c>
+      <c r="C1211" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D1183" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1184" s="1" t="s">
+      <c r="D1211" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="E1211" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="F1211" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:6">
+      <c r="B1212" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C1212" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D1184" s="1" t="s">
-[...23 lines deleted...]
-        <v>3328</v>
+      <c r="D1212" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="E1212" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="F1212" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:6">
+      <c r="B1213" t="s">
+        <v>3385</v>
+      </c>
+      <c r="C1213" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="D1213" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="E1213" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="F1213" t="s">
+        <v>3389</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">