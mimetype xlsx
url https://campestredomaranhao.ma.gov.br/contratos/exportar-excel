--- v2 (2026-01-16)
+++ v3 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3582">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>067.3/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 KtUIS I RO DE PREÇO PARA CONTRATAÇÃO DE EMPRESA...</t>
   </si>
@@ -6087,132 +6087,286 @@
 15.150,00</t>
   </si>
   <si>
     <t>CA 162/2023</t>
   </si>
   <si>
     <t>Secretária de Educação
 Registro de Preços para eventual Contratação de em...</t>
   </si>
   <si>
     <t>06/10/2023
 85.150,00</t>
   </si>
   <si>
     <t>CA 161/2023</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 Registro de Preços para eventual Contratação de em...</t>
   </si>
   <si>
     <t>06/10/2023
 29.150,00</t>
   </si>
   <si>
+    <t>073/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+: contratação de empresa especializada para forne...</t>
+  </si>
+  <si>
+    <t>09/02/2026
+1.353.280,00</t>
+  </si>
+  <si>
+    <t>09/02/2026 a 08/02/2027</t>
+  </si>
+  <si>
     <t>116/2023</t>
   </si>
   <si>
     <t>EBM ENGENHARIA ASSESSORIA E SERVIÇOS LTDA
 33.414.068/0001-76</t>
   </si>
   <si>
     <t>23/03/2023
 60.531,00</t>
   </si>
   <si>
     <t>23/03/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>115/2023</t>
   </si>
   <si>
     <t>114/2023</t>
   </si>
   <si>
+    <t>071/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+objeto a futura e eventual contratação de empresa...</t>
+  </si>
+  <si>
+    <t>BURITI INFRAESTRUTURA LTDA
+12.909.926/0001-83</t>
+  </si>
+  <si>
+    <t>09/02/2026
+115.985,21</t>
+  </si>
+  <si>
     <t>113/2023</t>
+  </si>
+  <si>
+    <t>018.2/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Considerando a necessidade de disponibilidade de e...</t>
+  </si>
+  <si>
+    <t>09/01/2026
+12.000,00</t>
+  </si>
+  <si>
+    <t>09/01/2026 a 08/01/2027</t>
   </si>
   <si>
     <t>23/03/2023
 18.719,00</t>
   </si>
   <si>
+    <t>018.1/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+Contratação de estrutura predial, por meio da loca...</t>
+  </si>
+  <si>
     <t>111/2023</t>
   </si>
   <si>
     <t>23/03/2023
 21.967,00</t>
   </si>
   <si>
+    <t>018/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Contratação, por meio de Locação de Imóvel Urbano,...</t>
+  </si>
+  <si>
+    <t>09/01/2026
+18.216,00</t>
+  </si>
+  <si>
     <t>110/2023</t>
   </si>
   <si>
     <t>109/2023</t>
   </si>
   <si>
     <t>23/03/2023
 25.225,00</t>
   </si>
   <si>
+    <t>068/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Prestação de serviços jurídicos de recuperação de...</t>
+  </si>
+  <si>
+    <t>Gandra Filho Sociedade Individual de Advocacia
+40.730.777/0001-26</t>
+  </si>
+  <si>
+    <t>30/01/2026
+0,20</t>
+  </si>
+  <si>
+    <t>30/01/2026 a 29/01/2027</t>
+  </si>
+  <si>
     <t>121.3/2022</t>
   </si>
   <si>
     <t>17/10/2022
 4.834,00</t>
   </si>
   <si>
     <t>17/10/2022 a 31/12/2022</t>
   </si>
   <si>
+    <t>067/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Determinação de locação de imóvel, localizado no P...</t>
+  </si>
+  <si>
+    <t>Jucileide da Silva Oliveira
+570.577.023-53</t>
+  </si>
+  <si>
+    <t>28/01/2026
+6.000,00</t>
+  </si>
+  <si>
+    <t>28/01/2026 a 27/01/2027</t>
+  </si>
+  <si>
     <t>121.2/2022</t>
   </si>
   <si>
     <t>17/10/2022
 11.468,00</t>
   </si>
   <si>
+    <t>065/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+Determinação de locação de imóvel urbano, localiza...</t>
+  </si>
+  <si>
+    <t>Paroquia São Raimundo Nonato
+05.641.899/0006-50</t>
+  </si>
+  <si>
+    <t>22/01/2026
+12.000,00</t>
+  </si>
+  <si>
+    <t>22/01/2026 a 21/01/2027</t>
+  </si>
+  <si>
     <t>121.1/2022</t>
   </si>
   <si>
     <t>17/10/2022
 10.993,00</t>
   </si>
   <si>
+    <t>017/2026</t>
+  </si>
+  <si>
+    <t>H IGLESIAS APOIO ADMINISTRATIVO LTDA
+11.346.134/0001-85</t>
+  </si>
+  <si>
+    <t>09/01/2026
+78.000,00</t>
+  </si>
+  <si>
     <t>121/2022</t>
   </si>
   <si>
     <t>17/10/2022
 10.367,00</t>
   </si>
   <si>
     <t>120.3/2022</t>
   </si>
   <si>
     <t>17/10/2022
 14.864,00</t>
   </si>
   <si>
+    <t>181/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Contratação de empresa especializada na Promoção,...</t>
+  </si>
+  <si>
+    <t>M M DOS SANTOS ENTRETENIMENTOS LTDA
+46.253.706/0001-66</t>
+  </si>
+  <si>
+    <t>23/12/2025
+251.390,20</t>
+  </si>
+  <si>
+    <t>23/12/2025 a 22/12/2026</t>
+  </si>
+  <si>
+    <t>070/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026
+1.318.236,57</t>
+  </si>
+  <si>
+    <t>06/02/2026 a 05/02/2027</t>
+  </si>
+  <si>
     <t>120.2/2022</t>
   </si>
   <si>
     <t>17/10/2022
 19.522,00</t>
   </si>
   <si>
     <t>120.1/2022</t>
   </si>
   <si>
     <t>17/10/2022
 19.387,00</t>
   </si>
   <si>
     <t>120/2022</t>
   </si>
   <si>
     <t>17/10/2022
 7.148,00</t>
   </si>
   <si>
     <t>064.3/2020</t>
   </si>
   <si>
     <t>Secretária de Educação
@@ -6944,50 +7098,224 @@
     <t>06/10/2025
 16.151,32</t>
   </si>
   <si>
     <t>154/2025</t>
   </si>
   <si>
     <t>06/10/2025
 630,00</t>
   </si>
   <si>
     <t>155/2025</t>
   </si>
   <si>
     <t>06/10/2025
 2.110,76</t>
   </si>
   <si>
     <t>163/2025</t>
   </si>
   <si>
     <t>30/10/2025
 20.064,70</t>
   </si>
   <si>
+    <t>019/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+103.910,12</t>
+  </si>
+  <si>
+    <t>19/01/2026 a 18/01/2027</t>
+  </si>
+  <si>
+    <t>020/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+164.898,67</t>
+  </si>
+  <si>
+    <t>021/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+91.267,54</t>
+  </si>
+  <si>
+    <t>022/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+35.096,08</t>
+  </si>
+  <si>
+    <t>023/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+81.301,82</t>
+  </si>
+  <si>
+    <t>024/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+127.567,88</t>
+  </si>
+  <si>
+    <t>025/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+67.379,46</t>
+  </si>
+  <si>
+    <t>026/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+21.126,36</t>
+  </si>
+  <si>
+    <t>027/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+97.639,15</t>
+  </si>
+  <si>
+    <t>028/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+170.794,27</t>
+  </si>
+  <si>
+    <t>029/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+69.288,32</t>
+  </si>
+  <si>
+    <t>030/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+73.007,47</t>
+  </si>
+  <si>
+    <t>031/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+251.750,73</t>
+  </si>
+  <si>
+    <t>032/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+500.361,34</t>
+  </si>
+  <si>
+    <t>033/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+217.391,93</t>
+  </si>
+  <si>
+    <t>034/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+92.519,66</t>
+  </si>
+  <si>
+    <t>035/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+47.991,24</t>
+  </si>
+  <si>
+    <t>036/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+109.823,26</t>
+  </si>
+  <si>
+    <t>19/01/2026 a 03/02/2026</t>
+  </si>
+  <si>
+    <t>037/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+47.411,81</t>
+  </si>
+  <si>
+    <t>038/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+17.628,28</t>
+  </si>
+  <si>
+    <t>039/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+3.890,00</t>
+  </si>
+  <si>
+    <t>040/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+81.201,00</t>
+  </si>
+  <si>
+    <t>041/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+7.899,30</t>
+  </si>
+  <si>
+    <t>042/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026
+25.149,12</t>
+  </si>
+  <si>
     <t>031.2/2020</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de Preços para eventual Contratação de e...</t>
   </si>
   <si>
     <t>26/02/2020
 35.000,00</t>
   </si>
   <si>
     <t>132/2025</t>
   </si>
   <si>
     <t>06/10/2025
 36.711,64</t>
   </si>
   <si>
     <t>133/2025</t>
   </si>
   <si>
     <t>06/10/2025
 60.144,44</t>
   </si>
   <si>
@@ -7199,72 +7527,79 @@
   <si>
     <t>09/03/2020 a 31/12/2020</t>
   </si>
   <si>
     <t>069/2023</t>
   </si>
   <si>
     <t>10/02/2023
 73.049,65</t>
   </si>
   <si>
     <t>10/02/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>068/2023</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de preços para eventual aquisição de equ...</t>
   </si>
   <si>
     <t>10/02/2023
 76.225,32</t>
   </si>
   <si>
+    <t>093/2025</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Contratação de serviços técnicos especializados em...</t>
+  </si>
+  <si>
+    <t>LIDER X ASSESSORIA E CONSULTORIA CONTABIL LTDA
+34.947.321/0001-10</t>
+  </si>
+  <si>
+    <t>14/01/2026
+90.000,00</t>
+  </si>
+  <si>
+    <t>16/01/2026 a 15/01/2027</t>
+  </si>
+  <si>
     <t>067/2023</t>
   </si>
   <si>
     <t>Secretária de Educação
 Registro de preços para eventual aquisição de equ...</t>
   </si>
   <si>
     <t>10/02/2023
 86.415,84</t>
   </si>
   <si>
-    <t>093/2025</t>
-[...9 lines deleted...]
-  <si>
     <t>15/07/2025
 45.000,00</t>
   </si>
   <si>
     <t>15/07/2025 a 15/07/2026</t>
   </si>
   <si>
     <t>066/2023</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 Registro de preços para eventual aquisição de equ...</t>
   </si>
   <si>
     <t>10/02/2023
 95.463,25</t>
   </si>
   <si>
     <t>091/2025</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 Adesão a Ata de Registro de Preços nº 17.1/2025, d...</t>
   </si>
   <si>
@@ -7361,64 +7696,71 @@
 Prestação de serviços técnicos especializados de a...</t>
   </si>
   <si>
     <t>JACUBA PROJETOS AMBIENTAIS - ME
 31.354.545/0001-20</t>
   </si>
   <si>
     <t>15/07/2025
 120.020,00</t>
   </si>
   <si>
     <t>040.1/2023</t>
   </si>
   <si>
     <t>31/01/2023
 42.136,05</t>
   </si>
   <si>
     <t>039.1/2023</t>
   </si>
   <si>
     <t>31/01/2023
 66.618,90</t>
   </si>
   <si>
+    <t>016/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Registro de Preços para futura Contratação de empr...</t>
+  </si>
+  <si>
+    <t>09/01/2026
+290.326,48</t>
+  </si>
+  <si>
     <t>122.1/2022</t>
   </si>
   <si>
     <t>04/11/2022
 13.167,00</t>
   </si>
   <si>
     <t>04/11/2022 a 31/12/2022</t>
   </si>
   <si>
-    <t>Secretário de Planejamento
-[...2 lines deleted...]
-  <si>
     <t>21/07/2025
 197.515,32</t>
   </si>
   <si>
     <t>21/07/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>122/2022</t>
   </si>
   <si>
     <t>04/11/2022
 11.996,00</t>
   </si>
   <si>
     <t>092/2025</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 CONTRATAÇÃO DE SERVIÇO ARTÍSTICO DA BANDA “JUNIOR...</t>
   </si>
   <si>
     <t>J G VIANA JUNIOR
 18.900.848/0001-32</t>
   </si>
   <si>
@@ -7707,50 +8049,57 @@
     <t>16/06/2025
 12.629,40</t>
   </si>
   <si>
     <t>16/06/2025 a 16/06/2025</t>
   </si>
   <si>
     <t>169/2025</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de preço para futura e eventual contrataç...</t>
   </si>
   <si>
     <t>LIDER FARMA DISTRIBUIDORA DE MEDICAMENTOS
 45.902.414/0001-44</t>
   </si>
   <si>
     <t>10/12/2025
 250.342,88</t>
   </si>
   <si>
     <t>10/12/2025 a 09/12/2026</t>
   </si>
   <si>
+    <t>015/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026
+739.056,67</t>
+  </si>
+  <si>
     <t>029.1.19/2020</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE PEREIRA DE SOUSA
 </t>
   </si>
   <si>
     <t>14/02/2020
 43.139,10</t>
   </si>
   <si>
     <t>104/2025</t>
   </si>
   <si>
     <t>HOSPITALIA DISTRIBUIDORA DE MEDICAMENTOS LTDA
 19.917.154/0001-70</t>
   </si>
   <si>
     <t>01/08/2025
 148.662,45</t>
   </si>
   <si>
     <t>01/08/2025 a 01/08/2026</t>
   </si>
   <si>
@@ -7975,196 +8324,395 @@
   <si>
     <t>22/12/2025
 39.315,40</t>
   </si>
   <si>
     <t>22/12/2025 a 21/12/2026</t>
   </si>
   <si>
     <t>180/2025</t>
   </si>
   <si>
     <t>22/12/2025
 12.251,52</t>
   </si>
   <si>
     <t>182/2025</t>
   </si>
   <si>
     <t>29/12/2025
 16.870,00</t>
   </si>
   <si>
     <t>29/12/2025 a 28/12/2026</t>
   </si>
   <si>
+    <t>043/2026</t>
+  </si>
+  <si>
+    <t>SINERGIA COMERCIO ATACADISTA LTDA
+49.286.621/0001-72</t>
+  </si>
+  <si>
+    <t>19/01/2026
+4.496,00</t>
+  </si>
+  <si>
     <t>029.1.12/2020</t>
   </si>
   <si>
     <t xml:space="preserve">JAIRO BOEGES VIEIRA
 </t>
   </si>
   <si>
     <t>14/02/2020
 111.232,30</t>
   </si>
   <si>
     <t>086/2025</t>
   </si>
   <si>
     <t>Secretária de Assistência Social
 REGISTRO DE PREÇO PARA FUTURA CONTRATAÇÃO DE EMPR...</t>
   </si>
   <si>
     <t>02/07/2025
 6.136,97</t>
   </si>
   <si>
+    <t>069/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026
+6.200,00</t>
+  </si>
+  <si>
+    <t>05/02/2026 a 31/12/2026</t>
+  </si>
+  <si>
     <t>111/2025</t>
   </si>
   <si>
     <t>07/08/2025
 103.125,00</t>
   </si>
   <si>
     <t>07/08/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>115/2025</t>
   </si>
   <si>
     <t>19/08/2025
 11.857,00</t>
   </si>
   <si>
     <t>19/08/2025 a 31/12/2025</t>
   </si>
   <si>
-    <t>069/2025</t>
+    <t>010/2026</t>
   </si>
   <si>
     <t>PNEU ZERO LTDA
 18.335.071/0001-00</t>
   </si>
   <si>
+    <t>08/01/2026
+244.580,00</t>
+  </si>
+  <si>
+    <t>08/01/2026 a 07/01/2027</t>
+  </si>
+  <si>
+    <t>011/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+56.090,00</t>
+  </si>
+  <si>
+    <t>012/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+46.200,00</t>
+  </si>
+  <si>
+    <t>013/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+6.800,00</t>
+  </si>
+  <si>
+    <t>069/2025</t>
+  </si>
+  <si>
     <t>11/06/2025
 293.254,00</t>
   </si>
   <si>
     <t>11/06/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>069.1/2025</t>
   </si>
   <si>
     <t>11/06/2025
 77.272,00</t>
   </si>
   <si>
     <t>069.2/2025</t>
   </si>
   <si>
     <t>11/06/2025
 52.800,00</t>
   </si>
   <si>
     <t>029.1.11/2020</t>
   </si>
   <si>
     <t xml:space="preserve">CICERO MACHADO DA SILVA
 </t>
   </si>
   <si>
     <t>14/02/2020
 99.000,00</t>
   </si>
   <si>
     <t>069.3/2025</t>
   </si>
   <si>
     <t>11/06/2025
 6.800,00</t>
   </si>
   <si>
+    <t>044/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
+Registro de Preços para contratação de empresa par...</t>
+  </si>
+  <si>
+    <t>20/01/2026
+10.003,77</t>
+  </si>
+  <si>
+    <t>20/01/2026 a 19/01/2027</t>
+  </si>
+  <si>
+    <t>045/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Educação
+Registro de Preços para contratação de empresa par...</t>
+  </si>
+  <si>
+    <t>20/01/2026
+10.554,11</t>
+  </si>
+  <si>
+    <t>046/2026</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+Registro de Preços para contratação de empresa par...</t>
+  </si>
+  <si>
+    <t>20/01/2026
+11.059,27</t>
+  </si>
+  <si>
+    <t>047/2026</t>
+  </si>
+  <si>
+    <t>Secretária de Assistência Social
+Registro de Preços para contratação de empresa par...</t>
+  </si>
+  <si>
+    <t>20/01/2026
+5.433,85</t>
+  </si>
+  <si>
     <t>029.1.10/2020</t>
   </si>
   <si>
     <t xml:space="preserve">ANTONIO ROQUE NEPONUCENO
 </t>
   </si>
   <si>
     <t>14/02/2020
 79.557,50</t>
   </si>
   <si>
+    <t>048/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+65.905,17</t>
+  </si>
+  <si>
+    <t>049/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+69.393,80</t>
+  </si>
+  <si>
+    <t>050/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+72.647,75</t>
+  </si>
+  <si>
+    <t>051/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+35.691,08</t>
+  </si>
+  <si>
+    <t>052/2026</t>
+  </si>
+  <si>
+    <t>R. SILVA PANIFICAÇÃO
+07.401.989/0001-94</t>
+  </si>
+  <si>
+    <t>20/01/2026
+40.799,10</t>
+  </si>
+  <si>
+    <t>053/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+43.026,56</t>
+  </si>
+  <si>
+    <t>054/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+45.061,39</t>
+  </si>
+  <si>
+    <t>055/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+22.115,66</t>
+  </si>
+  <si>
+    <t>056/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+55.938,45</t>
+  </si>
+  <si>
+    <t>057/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+58.959,47</t>
+  </si>
+  <si>
+    <t>058/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+61.749,86</t>
+  </si>
+  <si>
+    <t>059/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+30.307,82</t>
+  </si>
+  <si>
+    <t>060/2026</t>
+  </si>
+  <si>
+    <t>MAZÃO SUPERMECADO LTDA
+37.743.493/0001-60</t>
+  </si>
+  <si>
+    <t>20/01/2026
+44.755,54</t>
+  </si>
+  <si>
+    <t>061/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+47.097,77</t>
+  </si>
+  <si>
+    <t>062/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+49.244,74</t>
+  </si>
+  <si>
+    <t>063/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026
+24.098,30</t>
+  </si>
+  <si>
     <t>099/2025</t>
-  </si>
-[...2 lines deleted...]
-Registro de Preços para contratação de empresa par...</t>
   </si>
   <si>
     <t>01/08/2025
 10.374,28</t>
   </si>
   <si>
     <t>099.1/2025</t>
   </si>
   <si>
-    <t>Secretário de Educação
-[...2 lines deleted...]
-  <si>
     <t>01/08/2025
 6.669,18</t>
   </si>
   <si>
     <t>099.2/2025</t>
   </si>
   <si>
-    <t>Secretária Municipal De Saúde
-[...2 lines deleted...]
-  <si>
     <t>099.3/2025</t>
-  </si>
-[...2 lines deleted...]
-Registro de Preços para contratação de empresa par...</t>
   </si>
   <si>
     <t>01/08/2025
 9.633,26</t>
   </si>
   <si>
     <t>101/2025</t>
   </si>
   <si>
-    <t>R. SILVA PANIFICAÇÃO
-[...2 lines deleted...]
-  <si>
     <t>01/08/2025
 51.860,90</t>
   </si>
   <si>
     <t>101.1/2025</t>
   </si>
   <si>
     <t>01/08/2025
 37.103,10</t>
   </si>
   <si>
     <t>101.2/2025</t>
   </si>
   <si>
     <t>101.3/2025</t>
   </si>
   <si>
     <t>01/08/2025
 22.204,19</t>
   </si>
   <si>
     <t>102/2025</t>
   </si>
   <si>
     <t>01/08/2025
@@ -8173,54 +8721,50 @@
   <si>
     <t>102.1/2025</t>
   </si>
   <si>
     <t>01/08/2025
 42.519,60</t>
   </si>
   <si>
     <t>102.2/2025</t>
   </si>
   <si>
     <t>01/08/2025
 45.690,60</t>
   </si>
   <si>
     <t>102.3/2025</t>
   </si>
   <si>
     <t>01/08/2025
 40.780,40</t>
   </si>
   <si>
     <t>103/2025</t>
   </si>
   <si>
-    <t>MAZÃO SUPERMECADO LTDA
-[...2 lines deleted...]
-  <si>
     <t>01/08/2025
 49.631,45</t>
   </si>
   <si>
     <t>103.1/2025</t>
   </si>
   <si>
     <t>01/08/2025
 41.456,10</t>
   </si>
   <si>
     <t>103.2/2025</t>
   </si>
   <si>
     <t>103.3/2025</t>
   </si>
   <si>
     <t>01/08/2025
 33.115,50</t>
   </si>
   <si>
     <t>100/2025</t>
   </si>
   <si>
     <t>01/08/2025
@@ -8251,54 +8795,50 @@
 </t>
   </si>
   <si>
     <t>14/02/2020
 47.922,90</t>
   </si>
   <si>
     <t>029.1.8/2020</t>
   </si>
   <si>
     <t xml:space="preserve">NAILTON DE SOUSA MACHADO
 </t>
   </si>
   <si>
     <t>14/02/2020
 46.494,80</t>
   </si>
   <si>
     <t>077/2025</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA A PAVIM...</t>
   </si>
   <si>
-    <t>BURITI INFRAESTRUTURA LTDA
-[...2 lines deleted...]
-  <si>
     <t>23/06/2025
 954.200,02</t>
   </si>
   <si>
     <t>23/06/2025 a 23/12/2025</t>
   </si>
   <si>
     <t>029.1.7/2020</t>
   </si>
   <si>
     <t xml:space="preserve">RAIMUNDO NONATO DA SILVA
 </t>
   </si>
   <si>
     <t>14/02/2020
 50.800,06</t>
   </si>
   <si>
     <t>085/2025</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 Registro de Preço para futura contratação de empre...</t>
   </si>
   <si>
@@ -8313,117 +8853,180 @@
     <t>30/06/2025 a 30/06/2026</t>
   </si>
   <si>
     <t>085.1/2025</t>
   </si>
   <si>
     <t>Secretário de Educação
 Registro de Preço para futura contratação de empre...</t>
   </si>
   <si>
     <t>30/06/2025
 219.338,40</t>
   </si>
   <si>
     <t>085.2/2025</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Registro de Preço para futura contratação de empre...</t>
   </si>
   <si>
     <t>30/06/2025
 344.736,00</t>
   </si>
   <si>
-    <t>070.1/2025</t>
+    <t>072/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026
+202.500,00</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+252.881,05</t>
+  </si>
+  <si>
+    <t>003/2026</t>
   </si>
   <si>
     <t>Secretário de Educação
 Registro de Preços para futura Contratação de empr...</t>
   </si>
   <si>
+    <t>08/01/2026
+206.927,58</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>Secretária Municipal De Saúde
+Registro de Preços para futura Contratação de empr...</t>
+  </si>
+  <si>
+    <t>08/01/2026
+195.728,58</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>Secretária de Assistência Social
+Registro de Preços para futura Contratação de empr...</t>
+  </si>
+  <si>
+    <t>08/01/2026
+119.607,73</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+211.824,81</t>
+  </si>
+  <si>
+    <t>007/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+175.424,94</t>
+  </si>
+  <si>
+    <t>008/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+169.643,38</t>
+  </si>
+  <si>
+    <t>009/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+113.136,93</t>
+  </si>
+  <si>
+    <t>070.1/2025</t>
+  </si>
+  <si>
     <t>12/06/2025
 210.490,67</t>
   </si>
   <si>
     <t>12/06/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>070.2/2025</t>
   </si>
   <si>
-    <t>Secretária Municipal De Saúde
-[...2 lines deleted...]
-  <si>
     <t>12/06/2025
 197.993,95</t>
   </si>
   <si>
     <t>029.1.6/2020</t>
   </si>
   <si>
     <t xml:space="preserve">VALDEMIR DOS REIS GOVEIA
 </t>
   </si>
   <si>
     <t>071.1/2025</t>
   </si>
   <si>
     <t>12/06/2025
 177.634,41</t>
   </si>
   <si>
     <t>071.2/2025</t>
   </si>
   <si>
     <t>12/06/2025
 172.798,27</t>
   </si>
   <si>
     <t>070/2025</t>
   </si>
   <si>
     <t>12/06/2025
 254.247,46</t>
   </si>
   <si>
     <t>071/2025</t>
   </si>
   <si>
     <t>12/06/2025
 212.104,81</t>
   </si>
   <si>
     <t>071.3/2025</t>
   </si>
   <si>
-    <t>Secretária de Assistência Social
-[...2 lines deleted...]
-  <si>
     <t>12/06/2025
 110.939,35</t>
   </si>
   <si>
     <t>070.3/2025</t>
   </si>
   <si>
     <t>12/06/2025
 124.227,06</t>
   </si>
   <si>
     <t>029.1.5/2020</t>
   </si>
   <si>
     <t xml:space="preserve">EMIVALDO VASCONCELOS MACEDO JUNIOR
 </t>
   </si>
   <si>
     <t>14/02/2020
 48.033,99</t>
   </si>
   <si>
     <t>084/2025</t>
   </si>
   <si>
@@ -8518,153 +9121,182 @@
 Contratação de empresa especializada para o fornec...</t>
   </si>
   <si>
     <t>10/03/2020
 120.662,74</t>
   </si>
   <si>
     <t>053.3/2020</t>
   </si>
   <si>
     <t>M. DE F.A.R. COELHO - ME
 15.097.030/0001-35</t>
   </si>
   <si>
     <t>10/03/2020
 6.428,40</t>
   </si>
   <si>
     <t>053.2/2020</t>
   </si>
   <si>
     <t>10/03/2020
 71.280,00</t>
   </si>
   <si>
+    <t>29/12/2025
+983.877,00</t>
+  </si>
+  <si>
+    <t>01/01/2026 a 31/12/2026</t>
+  </si>
+  <si>
     <t>053.1/2020</t>
   </si>
   <si>
     <t>174/2025</t>
   </si>
   <si>
     <t>FORT CLEAN - DISTRIBUIDORA LTDA,
 22.525.037/0001-76</t>
   </si>
   <si>
     <t>16/12/2025
 168.395,00</t>
   </si>
   <si>
     <t>175/2025</t>
   </si>
   <si>
     <t>16/12/2025
 106.526,00</t>
   </si>
   <si>
     <t>176/2025</t>
   </si>
   <si>
     <t>16/12/2025
 108.523,70</t>
   </si>
   <si>
     <t>177/2025</t>
   </si>
   <si>
     <t>16/12/2025
 44.945,80</t>
   </si>
   <si>
     <t>053/2020</t>
   </si>
   <si>
     <t>10/03/2020
 12.856,80</t>
   </si>
   <si>
+    <t>014/2026</t>
+  </si>
+  <si>
+    <t>08/01/2026
+318.240,00</t>
+  </si>
+  <si>
     <t>052.2/2020</t>
   </si>
   <si>
     <t>F C SUPERMERCADO - LTDA
 30.193.218/0001-70</t>
   </si>
   <si>
     <t>10/03/2020
 164.702,45</t>
   </si>
   <si>
     <t>052.1/2020</t>
   </si>
   <si>
     <t>10/03/2020
 97.236,04</t>
   </si>
   <si>
     <t>052/2020</t>
   </si>
   <si>
     <t>10/03/2020
 79.674,10</t>
   </si>
   <si>
     <t>051.2/2020</t>
   </si>
   <si>
     <t>JL RODRIGUES
 32.784.253/0001-90</t>
   </si>
   <si>
     <t>10/03/2020
 178.143,19</t>
   </si>
   <si>
     <t>051/2020</t>
   </si>
   <si>
     <t>10/03/2020
 136.999,39</t>
   </si>
   <si>
+    <t>26/12/2025
+16.698,00</t>
+  </si>
+  <si>
     <t>050.4/2020</t>
   </si>
   <si>
     <t>ELCIO RODRIGUES DE LIMA CIA - ME
 22.598.655/0001-46</t>
   </si>
   <si>
     <t>10/03/2020
 305.936,40</t>
   </si>
   <si>
     <t>050.3/2020</t>
   </si>
   <si>
     <t>10/03/2020
 27.796,32</t>
   </si>
   <si>
+    <t>Secretário de Planejamento
+Locação de um bem imóvel situado na Rua Amazonas,...</t>
+  </si>
+  <si>
+    <t>20/01/2026
+8.400,00</t>
+  </si>
+  <si>
+    <t>21/01/2026 a 20/01/2027</t>
+  </si>
+  <si>
     <t>050.2/2020</t>
   </si>
   <si>
     <t>050.1/2020</t>
   </si>
   <si>
     <t>10/03/2020
 27.819,20</t>
   </si>
   <si>
     <t>050/2020</t>
   </si>
   <si>
     <t>083/2025</t>
   </si>
   <si>
     <t>26/06/2025
 55.083,60</t>
   </si>
   <si>
     <t>26/06/2025 a 26/09/2025</t>
   </si>
   <si>
     <t>129/2025</t>
   </si>
@@ -8746,50 +9378,74 @@
     <t>047/2020</t>
   </si>
   <si>
     <t>Secretaria de Administração
 Registro de Preços para eventual Contratação de em...</t>
   </si>
   <si>
     <t>09/03/2020
 240.500,00</t>
   </si>
   <si>
     <t>046.1/2020</t>
   </si>
   <si>
     <t>AUTO POSTO TRÊS BARRAS LTDA - ME
 19.286.056/0001-29</t>
   </si>
   <si>
     <t>09/03/2020
 184.300,00</t>
   </si>
   <si>
     <t>09/03/202 a 31/12/2020</t>
   </si>
   <si>
+    <t>29/12/2025
+67.926,30</t>
+  </si>
+  <si>
+    <t>29/12/2025
+326.456,00</t>
+  </si>
+  <si>
+    <t>29/12/2025
+411.138,50</t>
+  </si>
+  <si>
+    <t>29/12/2025
+80.675,40</t>
+  </si>
+  <si>
+    <t>R SILVA PANIFICAÇÃO
+07.401.989/0001-94</t>
+  </si>
+  <si>
+    <t>29/12/2025
+129.908,00</t>
+  </si>
+  <si>
     <t>040.1/2025</t>
   </si>
   <si>
     <t>Secretário de Educação
 Registro de preços para futura e eventual aquisiçã...</t>
   </si>
   <si>
     <t>18/03/2025
 503.612,59</t>
   </si>
   <si>
     <t>046/2020</t>
   </si>
   <si>
     <t>09/03/2020
 181.500,12</t>
   </si>
   <si>
     <t>Secretário de Planejamento
 Registro de preços para futura e eventual aquisiçã...</t>
   </si>
   <si>
     <t>29/08/2025
 197.152,50</t>
   </si>
@@ -8797,137 +9453,158 @@
     <t>29/08/2025 a 18/03/2026</t>
   </si>
   <si>
     <t>29/08/2025
 77.530,50</t>
   </si>
   <si>
     <t>29/08/2025
 144.342,00</t>
   </si>
   <si>
     <t>020/2022</t>
   </si>
   <si>
     <t xml:space="preserve">04/01/2023
 </t>
   </si>
   <si>
     <t>06/01/2023 a 06/01/2024</t>
   </si>
   <si>
     <t>010/2025</t>
   </si>
   <si>
     <t>Secretário de Planejamento
+Contratação de empresa de engenharia para paviment...</t>
+  </si>
+  <si>
+    <t>14/01/2026
+1.443.832,94</t>
+  </si>
+  <si>
+    <t>15/01/2026 a 15/07/2026</t>
+  </si>
+  <si>
+    <t>Secretário de Planejamento
 CONTRATAÇÃO DE EMPRESA DE ENGENHARIA PARA REFORMA...</t>
   </si>
   <si>
     <t>15/01/2025
 1.443.832,94</t>
   </si>
   <si>
     <t>15/01/2025 a 15/07/2025</t>
   </si>
   <si>
-    <t>Secretário de Planejamento
-[...2 lines deleted...]
-  <si>
     <t>10/07/2025
 1.443.832,94</t>
   </si>
   <si>
     <t>15/07/2025 a 15/01/2026</t>
   </si>
   <si>
     <t>01/08/2023
 155.166,67</t>
   </si>
   <si>
     <t xml:space="preserve">21/08/2023
 </t>
   </si>
   <si>
     <t>23/08/2023 a 23/08/2024</t>
   </si>
   <si>
     <t xml:space="preserve">30/12/2022
 </t>
   </si>
   <si>
     <t>01/01/2023 a 31/12/2023</t>
   </si>
   <si>
     <t xml:space="preserve">01/02/2023
 </t>
   </si>
   <si>
     <t>31/01/2023
 75.555,56</t>
   </si>
   <si>
+    <t>17/12/2025
+324.897,20</t>
+  </si>
+  <si>
+    <t>18/12/2025 a 17/12/2026</t>
+  </si>
+  <si>
     <t>31/01/2023
 347.555,56</t>
   </si>
   <si>
     <t>31/01/2023
 226.666,64</t>
   </si>
   <si>
     <t>31/01/2023
 513.777,80</t>
   </si>
   <si>
     <t>095.3/2022</t>
   </si>
   <si>
     <t>08/08/2022
 94.444,45</t>
   </si>
   <si>
     <t>095.2/2022</t>
   </si>
   <si>
     <t>08/08/2022
 434.444,45</t>
   </si>
   <si>
     <t>095.1/2022</t>
   </si>
   <si>
     <t>08/08/2022
 283.333,00</t>
   </si>
   <si>
     <t>095/2022</t>
   </si>
   <si>
     <t>08/08/2022
 1.076.666,70</t>
   </si>
   <si>
+    <t>09/01/2026
+367.500,00</t>
+  </si>
+  <si>
+    <t>10/01/2026 a 10/07/2026</t>
+  </si>
+  <si>
     <t>08/07/2025
 367.500,00</t>
   </si>
   <si>
     <t>10/07/2025 a 10/01/2026</t>
   </si>
   <si>
     <t>032/2023</t>
   </si>
   <si>
     <t>FRANCISCA MIRANDA PEREIRA 47226686149 MEI
 27.006.749/0001-00</t>
   </si>
   <si>
     <t>06/01/2023
 11.280,00</t>
   </si>
   <si>
     <t>06/01/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>26/12/2025
 8.400,00</t>
   </si>
   <si>
@@ -10214,53 +10891,50 @@
 Registro de Preços visando a eventual contratação...</t>
   </si>
   <si>
     <t>03/03/2022
 536.287,56</t>
   </si>
   <si>
     <t>03/03/2022 a 03/03/2023</t>
   </si>
   <si>
     <t>CONTRATO Nº 134/2022</t>
   </si>
   <si>
     <t>GRAFICA E EDITORA COPACABANA ERIELI
 06.023.116/0001-22</t>
   </si>
   <si>
     <t>14/12/2022
 21.508,00</t>
   </si>
   <si>
     <t>30/12/2025
 144.000,00</t>
   </si>
   <si>
-    <t>01/01/2026 a 31/12/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRATO Nº 071.1/2022</t>
   </si>
   <si>
     <t>17/06/2022
 60.004,20</t>
   </si>
   <si>
     <t>17/06/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>06/01/2023
 581.376,00</t>
   </si>
   <si>
     <t>06/01/2022 a 06/01/2023</t>
   </si>
   <si>
     <t>06/01/2022
 344.100,00</t>
   </si>
   <si>
     <t>CONTRATO Nº 071/2022</t>
   </si>
   <si>
     <t>17/06/2022
@@ -10568,50 +11242,57 @@
     <t>G. F. DA SILVA - ME
 26.094.652/0001-26</t>
   </si>
   <si>
     <t>11/03/2022
 9.133,00</t>
   </si>
   <si>
     <t>11/03/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>CONTRATO N.° 044.2/2022/2022</t>
   </si>
   <si>
     <t>11/03/2022
 14.585,00</t>
   </si>
   <si>
     <t>21/08/2025
 197.420,00</t>
   </si>
   <si>
     <t>23/08/2025 a 23/08/2026</t>
   </si>
   <si>
+    <t>019/2021</t>
+  </si>
+  <si>
+    <t>30/12/2025
+1.990.680,00</t>
+  </si>
+  <si>
     <t>CONTRATO N.° 044.1/2022/2022</t>
   </si>
   <si>
     <t>11/03/2022
 82.735,00</t>
   </si>
   <si>
     <t>CONTRATO N.° 044/2022/2022</t>
   </si>
   <si>
     <t>11/03/2022
 28.215,00</t>
   </si>
   <si>
     <t>125/2021</t>
   </si>
   <si>
     <t>20/10/2021
 150.000,00</t>
   </si>
   <si>
     <t>20/10/2021 a 31/12/2021</t>
   </si>
   <si>
     <t>10/10/2022
@@ -11633,53 +12314,50 @@
     <t>023/2021</t>
   </si>
   <si>
     <t>11/01/2021
 33.174,48</t>
   </si>
   <si>
     <t>022/2021</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 locação de um bem imóvel situado na Av. Bernardo...</t>
   </si>
   <si>
     <t>021/2021</t>
   </si>
   <si>
     <t>020/2021</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 locação de um bem imóvel situado na ET. Caiman, n...</t>
   </si>
   <si>
     <t>01/01/2021 a 31/12/2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>019/2021</t>
   </si>
   <si>
     <t>Secretária Municipal De Saúde
 Locação de um imóvel comercial situado na Rua Para...</t>
   </si>
   <si>
     <t>11/01/2021
 10.800,00</t>
   </si>
   <si>
     <t>018/2021</t>
   </si>
   <si>
     <t>Secretária de Planejamento
 locação de um bem imóvel situado na Rua Antonio d...</t>
   </si>
   <si>
     <t>132/2023</t>
   </si>
   <si>
     <t>L PIRES DE SOUSA COMERCIO E EMPREENDIMENTO LTDA
 14.793.347/0001-43</t>
   </si>
   <si>
     <t>17/05/2023
@@ -12431,54 +13109,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1213"/>
+  <dimension ref="A1:F1299"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1213" sqref="E1213"/>
+      <selection activeCell="E1299" sqref="E1299"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -24047,12667 +24725,14387 @@
       </c>
       <c r="B580" t="s">
         <v>1703</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1704</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>1694</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>1705</v>
       </c>
       <c r="F580" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581">
         <v>441</v>
       </c>
       <c r="B581" t="s">
         <v>1706</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>826</v>
+        <v>1707</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>1707</v>
+        <v>442</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>1708</v>
       </c>
       <c r="F581" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B582" t="s">
         <v>1710</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="F582" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B583" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D583" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="C583" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E583" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="F583" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B584" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E584" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="C584" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F584" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B585" t="s">
-        <v>947</v>
+        <v>1716</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>826</v>
+        <v>1717</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>948</v>
+        <v>1718</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="F585" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B586" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>948</v>
+        <v>1711</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
       <c r="F586" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B587" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>1002</v>
+        <v>1722</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>948</v>
+        <v>303</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="F587" t="s">
-        <v>1709</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B588" t="s">
-        <v>1717</v>
+        <v>947</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>948</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="F588" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B589" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>826</v>
+        <v>1727</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>948</v>
+        <v>308</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="F589" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B590" t="s">
-        <v>1722</v>
+        <v>1728</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>948</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="F590" t="s">
-        <v>1721</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B591" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E591" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F591" t="s">
         <v>1724</v>
-      </c>
-[...10 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B592" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>829</v>
+        <v>1002</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>948</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="F592" t="s">
-        <v>1721</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B593" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>1707</v>
+        <v>948</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="F593" t="s">
-        <v>1721</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B594" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>821</v>
+        <v>1737</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>1707</v>
+        <v>1738</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="F594" t="s">
-        <v>1721</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B595" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>1002</v>
+        <v>826</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>1707</v>
+        <v>948</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
       <c r="F595" t="s">
-        <v>1721</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="B596" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>829</v>
+        <v>1745</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>1707</v>
+        <v>1746</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>1735</v>
+        <v>1747</v>
       </c>
       <c r="F596" t="s">
-        <v>1721</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="B597" t="s">
-        <v>1736</v>
+        <v>1749</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1737</v>
+        <v>821</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1738</v>
+        <v>948</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>1739</v>
+        <v>1750</v>
       </c>
       <c r="F597" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B598" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1737</v>
+        <v>1752</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1738</v>
+        <v>1753</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>1739</v>
+        <v>1754</v>
       </c>
       <c r="F598" t="s">
-        <v>1740</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="B599" t="s">
-        <v>1742</v>
+        <v>1756</v>
       </c>
       <c r="C599" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="E599" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F599" t="s">
         <v>1743</v>
-      </c>
-[...7 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="B600" t="s">
-        <v>1745</v>
+        <v>1758</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1746</v>
+        <v>41</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1738</v>
+        <v>1759</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>1747</v>
+        <v>1760</v>
       </c>
       <c r="F600" t="s">
-        <v>1740</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B601" t="s">
-        <v>1748</v>
+        <v>1761</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1749</v>
+        <v>829</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>69</v>
+        <v>948</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="F601" t="s">
-        <v>1751</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="B602" t="s">
-        <v>1752</v>
+        <v>1763</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1753</v>
+        <v>826</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1754</v>
+        <v>1711</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="F602" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B603" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="F603" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B604" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="F604" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="B605" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1765</v>
+        <v>821</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1758</v>
+        <v>1711</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>1766</v>
+        <v>1774</v>
       </c>
       <c r="F605" t="s">
-        <v>1767</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B606" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1769</v>
+        <v>1002</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1770</v>
+        <v>1711</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="F606" t="s">
-        <v>1772</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="B607" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1774</v>
+        <v>829</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1775</v>
+        <v>1711</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="F607" t="s">
-        <v>1777</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="B608" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1769</v>
+        <v>1780</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="F608" t="s">
-        <v>1772</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B609" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D609" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="C609" s="1" t="s">
+      <c r="E609" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="D609" s="1" t="s">
+      <c r="F609" t="s">
         <v>1783</v>
-      </c>
-[...4 lines deleted...]
-        <v>1785</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B610" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C610" s="1" t="s">
         <v>1786</v>
       </c>
-      <c r="C610" s="1" t="s">
+      <c r="D610" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E610" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="D610" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F610" t="s">
-        <v>1790</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="B611" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1793</v>
+        <v>1781</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="F611" t="s">
-        <v>1795</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B612" t="s">
-        <v>1796</v>
+        <v>1791</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1788</v>
+        <v>69</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="F612" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B613" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E613" s="1" t="s">
         <v>1798</v>
       </c>
-      <c r="C613" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F613" t="s">
-        <v>1802</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B614" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E614" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F614" t="s">
         <v>1803</v>
-      </c>
-[...10 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B615" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E615" s="1" t="s">
         <v>1805</v>
       </c>
-      <c r="C615" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E615" s="1" t="s">
+      <c r="F615" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="B616" t="s">
         <v>1807</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>1808</v>
       </c>
       <c r="D616" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E616" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="E616" s="1" t="s">
+      <c r="F616" t="s">
         <v>1810</v>
-      </c>
-[...1 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="B617" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1787</v>
+        <v>1812</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1779</v>
+        <v>1813</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>1780</v>
+        <v>1814</v>
       </c>
       <c r="F617" t="s">
-        <v>1772</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="B618" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1787</v>
+        <v>1817</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1779</v>
+        <v>1818</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="F618" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="B619" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E619" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F619" t="s">
         <v>1815</v>
-      </c>
-[...10 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="B620" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1787</v>
+        <v>1825</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1779</v>
+        <v>1826</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="F620" t="s">
-        <v>1814</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="B621" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1823</v>
+        <v>1830</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1824</v>
+        <v>1831</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>1825</v>
+        <v>1832</v>
       </c>
       <c r="F621" t="s">
-        <v>1826</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B622" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1787</v>
+        <v>1835</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1779</v>
+        <v>1836</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
       <c r="F622" t="s">
-        <v>1814</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="B623" t="s">
-        <v>231</v>
+        <v>1839</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="F623" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="B624" t="s">
-        <v>330</v>
+        <v>1841</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1829</v>
+        <v>1842</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1833</v>
+        <v>1843</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>1834</v>
+        <v>1844</v>
       </c>
       <c r="F624" t="s">
-        <v>1835</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="B625" t="s">
-        <v>1836</v>
+        <v>1846</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1787</v>
+        <v>1830</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1779</v>
+        <v>1831</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>1837</v>
+        <v>1847</v>
       </c>
       <c r="F625" t="s">
-        <v>1814</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B626" t="s">
-        <v>405</v>
+        <v>1848</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
       <c r="F626" t="s">
-        <v>1839</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B627" t="s">
-        <v>276</v>
+        <v>1850</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1829</v>
+        <v>1851</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1833</v>
+        <v>1852</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>1840</v>
+        <v>1853</v>
       </c>
       <c r="F627" t="s">
-        <v>1839</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B628" t="s">
-        <v>1841</v>
+        <v>1821</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1808</v>
+        <v>1830</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1842</v>
+        <v>1822</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>1843</v>
+        <v>1823</v>
       </c>
       <c r="F628" t="s">
-        <v>1802</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B629" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1787</v>
+        <v>1830</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1770</v>
+        <v>1822</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="F629" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="B630" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1787</v>
+        <v>1859</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1770</v>
+        <v>1860</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>1848</v>
+        <v>1861</v>
       </c>
       <c r="F630" t="s">
-        <v>1846</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B631" t="s">
-        <v>1849</v>
+        <v>1863</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1850</v>
+        <v>1830</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1851</v>
+        <v>1822</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>1852</v>
+        <v>1864</v>
       </c>
       <c r="F631" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B632" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1850</v>
+        <v>1866</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1851</v>
+        <v>1867</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>1855</v>
+        <v>1868</v>
       </c>
       <c r="F632" t="s">
-        <v>1853</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B633" t="s">
-        <v>1856</v>
+        <v>1870</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1787</v>
+        <v>1830</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1770</v>
+        <v>1822</v>
       </c>
       <c r="E633" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="F633" t="s">
         <v>1857</v>
-      </c>
-[...1 lines deleted...]
-        <v>1846</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B634" t="s">
-        <v>1858</v>
+        <v>231</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1859</v>
+        <v>1872</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1860</v>
+        <v>1873</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>1861</v>
+        <v>1874</v>
       </c>
       <c r="F634" t="s">
-        <v>1862</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B635" t="s">
-        <v>1863</v>
+        <v>330</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1787</v>
+        <v>1872</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>1865</v>
+        <v>1877</v>
       </c>
       <c r="F635" t="s">
-        <v>1814</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B636" t="s">
-        <v>1866</v>
+        <v>1879</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1867</v>
+        <v>1830</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>8</v>
+        <v>1822</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>1868</v>
+        <v>1880</v>
       </c>
       <c r="F636" t="s">
-        <v>1869</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637">
+        <v>410</v>
+      </c>
+      <c r="B637" t="s">
         <v>405</v>
       </c>
-      <c r="B637" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C637" s="1" t="s">
-        <v>1787</v>
+        <v>1872</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
       <c r="F637" t="s">
-        <v>1814</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="B638" t="s">
+        <v>276</v>
+      </c>
+      <c r="C638" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="C638" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D638" s="1" t="s">
-        <v>1864</v>
+        <v>1876</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>1873</v>
+        <v>1883</v>
       </c>
       <c r="F638" t="s">
-        <v>1814</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B639" t="s">
-        <v>1874</v>
+        <v>1884</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1875</v>
+        <v>1851</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>8</v>
+        <v>1885</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>1876</v>
+        <v>1886</v>
       </c>
       <c r="F639" t="s">
-        <v>1862</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B640" t="s">
-        <v>1877</v>
+        <v>1887</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1875</v>
+        <v>1830</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>8</v>
+        <v>1813</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>1878</v>
+        <v>1888</v>
       </c>
       <c r="F640" t="s">
-        <v>1862</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B641" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1875</v>
+        <v>1830</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>8</v>
+        <v>1813</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="F641" t="s">
-        <v>1862</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B642" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1875</v>
+        <v>1893</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>8</v>
+        <v>1894</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>1882</v>
+        <v>1895</v>
       </c>
       <c r="F642" t="s">
-        <v>1862</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B643" t="s">
-        <v>1883</v>
+        <v>1897</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1787</v>
+        <v>1893</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>1864</v>
+        <v>1894</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>1884</v>
+        <v>1898</v>
       </c>
       <c r="F643" t="s">
-        <v>1814</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B644" t="s">
-        <v>1885</v>
+        <v>1899</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1886</v>
+        <v>1830</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>1887</v>
+        <v>1813</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>1888</v>
+        <v>1900</v>
       </c>
       <c r="F644" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="B645" t="s">
-        <v>1890</v>
+        <v>1901</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
       <c r="F645" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B646" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1896</v>
+        <v>1830</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1897</v>
+        <v>1907</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>1898</v>
+        <v>1908</v>
       </c>
       <c r="F646" t="s">
-        <v>1899</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B647" t="s">
-        <v>1900</v>
+        <v>1909</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1901</v>
+        <v>1910</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1897</v>
+        <v>8</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>1902</v>
+        <v>1911</v>
       </c>
       <c r="F647" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B648" t="s">
-        <v>1903</v>
+        <v>1913</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1904</v>
+        <v>1830</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1897</v>
+        <v>1907</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="F648" t="s">
-        <v>1899</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B649" t="s">
-        <v>1906</v>
+        <v>1915</v>
       </c>
       <c r="C649" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D649" s="1" t="s">
         <v>1907</v>
       </c>
-      <c r="D649" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E649" s="1" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="F649" t="s">
-        <v>1899</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B650" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1901</v>
+        <v>1918</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1897</v>
+        <v>8</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>1910</v>
+        <v>1919</v>
       </c>
       <c r="F650" t="s">
-        <v>1899</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B651" t="s">
-        <v>1911</v>
+        <v>1920</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>1892</v>
+        <v>8</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="F651" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B652" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>148</v>
+        <v>8</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>1916</v>
+        <v>1923</v>
       </c>
       <c r="F652" t="s">
-        <v>1862</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B653" t="s">
-        <v>1917</v>
+        <v>1924</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>131</v>
+        <v>1918</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>127</v>
+        <v>8</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>1918</v>
+        <v>1925</v>
       </c>
       <c r="F653" t="s">
-        <v>1919</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B654" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>134</v>
+        <v>1830</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>127</v>
+        <v>1907</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="F654" t="s">
-        <v>1919</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B655" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>127</v>
+        <v>1930</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>1924</v>
+        <v>1931</v>
       </c>
       <c r="F655" t="s">
-        <v>1919</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B656" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>126</v>
+        <v>1934</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>127</v>
+        <v>1935</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
       <c r="F656" t="s">
-        <v>1919</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B657" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>131</v>
+        <v>1939</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="F657" t="s">
-        <v>1919</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B658" t="s">
-        <v>1930</v>
+        <v>1943</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>134</v>
+        <v>1944</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>1931</v>
+        <v>1945</v>
       </c>
       <c r="F658" t="s">
-        <v>1919</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B659" t="s">
-        <v>1932</v>
+        <v>1946</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1923</v>
+        <v>1947</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>1933</v>
+        <v>1948</v>
       </c>
       <c r="F659" t="s">
-        <v>1919</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B660" t="s">
-        <v>1934</v>
+        <v>1949</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>126</v>
+        <v>1950</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>1935</v>
+        <v>1951</v>
       </c>
       <c r="F660" t="s">
-        <v>1919</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B661" t="s">
-        <v>1936</v>
+        <v>1952</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>131</v>
+        <v>1944</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>1938</v>
+        <v>1953</v>
       </c>
       <c r="F661" t="s">
-        <v>1919</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B662" t="s">
-        <v>1939</v>
+        <v>1954</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>134</v>
+        <v>1955</v>
       </c>
       <c r="D662" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E662" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F662" t="s">
         <v>1937</v>
-      </c>
-[...4 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B663" t="s">
-        <v>1941</v>
+        <v>1957</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>1923</v>
+        <v>1958</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>1937</v>
+        <v>148</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>1942</v>
+        <v>1959</v>
       </c>
       <c r="F663" t="s">
-        <v>1919</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664">
         <v>400</v>
       </c>
       <c r="B664" t="s">
-        <v>1943</v>
+        <v>1960</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>1937</v>
+        <v>127</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>1944</v>
+        <v>1961</v>
       </c>
       <c r="F664" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665">
         <v>400</v>
       </c>
       <c r="B665" t="s">
-        <v>1945</v>
+        <v>1963</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>1937</v>
+        <v>127</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>1946</v>
+        <v>1964</v>
       </c>
       <c r="F665" t="s">
-        <v>1832</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666">
         <v>400</v>
       </c>
       <c r="B666" t="s">
-        <v>1947</v>
+        <v>1965</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>1948</v>
+        <v>1966</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>1892</v>
+        <v>127</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>1949</v>
+        <v>1967</v>
       </c>
       <c r="F666" t="s">
-        <v>1894</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667">
         <v>400</v>
       </c>
       <c r="B667" t="s">
-        <v>1950</v>
+        <v>1968</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>207</v>
+        <v>127</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>1951</v>
+        <v>1969</v>
       </c>
       <c r="F667" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668">
         <v>400</v>
       </c>
       <c r="B668" t="s">
-        <v>1952</v>
+        <v>1970</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>207</v>
+        <v>1971</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>1953</v>
+        <v>1972</v>
       </c>
       <c r="F668" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669">
         <v>400</v>
       </c>
       <c r="B669" t="s">
-        <v>1954</v>
+        <v>1973</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1923</v>
+        <v>134</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>207</v>
+        <v>1971</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>1955</v>
+        <v>1974</v>
       </c>
       <c r="F669" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670">
         <v>400</v>
       </c>
       <c r="B670" t="s">
-        <v>1956</v>
+        <v>1975</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>126</v>
+        <v>1966</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>207</v>
+        <v>1971</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>1957</v>
+        <v>1976</v>
       </c>
       <c r="F670" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671">
         <v>400</v>
       </c>
       <c r="B671" t="s">
-        <v>1958</v>
+        <v>1977</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>37</v>
+        <v>1971</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>1959</v>
+        <v>1978</v>
       </c>
       <c r="F671" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672">
         <v>400</v>
       </c>
       <c r="B672" t="s">
-        <v>1960</v>
+        <v>1979</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>37</v>
+        <v>1980</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
       <c r="F672" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673">
         <v>400</v>
       </c>
       <c r="B673" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E673" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F673" t="s">
         <v>1962</v>
-      </c>
-[...10 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674">
         <v>400</v>
       </c>
       <c r="B674" t="s">
-        <v>1964</v>
+        <v>1984</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>126</v>
+        <v>1966</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>37</v>
+        <v>1980</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
       <c r="F674" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675">
         <v>400</v>
       </c>
       <c r="B675" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>323</v>
+        <v>1980</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="F675" t="s">
-        <v>1919</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676">
         <v>400</v>
       </c>
       <c r="B676" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
       <c r="C676" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>323</v>
+        <v>1980</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>1969</v>
+        <v>1989</v>
       </c>
       <c r="F676" t="s">
-        <v>1919</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677">
         <v>400</v>
       </c>
       <c r="B677" t="s">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1923</v>
+        <v>131</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>1971</v>
+        <v>1991</v>
       </c>
       <c r="F677" t="s">
-        <v>1919</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678">
         <v>400</v>
       </c>
       <c r="B678" t="s">
-        <v>1972</v>
+        <v>1993</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>323</v>
+        <v>207</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>1973</v>
+        <v>1994</v>
       </c>
       <c r="F678" t="s">
-        <v>1919</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B679" t="s">
-        <v>1974</v>
+        <v>1995</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1891</v>
+        <v>1966</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>1892</v>
+        <v>207</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>1975</v>
+        <v>1996</v>
       </c>
       <c r="F679" t="s">
-        <v>1894</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B680" t="s">
-        <v>1976</v>
+        <v>1997</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1977</v>
+        <v>126</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="F680" t="s">
-        <v>1979</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B681" t="s">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1981</v>
+        <v>131</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>1892</v>
+        <v>37</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>1982</v>
+        <v>2000</v>
       </c>
       <c r="F681" t="s">
-        <v>1894</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B682" t="s">
-        <v>1983</v>
+        <v>2001</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1984</v>
+        <v>134</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>1985</v>
+        <v>37</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>1986</v>
+        <v>2002</v>
       </c>
       <c r="F682" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B683" t="s">
-        <v>1988</v>
+        <v>2003</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1912</v>
+        <v>1966</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>1989</v>
+        <v>37</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="F683" t="s">
-        <v>1894</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B684" t="s">
-        <v>1991</v>
+        <v>2005</v>
       </c>
       <c r="C684" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E684" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F684" t="s">
         <v>1992</v>
-      </c>
-[...7 lines deleted...]
-        <v>1995</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B685" t="s">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1948</v>
+        <v>131</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>1989</v>
+        <v>323</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>1949</v>
+        <v>2008</v>
       </c>
       <c r="F685" t="s">
-        <v>1894</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B686" t="s">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1891</v>
+        <v>134</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>1989</v>
+        <v>323</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>1975</v>
+        <v>2010</v>
       </c>
       <c r="F686" t="s">
-        <v>1894</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B687" t="s">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1999</v>
+        <v>1966</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2000</v>
+        <v>323</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="F687" t="s">
-        <v>2002</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B688" t="s">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>1981</v>
+        <v>126</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>1989</v>
+        <v>323</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>1982</v>
+        <v>2014</v>
       </c>
       <c r="F688" t="s">
-        <v>1894</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B689" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2005</v>
+        <v>131</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2006</v>
+        <v>127</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="F689" t="s">
-        <v>2002</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="B690" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2009</v>
+        <v>134</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2010</v>
+        <v>127</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="F690" t="s">
-        <v>2012</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="B691" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>1399</v>
+        <v>1966</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="F691" t="s">
-        <v>2015</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="B692" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2017</v>
+        <v>126</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F692" t="s">
-        <v>2015</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="B693" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2020</v>
+        <v>131</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>127</v>
+        <v>1971</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F693" t="s">
-        <v>2015</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="B694" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2023</v>
+        <v>134</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2024</v>
+        <v>1971</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F694" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B695" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2028</v>
+        <v>1966</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>127</v>
+        <v>1971</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>2029</v>
       </c>
       <c r="F695" t="s">
-        <v>2015</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B696" t="s">
         <v>2030</v>
       </c>
       <c r="C696" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E696" s="1" t="s">
         <v>2031</v>
       </c>
-      <c r="D696" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F696" t="s">
-        <v>2034</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B697" t="s">
-        <v>2035</v>
+        <v>2032</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2036</v>
+        <v>131</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2032</v>
+        <v>1980</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>2037</v>
+        <v>2033</v>
       </c>
       <c r="F697" t="s">
-        <v>2034</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B698" t="s">
-        <v>2038</v>
+        <v>2034</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2039</v>
+        <v>134</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2032</v>
+        <v>1980</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>2040</v>
+        <v>2035</v>
       </c>
       <c r="F698" t="s">
-        <v>2034</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B699" t="s">
-        <v>2041</v>
+        <v>2036</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2042</v>
+        <v>1966</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2032</v>
+        <v>1980</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>2043</v>
+        <v>2037</v>
       </c>
       <c r="F699" t="s">
-        <v>2044</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="B700" t="s">
-        <v>2045</v>
+        <v>2038</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1399</v>
+        <v>126</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2046</v>
+        <v>1980</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>2047</v>
+        <v>2039</v>
       </c>
       <c r="F700" t="s">
-        <v>2048</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="B701" t="s">
-        <v>2049</v>
+        <v>2040</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2050</v>
+        <v>2041</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2051</v>
+        <v>1935</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>2052</v>
+        <v>2042</v>
       </c>
       <c r="F701" t="s">
-        <v>2053</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="B702" t="s">
-        <v>2054</v>
+        <v>2043</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2017</v>
+        <v>131</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2046</v>
+        <v>207</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>2055</v>
+        <v>2044</v>
       </c>
       <c r="F702" t="s">
-        <v>2048</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="B703" t="s">
-        <v>2056</v>
+        <v>2045</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2057</v>
+        <v>134</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2058</v>
+        <v>207</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>2059</v>
+        <v>2046</v>
       </c>
       <c r="F703" t="s">
-        <v>2026</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="B704" t="s">
-        <v>2060</v>
+        <v>2047</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2020</v>
+        <v>1966</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2046</v>
+        <v>207</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>2061</v>
+        <v>2048</v>
       </c>
       <c r="F704" t="s">
-        <v>2048</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705">
-        <v>385</v>
+        <v>400</v>
       </c>
       <c r="B705" t="s">
-        <v>2062</v>
+        <v>2049</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2028</v>
+        <v>126</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2046</v>
+        <v>207</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>2063</v>
+        <v>2050</v>
       </c>
       <c r="F705" t="s">
-        <v>2048</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="B706" t="s">
-        <v>2064</v>
+        <v>2051</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1399</v>
+        <v>131</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>2046</v>
+        <v>37</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>2065</v>
+        <v>2052</v>
       </c>
       <c r="F706" t="s">
-        <v>2066</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="B707" t="s">
-        <v>30</v>
+        <v>2053</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2067</v>
+        <v>134</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>536</v>
+        <v>37</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>2068</v>
+        <v>2054</v>
       </c>
       <c r="F707" t="s">
-        <v>2069</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708">
-        <v>383</v>
+        <v>400</v>
       </c>
       <c r="B708" t="s">
-        <v>2070</v>
+        <v>2055</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2017</v>
+        <v>1966</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2046</v>
+        <v>37</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>2071</v>
+        <v>2056</v>
       </c>
       <c r="F708" t="s">
-        <v>2066</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709">
-        <v>383</v>
+        <v>400</v>
       </c>
       <c r="B709" t="s">
-        <v>2072</v>
+        <v>2057</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2073</v>
+        <v>126</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2074</v>
+        <v>37</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>2075</v>
+        <v>2058</v>
       </c>
       <c r="F709" t="s">
-        <v>2076</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710">
-        <v>382</v>
+        <v>400</v>
       </c>
       <c r="B710" t="s">
-        <v>2077</v>
+        <v>2059</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1399</v>
+        <v>131</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>127</v>
+        <v>323</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>2078</v>
+        <v>2060</v>
       </c>
       <c r="F710" t="s">
-        <v>2079</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711">
-        <v>382</v>
+        <v>400</v>
       </c>
       <c r="B711" t="s">
-        <v>2080</v>
+        <v>2061</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2081</v>
+        <v>134</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2082</v>
+        <v>323</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>2083</v>
+        <v>2062</v>
       </c>
       <c r="F711" t="s">
-        <v>2084</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712">
-        <v>381</v>
+        <v>400</v>
       </c>
       <c r="B712" t="s">
-        <v>2085</v>
+        <v>2063</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2017</v>
+        <v>1966</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>127</v>
+        <v>323</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>2086</v>
+        <v>2064</v>
       </c>
       <c r="F712" t="s">
-        <v>2079</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713">
-        <v>380</v>
+        <v>400</v>
       </c>
       <c r="B713" t="s">
-        <v>2087</v>
+        <v>2065</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2020</v>
+        <v>126</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>127</v>
+        <v>323</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>2088</v>
+        <v>2066</v>
       </c>
       <c r="F713" t="s">
-        <v>2079</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714">
-        <v>379</v>
+        <v>399</v>
       </c>
       <c r="B714" t="s">
-        <v>2089</v>
+        <v>2067</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2028</v>
+        <v>1934</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>127</v>
+        <v>1935</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>2088</v>
+        <v>2068</v>
       </c>
       <c r="F714" t="s">
-        <v>2079</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715">
-        <v>379</v>
+        <v>399</v>
       </c>
       <c r="B715" t="s">
-        <v>20</v>
+        <v>2069</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2090</v>
+        <v>2070</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2091</v>
+        <v>58</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>23</v>
+        <v>2071</v>
       </c>
       <c r="F715" t="s">
-        <v>24</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716">
-        <v>378</v>
+        <v>398</v>
       </c>
       <c r="B716" t="s">
-        <v>2092</v>
+        <v>2073</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1399</v>
+        <v>2074</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2046</v>
+        <v>1935</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>2093</v>
+        <v>2075</v>
       </c>
       <c r="F716" t="s">
-        <v>2094</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717">
-        <v>377</v>
+        <v>398</v>
       </c>
       <c r="B717" t="s">
-        <v>2095</v>
+        <v>2076</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2017</v>
+        <v>2077</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2046</v>
+        <v>2078</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>2096</v>
+        <v>2079</v>
       </c>
       <c r="F717" t="s">
-        <v>2094</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718">
-        <v>376</v>
+        <v>397</v>
       </c>
       <c r="B718" t="s">
-        <v>2097</v>
+        <v>2081</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2020</v>
+        <v>1955</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2046</v>
+        <v>2082</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>2098</v>
+        <v>2083</v>
       </c>
       <c r="F718" t="s">
-        <v>2094</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719">
-        <v>376</v>
+        <v>397</v>
       </c>
       <c r="B719" t="s">
-        <v>2099</v>
+        <v>2084</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2100</v>
+        <v>2085</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2101</v>
+        <v>2086</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>2102</v>
+        <v>2087</v>
       </c>
       <c r="F719" t="s">
-        <v>2103</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720">
-        <v>376</v>
+        <v>396</v>
       </c>
       <c r="B720" t="s">
-        <v>2104</v>
+        <v>2089</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2105</v>
+        <v>2041</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2101</v>
+        <v>2082</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>2106</v>
+        <v>2042</v>
       </c>
       <c r="F720" t="s">
-        <v>2103</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="B721" t="s">
-        <v>2107</v>
+        <v>2090</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2108</v>
+        <v>1934</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>2101</v>
+        <v>2082</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>2109</v>
+        <v>2068</v>
       </c>
       <c r="F721" t="s">
-        <v>2103</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="B722" t="s">
-        <v>2110</v>
+        <v>2091</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2111</v>
+        <v>2092</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2101</v>
+        <v>2093</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>2112</v>
+        <v>2094</v>
       </c>
       <c r="F722" t="s">
-        <v>2103</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="B723" t="s">
-        <v>2113</v>
+        <v>2096</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2114</v>
+        <v>2074</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>312</v>
+        <v>2082</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>2115</v>
+        <v>2075</v>
       </c>
       <c r="F723" t="s">
-        <v>2084</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="B724" t="s">
-        <v>2116</v>
+        <v>2097</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2028</v>
+        <v>2098</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2046</v>
+        <v>2099</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>2117</v>
+        <v>2100</v>
       </c>
       <c r="F724" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725">
-        <v>374</v>
+        <v>393</v>
       </c>
       <c r="B725" t="s">
-        <v>2118</v>
+        <v>2101</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2119</v>
+        <v>2102</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2120</v>
+        <v>2103</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>2121</v>
+        <v>2104</v>
       </c>
       <c r="F725" t="s">
-        <v>2122</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726">
-        <v>374</v>
+        <v>392</v>
       </c>
       <c r="B726" t="s">
-        <v>2123</v>
+        <v>2106</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1850</v>
+        <v>1399</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>2124</v>
+        <v>127</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>2125</v>
+        <v>2107</v>
       </c>
       <c r="F726" t="s">
-        <v>2126</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727">
-        <v>373</v>
+        <v>391</v>
       </c>
       <c r="B727" t="s">
-        <v>2127</v>
+        <v>2109</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2128</v>
+        <v>2110</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2129</v>
+        <v>127</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>2130</v>
+        <v>2111</v>
       </c>
       <c r="F727" t="s">
-        <v>2131</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="B728" t="s">
-        <v>2132</v>
+        <v>2112</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2133</v>
+        <v>2113</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>2134</v>
+        <v>2114</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>2135</v>
+        <v>2115</v>
       </c>
       <c r="F728" t="s">
-        <v>2126</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729">
-        <v>372</v>
+        <v>390</v>
       </c>
       <c r="B729" t="s">
-        <v>2136</v>
+        <v>2117</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2137</v>
+        <v>2118</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2138</v>
+        <v>127</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>2139</v>
+        <v>2119</v>
       </c>
       <c r="F729" t="s">
-        <v>2140</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730">
-        <v>372</v>
+        <v>390</v>
       </c>
       <c r="B730" t="s">
-        <v>2141</v>
+        <v>2112</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1211</v>
+        <v>2113</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2138</v>
+        <v>2114</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="F730" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="B731" t="s">
-        <v>2144</v>
+        <v>2122</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2145</v>
+        <v>2123</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2138</v>
+        <v>127</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>2146</v>
+        <v>2124</v>
       </c>
       <c r="F731" t="s">
-        <v>2143</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="B732" t="s">
-        <v>2147</v>
+        <v>2125</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2148</v>
+        <v>2126</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2149</v>
+        <v>2127</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>2150</v>
+        <v>2128</v>
       </c>
       <c r="F732" t="s">
-        <v>2151</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="B733" t="s">
-        <v>2152</v>
+        <v>2130</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2153</v>
+        <v>2131</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2138</v>
+        <v>2127</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>2154</v>
+        <v>2132</v>
       </c>
       <c r="F733" t="s">
-        <v>2155</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734">
-        <v>371</v>
+        <v>389</v>
       </c>
       <c r="B734" t="s">
-        <v>2156</v>
+        <v>2133</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2157</v>
+        <v>2134</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2158</v>
+        <v>2127</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>2159</v>
+        <v>2135</v>
       </c>
       <c r="F734" t="s">
-        <v>2160</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735">
-        <v>371</v>
+        <v>389</v>
       </c>
       <c r="B735" t="s">
-        <v>2161</v>
+        <v>2136</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2148</v>
+        <v>2137</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2162</v>
+        <v>2127</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>2163</v>
+        <v>2138</v>
       </c>
       <c r="F735" t="s">
-        <v>2151</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="B736" t="s">
-        <v>2164</v>
+        <v>2140</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2157</v>
+        <v>1399</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2165</v>
+        <v>2141</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>2166</v>
+        <v>2142</v>
       </c>
       <c r="F736" t="s">
-        <v>2167</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="B737" t="s">
-        <v>2168</v>
+        <v>2144</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2157</v>
+        <v>2145</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2158</v>
+        <v>2146</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>2169</v>
+        <v>2147</v>
       </c>
       <c r="F737" t="s">
-        <v>2167</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="B738" t="s">
-        <v>2170</v>
+        <v>2149</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2157</v>
+        <v>2110</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2171</v>
+        <v>2141</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>2172</v>
+        <v>2150</v>
       </c>
       <c r="F738" t="s">
-        <v>2167</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="B739" t="s">
-        <v>2173</v>
+        <v>2151</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2174</v>
+        <v>2153</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>2175</v>
+        <v>2154</v>
       </c>
       <c r="F739" t="s">
-        <v>2167</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740">
-        <v>371</v>
+        <v>386</v>
       </c>
       <c r="B740" t="s">
-        <v>2176</v>
+        <v>2155</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2157</v>
+        <v>2118</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>2171</v>
+        <v>2141</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>2177</v>
+        <v>2156</v>
       </c>
       <c r="F740" t="s">
-        <v>2178</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="B741" t="s">
-        <v>2179</v>
+        <v>2157</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2180</v>
+        <v>2123</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2181</v>
+        <v>2141</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>2182</v>
+        <v>2158</v>
       </c>
       <c r="F741" t="s">
-        <v>2103</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="B742" t="s">
-        <v>2183</v>
+        <v>2159</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2148</v>
+        <v>2160</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2184</v>
+        <v>536</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>2185</v>
+        <v>2161</v>
       </c>
       <c r="F742" t="s">
-        <v>2151</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743">
-        <v>370</v>
+        <v>384</v>
       </c>
       <c r="B743" t="s">
-        <v>2179</v>
+        <v>2162</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2180</v>
+        <v>1399</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2181</v>
+        <v>2141</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>2186</v>
+        <v>2163</v>
       </c>
       <c r="F743" t="s">
-        <v>2103</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="B744" t="s">
-        <v>2187</v>
+        <v>30</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2148</v>
+        <v>2160</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2188</v>
+        <v>536</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>2189</v>
+        <v>2165</v>
       </c>
       <c r="F744" t="s">
-        <v>2151</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="B745" t="s">
-        <v>2190</v>
+        <v>2167</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2148</v>
+        <v>2110</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>2191</v>
+        <v>2141</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>2192</v>
+        <v>2168</v>
       </c>
       <c r="F745" t="s">
-        <v>2151</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="B746" t="s">
-        <v>2193</v>
+        <v>2169</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2194</v>
+        <v>2170</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>58</v>
+        <v>2171</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>2195</v>
+        <v>2172</v>
       </c>
       <c r="F746" t="s">
-        <v>2196</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="B747" t="s">
-        <v>2197</v>
+        <v>2174</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2148</v>
+        <v>1399</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2198</v>
+        <v>127</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>2199</v>
+        <v>2175</v>
       </c>
       <c r="F747" t="s">
-        <v>2151</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="B748" t="s">
-        <v>2200</v>
+        <v>2177</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2148</v>
+        <v>2178</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2201</v>
+        <v>2179</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>2202</v>
+        <v>2180</v>
       </c>
       <c r="F748" t="s">
-        <v>2151</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="B749" t="s">
-        <v>2203</v>
+        <v>2182</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2148</v>
+        <v>2110</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2204</v>
+        <v>127</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>2205</v>
+        <v>2183</v>
       </c>
       <c r="F749" t="s">
-        <v>2151</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="B750" t="s">
-        <v>2206</v>
+        <v>2184</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2207</v>
+        <v>2118</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2208</v>
+        <v>127</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>2209</v>
+        <v>2185</v>
       </c>
       <c r="F750" t="s">
-        <v>2210</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="B751" t="s">
-        <v>2211</v>
+        <v>2186</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2212</v>
+        <v>2123</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2213</v>
+        <v>127</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>2214</v>
+        <v>2185</v>
       </c>
       <c r="F751" t="s">
-        <v>2215</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="B752" t="s">
-        <v>2216</v>
+        <v>20</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2217</v>
+        <v>2187</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2213</v>
+        <v>2188</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>2218</v>
+        <v>23</v>
       </c>
       <c r="F752" t="s">
-        <v>2215</v>
+        <v>24</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753">
-        <v>364</v>
+        <v>378</v>
       </c>
       <c r="B753" t="s">
-        <v>2219</v>
+        <v>2189</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2217</v>
+        <v>1399</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>2220</v>
+        <v>2141</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>2221</v>
+        <v>2190</v>
       </c>
       <c r="F753" t="s">
-        <v>2215</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B754" t="s">
-        <v>2222</v>
+        <v>2192</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>2212</v>
+        <v>2110</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>2208</v>
+        <v>2141</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>2223</v>
+        <v>2193</v>
       </c>
       <c r="F754" t="s">
-        <v>2224</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B755" t="s">
-        <v>2225</v>
+        <v>2194</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2212</v>
+        <v>2118</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>2213</v>
+        <v>2141</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>2226</v>
+        <v>2195</v>
       </c>
       <c r="F755" t="s">
-        <v>2227</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B756" t="s">
-        <v>2228</v>
+        <v>2196</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2217</v>
+        <v>2197</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>2213</v>
+        <v>2198</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>2229</v>
+        <v>2199</v>
       </c>
       <c r="F756" t="s">
-        <v>2230</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B757" t="s">
-        <v>2231</v>
+        <v>2201</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2217</v>
+        <v>2202</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>2220</v>
+        <v>2198</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>2232</v>
+        <v>2203</v>
       </c>
       <c r="F757" t="s">
-        <v>2230</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B758" t="s">
-        <v>2233</v>
+        <v>2204</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>2217</v>
+        <v>2205</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>2213</v>
+        <v>2198</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>2234</v>
+        <v>2206</v>
       </c>
       <c r="F758" t="s">
-        <v>2235</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B759" t="s">
-        <v>2236</v>
+        <v>2207</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2148</v>
+        <v>2208</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>2237</v>
+        <v>2198</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>2238</v>
+        <v>2209</v>
       </c>
       <c r="F759" t="s">
-        <v>2151</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="B760" t="s">
-        <v>2239</v>
+        <v>2210</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2240</v>
+        <v>2211</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2213</v>
+        <v>312</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>2241</v>
+        <v>2212</v>
       </c>
       <c r="F760" t="s">
-        <v>2053</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="B761" t="s">
-        <v>2242</v>
+        <v>2213</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2207</v>
+        <v>2123</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2213</v>
+        <v>2141</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>2243</v>
+        <v>2214</v>
       </c>
       <c r="F761" t="s">
-        <v>2244</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="B762" t="s">
-        <v>2245</v>
+        <v>2215</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2240</v>
+        <v>2216</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>2246</v>
+        <v>2218</v>
       </c>
       <c r="F762" t="s">
-        <v>2247</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="B763" t="s">
-        <v>2248</v>
+        <v>2220</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>175</v>
+        <v>1893</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2249</v>
+        <v>2221</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>2250</v>
+        <v>2222</v>
       </c>
       <c r="F763" t="s">
-        <v>2251</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="B764" t="s">
-        <v>2252</v>
+        <v>2224</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>173</v>
+        <v>2225</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2249</v>
+        <v>2226</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>2253</v>
+        <v>2227</v>
       </c>
       <c r="F764" t="s">
-        <v>2251</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="B765" t="s">
-        <v>2254</v>
+        <v>2229</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>162</v>
+        <v>2230</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2249</v>
+        <v>2231</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>2255</v>
+        <v>2232</v>
       </c>
       <c r="F765" t="s">
-        <v>2251</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B766" t="s">
-        <v>2256</v>
+        <v>2233</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2148</v>
+        <v>2234</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2257</v>
+        <v>2235</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>2258</v>
+        <v>2236</v>
       </c>
       <c r="F766" t="s">
-        <v>2151</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B767" t="s">
-        <v>2259</v>
+        <v>2238</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>167</v>
+        <v>1211</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2249</v>
+        <v>2235</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>2260</v>
+        <v>2239</v>
       </c>
       <c r="F767" t="s">
-        <v>2251</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="B768" t="s">
-        <v>2261</v>
+        <v>2241</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2148</v>
+        <v>2242</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2262</v>
+        <v>2235</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>2263</v>
+        <v>2243</v>
       </c>
       <c r="F768" t="s">
-        <v>2151</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="B769" t="s">
-        <v>2264</v>
+        <v>2244</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2265</v>
+        <v>2245</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>207</v>
+        <v>2246</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>2266</v>
+        <v>2247</v>
       </c>
       <c r="F769" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="B770" t="s">
-        <v>2267</v>
+        <v>2249</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2268</v>
+        <v>2250</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>207</v>
+        <v>2235</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>2269</v>
+        <v>2251</v>
       </c>
       <c r="F770" t="s">
-        <v>2167</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B771" t="s">
-        <v>2270</v>
+        <v>2253</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2271</v>
+        <v>2254</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>207</v>
+        <v>2255</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>2266</v>
+        <v>2256</v>
       </c>
       <c r="F771" t="s">
-        <v>2167</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B772" t="s">
-        <v>2272</v>
+        <v>2258</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2273</v>
+        <v>2254</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>207</v>
+        <v>2255</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>2274</v>
+        <v>2259</v>
       </c>
       <c r="F772" t="s">
-        <v>2167</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B773" t="s">
-        <v>2275</v>
+        <v>2260</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2265</v>
+        <v>2245</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2276</v>
+        <v>2261</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>2277</v>
+        <v>2262</v>
       </c>
       <c r="F773" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B774" t="s">
-        <v>2278</v>
+        <v>2263</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2268</v>
+        <v>2254</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2276</v>
+        <v>2264</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>2279</v>
+        <v>2265</v>
       </c>
       <c r="F774" t="s">
-        <v>2167</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B775" t="s">
-        <v>2280</v>
+        <v>2267</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2271</v>
+        <v>2254</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2276</v>
+        <v>2255</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>2279</v>
+        <v>2268</v>
       </c>
       <c r="F775" t="s">
-        <v>2167</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B776" t="s">
-        <v>2281</v>
+        <v>2269</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2273</v>
+        <v>2254</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>2276</v>
+        <v>2270</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>2282</v>
+        <v>2271</v>
       </c>
       <c r="F776" t="s">
-        <v>2167</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B777" t="s">
-        <v>2283</v>
+        <v>2272</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2265</v>
+        <v>2254</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2213</v>
+        <v>2273</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>2284</v>
+        <v>2274</v>
       </c>
       <c r="F777" t="s">
-        <v>2167</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B778" t="s">
-        <v>2285</v>
+        <v>2275</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2268</v>
+        <v>2254</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>2213</v>
+        <v>2270</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>2286</v>
+        <v>2276</v>
       </c>
       <c r="F778" t="s">
-        <v>2167</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="B779" t="s">
-        <v>2287</v>
+        <v>2278</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>2213</v>
+        <v>2280</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>2288</v>
+        <v>2281</v>
       </c>
       <c r="F779" t="s">
-        <v>2167</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="B780" t="s">
-        <v>2289</v>
+        <v>2282</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2273</v>
+        <v>2245</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>2213</v>
+        <v>2283</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>2290</v>
+        <v>2284</v>
       </c>
       <c r="F780" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="B781" t="s">
-        <v>2291</v>
+        <v>2278</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2265</v>
+        <v>2279</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2292</v>
+        <v>2280</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>2293</v>
+        <v>2285</v>
       </c>
       <c r="F781" t="s">
-        <v>2167</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="B782" t="s">
-        <v>2294</v>
+        <v>2286</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2268</v>
+        <v>2245</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>2295</v>
+        <v>2288</v>
       </c>
       <c r="F782" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B783" t="s">
-        <v>2296</v>
+        <v>2289</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2271</v>
+        <v>2245</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2292</v>
+        <v>2290</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>2295</v>
+        <v>2291</v>
       </c>
       <c r="F783" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B784" t="s">
-        <v>2297</v>
+        <v>2292</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2273</v>
+        <v>2293</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2292</v>
+        <v>58</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>2298</v>
+        <v>2294</v>
       </c>
       <c r="F784" t="s">
-        <v>2167</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B785" t="s">
-        <v>2299</v>
+        <v>2296</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2265</v>
+        <v>2245</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>323</v>
+        <v>2297</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>2300</v>
+        <v>2298</v>
       </c>
       <c r="F785" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B786" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C786" s="1" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D786" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E786" s="1" t="s">
         <v>2301</v>
       </c>
-      <c r="C786" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F786" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B787" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C787" s="1" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D787" s="1" t="s">
         <v>2303</v>
       </c>
-      <c r="C787" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E787" s="1" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="F787" t="s">
-        <v>2167</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B788" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2273</v>
+        <v>2306</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>323</v>
+        <v>2307</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="F788" t="s">
-        <v>2167</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B789" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2148</v>
+        <v>2311</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2307</v>
+        <v>2312</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>2308</v>
+        <v>2313</v>
       </c>
       <c r="F789" t="s">
-        <v>2151</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B790" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2148</v>
+        <v>2316</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>2311</v>
+        <v>2317</v>
       </c>
       <c r="F790" t="s">
-        <v>2151</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B791" t="s">
-        <v>2312</v>
+        <v>2318</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2313</v>
+        <v>2316</v>
       </c>
       <c r="D791" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E791" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F791" t="s">
         <v>2314</v>
-      </c>
-[...4 lines deleted...]
-        <v>2316</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B792" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2148</v>
+        <v>2311</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>2318</v>
+        <v>2307</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>2319</v>
+        <v>2322</v>
       </c>
       <c r="F792" t="s">
-        <v>2151</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B793" t="s">
-        <v>2320</v>
+        <v>2324</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2321</v>
+        <v>2311</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>2322</v>
+        <v>2312</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="F793" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B794" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2326</v>
+        <v>2316</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2322</v>
+        <v>2312</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="F794" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B795" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="C795" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D795" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E795" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F795" t="s">
         <v>2329</v>
-      </c>
-[...7 lines deleted...]
-        <v>2324</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B796" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2332</v>
+        <v>2316</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>37</v>
+        <v>2312</v>
       </c>
       <c r="E796" s="1" t="s">
         <v>2333</v>
       </c>
       <c r="F796" t="s">
         <v>2334</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B797" t="s">
         <v>2335</v>
       </c>
       <c r="C797" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D797" s="1" t="s">
         <v>2336</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>2337</v>
       </c>
       <c r="F797" t="s">
-        <v>2334</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B798" t="s">
         <v>2338</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2148</v>
+        <v>2245</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>2339</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>2311</v>
+        <v>2340</v>
       </c>
       <c r="F798" t="s">
-        <v>2151</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B799" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2332</v>
+        <v>2342</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>575</v>
+        <v>2312</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="F799" t="s">
-        <v>2334</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B800" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="C800" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D800" s="1" t="s">
         <v>2336</v>
       </c>
-      <c r="D800" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E800" s="1" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="F800" t="s">
-        <v>2334</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B801" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2067</v>
+        <v>2306</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>37</v>
+        <v>2312</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="F801" t="s">
-        <v>2334</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B802" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2067</v>
+        <v>2342</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>575</v>
+        <v>2312</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="F802" t="s">
-        <v>2334</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B803" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2349</v>
+        <v>175</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>575</v>
+        <v>2354</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="F803" t="s">
-        <v>2334</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B804" t="s">
-        <v>2351</v>
+        <v>2357</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2349</v>
+        <v>173</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>37</v>
+        <v>2354</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>2352</v>
+        <v>2358</v>
       </c>
       <c r="F804" t="s">
-        <v>2334</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B805" t="s">
-        <v>2353</v>
+        <v>2359</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2148</v>
+        <v>162</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>2354</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>2355</v>
+        <v>2360</v>
       </c>
       <c r="F805" t="s">
-        <v>2151</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B806" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C806" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D806" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E806" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="F806" t="s">
         <v>2356</v>
-      </c>
-[...10 lines deleted...]
-        <v>2360</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B807" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2148</v>
+        <v>175</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2362</v>
+        <v>2354</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="F807" t="s">
-        <v>2151</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B808" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>50</v>
+        <v>173</v>
       </c>
       <c r="D808" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E808" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F808" t="s">
         <v>2365</v>
-      </c>
-[...4 lines deleted...]
-        <v>2367</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="B809" t="s">
         <v>2368</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2148</v>
+        <v>162</v>
       </c>
       <c r="D809" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E809" s="1" t="s">
         <v>2369</v>
       </c>
-      <c r="E809" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F809" t="s">
-        <v>2151</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B810" t="s">
         <v>2370</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2148</v>
+        <v>2245</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>2371</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>2372</v>
       </c>
       <c r="F810" t="s">
-        <v>2151</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="B811" t="s">
         <v>2373</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2148</v>
+        <v>167</v>
       </c>
       <c r="D811" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E811" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="E811" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F811" t="s">
-        <v>2151</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="B812" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C812" s="1" t="s">
         <v>2376</v>
       </c>
-      <c r="C812" s="1" t="s">
+      <c r="D812" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E812" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="D812" s="1" t="s">
+      <c r="F812" t="s">
         <v>2378</v>
-      </c>
-[...4 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="B813" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C813" s="1" t="s">
         <v>2380</v>
       </c>
-      <c r="C813" s="1" t="s">
+      <c r="D813" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E813" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="D813" s="1" t="s">
+      <c r="F813" t="s">
         <v>2378</v>
-      </c>
-[...4 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="B814" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C814" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="C814" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D814" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E814" s="1" t="s">
         <v>2384</v>
       </c>
-      <c r="E814" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F814" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="B815" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C815" s="1" t="s">
         <v>2386</v>
       </c>
-      <c r="C815" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D815" s="1" t="s">
-        <v>2384</v>
+        <v>207</v>
       </c>
       <c r="E815" s="1" t="s">
         <v>2387</v>
       </c>
       <c r="F815" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="B816" t="s">
         <v>2388</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2377</v>
+        <v>2245</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2384</v>
+        <v>2389</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>2385</v>
+        <v>2390</v>
       </c>
       <c r="F816" t="s">
-        <v>1790</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B817" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>238</v>
+        <v>2376</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2390</v>
+        <v>323</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="F817" t="s">
-        <v>1751</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B818" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>235</v>
+        <v>2380</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2390</v>
+        <v>323</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="F818" t="s">
-        <v>1751</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B819" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>216</v>
+        <v>2383</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2390</v>
+        <v>323</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="F819" t="s">
-        <v>1751</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B820" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>202</v>
+        <v>2386</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>2390</v>
+        <v>323</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="F820" t="s">
-        <v>1751</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B821" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1850</v>
+        <v>2376</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>2384</v>
+        <v>2400</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="F821" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="B822" t="s">
+        <v>2402</v>
+      </c>
+      <c r="C822" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D822" s="1" t="s">
         <v>2400</v>
       </c>
-      <c r="C822" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E822" s="1" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="F822" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823">
-        <v>345</v>
+        <v>362</v>
       </c>
       <c r="B823" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2377</v>
+        <v>2383</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2401</v>
+        <v>2400</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="F823" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="B824" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1850</v>
+        <v>2386</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2401</v>
+        <v>2400</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="F824" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825">
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="B825" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2377</v>
+        <v>2376</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2408</v>
+        <v>2312</v>
       </c>
       <c r="E825" s="1" t="s">
         <v>2409</v>
       </c>
       <c r="F825" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="B826" t="s">
         <v>2410</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>1850</v>
+        <v>2380</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2408</v>
+        <v>2312</v>
       </c>
       <c r="E826" s="1" t="s">
         <v>2411</v>
       </c>
       <c r="F826" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827">
-        <v>341</v>
+        <v>362</v>
       </c>
       <c r="B827" t="s">
         <v>2412</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2377</v>
+        <v>2383</v>
       </c>
       <c r="D827" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E827" s="1" t="s">
         <v>2413</v>
       </c>
-      <c r="E827" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F827" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828">
-        <v>340</v>
+        <v>362</v>
       </c>
       <c r="B828" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C828" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D828" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E828" s="1" t="s">
         <v>2415</v>
       </c>
-      <c r="C828" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F828" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829">
-        <v>339</v>
+        <v>362</v>
       </c>
       <c r="B829" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C829" s="1" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D829" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="C829" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E829" s="1" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="F829" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830">
-        <v>338</v>
+        <v>362</v>
       </c>
       <c r="B830" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="F830" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="B831" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>1850</v>
+        <v>2383</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>2416</v>
+        <v>2422</v>
       </c>
       <c r="F831" t="s">
-        <v>1790</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="B832" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>118</v>
+        <v>2386</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>119</v>
+        <v>2417</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
       <c r="F832" t="s">
-        <v>2423</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833">
-        <v>337</v>
+        <v>362</v>
       </c>
       <c r="B833" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>118</v>
+        <v>2376</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>119</v>
+        <v>207</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="F833" t="s">
-        <v>2426</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834">
-        <v>336</v>
+        <v>362</v>
       </c>
       <c r="B834" t="s">
         <v>2427</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>131</v>
+        <v>2380</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>137</v>
+        <v>207</v>
       </c>
       <c r="E834" s="1" t="s">
         <v>2428</v>
       </c>
       <c r="F834" t="s">
-        <v>129</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835">
-        <v>336</v>
+        <v>362</v>
       </c>
       <c r="B835" t="s">
         <v>2429</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>134</v>
+        <v>2383</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>137</v>
+        <v>207</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="F835" t="s">
-        <v>129</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836">
-        <v>336</v>
+        <v>362</v>
       </c>
       <c r="B836" t="s">
+        <v>2430</v>
+      </c>
+      <c r="C836" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E836" s="1" t="s">
         <v>2431</v>
       </c>
-      <c r="C836" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F836" t="s">
-        <v>1790</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837">
-        <v>335</v>
+        <v>362</v>
       </c>
       <c r="B837" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>152</v>
+        <v>2376</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>153</v>
+        <v>2400</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="F837" t="s">
-        <v>2436</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838">
-        <v>335</v>
+        <v>362</v>
       </c>
       <c r="B838" t="s">
-        <v>2437</v>
+        <v>2434</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>1698</v>
+        <v>2380</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2432</v>
+        <v>2400</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>2438</v>
+        <v>2435</v>
       </c>
       <c r="F838" t="s">
-        <v>1790</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839">
-        <v>334</v>
+        <v>362</v>
       </c>
       <c r="B839" t="s">
-        <v>2439</v>
+        <v>2436</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1701</v>
+        <v>2383</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2432</v>
+        <v>2400</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="F839" t="s">
-        <v>1790</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840">
-        <v>333</v>
+        <v>362</v>
       </c>
       <c r="B840" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>1701</v>
+        <v>2386</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2432</v>
+        <v>2400</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
       <c r="F840" t="s">
-        <v>1790</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841">
-        <v>332</v>
+        <v>362</v>
       </c>
       <c r="B841" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2444</v>
+        <v>2376</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2432</v>
+        <v>2312</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
       <c r="F841" t="s">
-        <v>1790</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842">
-        <v>331</v>
+        <v>362</v>
       </c>
       <c r="B842" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2447</v>
+        <v>2380</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2432</v>
+        <v>2312</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>2448</v>
+        <v>2442</v>
       </c>
       <c r="F842" t="s">
-        <v>2012</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843">
-        <v>330</v>
+        <v>362</v>
       </c>
       <c r="B843" t="s">
-        <v>2449</v>
+        <v>2443</v>
       </c>
       <c r="C843" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D843" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E843" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="D843" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F843" t="s">
-        <v>2452</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844">
-        <v>329</v>
+        <v>362</v>
       </c>
       <c r="B844" t="s">
-        <v>2453</v>
+        <v>2445</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2454</v>
+        <v>2386</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>260</v>
+        <v>2312</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>2455</v>
+        <v>2446</v>
       </c>
       <c r="F844" t="s">
-        <v>262</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845">
-        <v>329</v>
+        <v>362</v>
       </c>
       <c r="B845" t="s">
-        <v>2456</v>
+        <v>2447</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2447</v>
+        <v>2376</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2450</v>
+        <v>2417</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>2457</v>
+        <v>2448</v>
       </c>
       <c r="F845" t="s">
-        <v>2012</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846">
-        <v>329</v>
+        <v>362</v>
       </c>
       <c r="B846" t="s">
-        <v>266</v>
+        <v>2449</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2458</v>
+        <v>2380</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>260</v>
+        <v>2417</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>2459</v>
+        <v>2450</v>
       </c>
       <c r="F846" t="s">
-        <v>2460</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847">
-        <v>329</v>
+        <v>362</v>
       </c>
       <c r="B847" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2454</v>
+        <v>2383</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>260</v>
+        <v>2417</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>2461</v>
+        <v>2450</v>
       </c>
       <c r="F847" t="s">
-        <v>2460</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848">
-        <v>329</v>
+        <v>362</v>
       </c>
       <c r="B848" t="s">
-        <v>263</v>
+        <v>2452</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>264</v>
+        <v>2386</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>260</v>
+        <v>2417</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>2462</v>
+        <v>2453</v>
       </c>
       <c r="F848" t="s">
-        <v>2460</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849">
-        <v>328</v>
+        <v>362</v>
       </c>
       <c r="B849" t="s">
-        <v>2463</v>
+        <v>2454</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>568</v>
+        <v>2376</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>1304</v>
+        <v>323</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>2464</v>
+        <v>2455</v>
       </c>
       <c r="F849" t="s">
-        <v>2465</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850">
-        <v>328</v>
+        <v>362</v>
       </c>
       <c r="B850" t="s">
-        <v>2466</v>
+        <v>2456</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2467</v>
+        <v>2380</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>111</v>
+        <v>323</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>2468</v>
+        <v>2457</v>
       </c>
       <c r="F850" t="s">
-        <v>2469</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851">
-        <v>328</v>
+        <v>362</v>
       </c>
       <c r="B851" t="s">
-        <v>2466</v>
+        <v>2458</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2470</v>
+        <v>2383</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>111</v>
+        <v>323</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>2471</v>
+        <v>2457</v>
       </c>
       <c r="F851" t="s">
-        <v>2472</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852">
-        <v>327</v>
+        <v>362</v>
       </c>
       <c r="B852" t="s">
-        <v>923</v>
+        <v>2459</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>627</v>
+        <v>2386</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>628</v>
+        <v>323</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>2473</v>
+        <v>2460</v>
       </c>
       <c r="F852" t="s">
-        <v>925</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853">
-        <v>326</v>
+        <v>361</v>
       </c>
       <c r="B853" t="s">
-        <v>621</v>
+        <v>2461</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>668</v>
+        <v>2245</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>623</v>
+        <v>2462</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>2474</v>
+        <v>2463</v>
       </c>
       <c r="F853" t="s">
-        <v>2475</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854">
-        <v>325</v>
+        <v>360</v>
       </c>
       <c r="B854" t="s">
-        <v>353</v>
+        <v>2464</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>354</v>
+        <v>2245</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>355</v>
+        <v>2465</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>2476</v>
+        <v>2466</v>
       </c>
       <c r="F854" t="s">
-        <v>2477</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
-        <v>324</v>
+        <v>360</v>
       </c>
       <c r="B855" t="s">
-        <v>429</v>
+        <v>2467</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1225</v>
+        <v>2468</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>431</v>
+        <v>1718</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>2478</v>
+        <v>2469</v>
       </c>
       <c r="F855" t="s">
-        <v>1230</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>323</v>
+        <v>359</v>
       </c>
       <c r="B856" t="s">
-        <v>912</v>
+        <v>2471</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>913</v>
+        <v>2245</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>628</v>
+        <v>2472</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>2479</v>
+        <v>2473</v>
       </c>
       <c r="F856" t="s">
-        <v>2048</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>322</v>
+        <v>359</v>
       </c>
       <c r="B857" t="s">
-        <v>916</v>
+        <v>2474</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>917</v>
+        <v>2475</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>628</v>
+        <v>2476</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>2480</v>
+        <v>2477</v>
       </c>
       <c r="F857" t="s">
-        <v>2048</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>321</v>
+        <v>359</v>
       </c>
       <c r="B858" t="s">
-        <v>920</v>
+        <v>2479</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>921</v>
+        <v>2480</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>628</v>
+        <v>2476</v>
       </c>
       <c r="E858" s="1" t="s">
         <v>2481</v>
       </c>
       <c r="F858" t="s">
-        <v>2048</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>320</v>
+        <v>359</v>
       </c>
       <c r="B859" t="s">
-        <v>923</v>
+        <v>2482</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>627</v>
+        <v>2483</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>628</v>
+        <v>2476</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="F859" t="s">
-        <v>2048</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>319</v>
+        <v>359</v>
       </c>
       <c r="B860" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>913</v>
+        <v>2475</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>628</v>
+        <v>2476</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="F860" t="s">
-        <v>1529</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>318</v>
+        <v>358</v>
       </c>
       <c r="B861" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>917</v>
+        <v>2160</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>628</v>
+        <v>37</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
       <c r="F861" t="s">
-        <v>1529</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>317</v>
+        <v>358</v>
       </c>
       <c r="B862" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>921</v>
+        <v>2490</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>628</v>
+        <v>37</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>2488</v>
+        <v>2491</v>
       </c>
       <c r="F862" t="s">
-        <v>1529</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>316</v>
+        <v>358</v>
       </c>
       <c r="B863" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>627</v>
+        <v>2493</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>628</v>
+        <v>37</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="F863" t="s">
-        <v>1529</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>316</v>
+        <v>358</v>
       </c>
       <c r="B864" t="s">
-        <v>464</v>
+        <v>2495</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>465</v>
+        <v>2496</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>2491</v>
+        <v>2497</v>
       </c>
       <c r="F864" t="s">
-        <v>2492</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>315</v>
+        <v>358</v>
       </c>
       <c r="B865" t="s">
-        <v>2493</v>
+        <v>2498</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>100</v>
+        <v>2160</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>2494</v>
+        <v>575</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="F865" t="s">
-        <v>2496</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>314</v>
+        <v>358</v>
       </c>
       <c r="B866" t="s">
-        <v>81</v>
+        <v>2500</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>678</v>
+        <v>2490</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>83</v>
+        <v>575</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>2497</v>
+        <v>2501</v>
       </c>
       <c r="F866" t="s">
-        <v>2498</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>314</v>
+        <v>358</v>
       </c>
       <c r="B867" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>97</v>
+        <v>2493</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>2494</v>
+        <v>575</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="F867" t="s">
-        <v>2496</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>313</v>
+        <v>358</v>
       </c>
       <c r="B868" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>568</v>
+        <v>2496</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2494</v>
+        <v>575</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>2502</v>
+        <v>2505</v>
       </c>
       <c r="F868" t="s">
-        <v>2496</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>312</v>
+        <v>358</v>
       </c>
       <c r="B869" t="s">
-        <v>2503</v>
+        <v>2506</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>100</v>
+        <v>2490</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2494</v>
+        <v>37</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>2504</v>
+        <v>2507</v>
       </c>
       <c r="F869" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>311</v>
+        <v>358</v>
       </c>
       <c r="B870" t="s">
-        <v>2506</v>
+        <v>2509</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>97</v>
+        <v>2493</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2494</v>
+        <v>37</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
       <c r="F870" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>310</v>
+        <v>358</v>
       </c>
       <c r="B871" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>565</v>
+        <v>2245</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>2509</v>
+        <v>2466</v>
       </c>
       <c r="F871" t="s">
-        <v>2505</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>309</v>
+        <v>358</v>
       </c>
       <c r="B872" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>568</v>
+        <v>2490</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2494</v>
+        <v>575</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
       <c r="F872" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="B873" t="s">
-        <v>2512</v>
+        <v>2515</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>224</v>
+        <v>2493</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2513</v>
+        <v>575</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="F873" t="s">
-        <v>1503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>307</v>
+        <v>358</v>
       </c>
       <c r="B874" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>229</v>
+        <v>2160</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>2513</v>
+        <v>37</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="F874" t="s">
-        <v>1503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>306</v>
+        <v>358</v>
       </c>
       <c r="B875" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>584</v>
+        <v>2160</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>2513</v>
+        <v>575</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>2516</v>
+        <v>2520</v>
       </c>
       <c r="F875" t="s">
-        <v>1503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>305</v>
+        <v>358</v>
       </c>
       <c r="B876" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>224</v>
+        <v>2496</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>1548</v>
+        <v>575</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="F876" t="s">
-        <v>1503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="B877" t="s">
-        <v>2520</v>
+        <v>2523</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>229</v>
+        <v>2496</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>1548</v>
+        <v>37</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>2521</v>
+        <v>2524</v>
       </c>
       <c r="F877" t="s">
-        <v>1503</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>303</v>
+        <v>357</v>
       </c>
       <c r="B878" t="s">
-        <v>2522</v>
+        <v>2525</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>584</v>
+        <v>2245</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>1548</v>
+        <v>2526</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>2521</v>
+        <v>2527</v>
       </c>
       <c r="F878" t="s">
-        <v>1503</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>302</v>
+        <v>357</v>
       </c>
       <c r="B879" t="s">
-        <v>2523</v>
+        <v>2528</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>224</v>
+        <v>2529</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>1536</v>
+        <v>2530</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>2524</v>
+        <v>2531</v>
       </c>
       <c r="F879" t="s">
-        <v>2525</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>301</v>
+        <v>356</v>
       </c>
       <c r="B880" t="s">
-        <v>2526</v>
+        <v>2533</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>229</v>
+        <v>2245</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>1536</v>
+        <v>2534</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>2527</v>
+        <v>2535</v>
       </c>
       <c r="F880" t="s">
-        <v>2525</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
-        <v>300</v>
+        <v>356</v>
       </c>
       <c r="B881" t="s">
-        <v>2528</v>
+        <v>2536</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>584</v>
+        <v>50</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>1536</v>
+        <v>2537</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
       <c r="F881" t="s">
-        <v>2525</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882">
-        <v>299</v>
+        <v>355</v>
       </c>
       <c r="B882" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>224</v>
+        <v>2245</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>1545</v>
+        <v>2541</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>2530</v>
+        <v>2466</v>
       </c>
       <c r="F882" t="s">
-        <v>1529</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883">
-        <v>299</v>
+        <v>354</v>
       </c>
       <c r="B883" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>690</v>
+        <v>2245</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>46</v>
+        <v>2543</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>2532</v>
+        <v>2544</v>
       </c>
       <c r="F883" t="s">
-        <v>2122</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884">
-        <v>299</v>
+        <v>353</v>
       </c>
       <c r="B884" t="s">
-        <v>2533</v>
+        <v>2545</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>50</v>
+        <v>2245</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>186</v>
+        <v>2546</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F884" t="s">
-        <v>2122</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885">
-        <v>298</v>
+        <v>352</v>
       </c>
       <c r="B885" t="s">
-        <v>2535</v>
+        <v>2548</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>229</v>
+        <v>2549</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>1545</v>
+        <v>2550</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>2536</v>
+        <v>2551</v>
       </c>
       <c r="F885" t="s">
-        <v>1529</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886">
-        <v>297</v>
+        <v>351</v>
       </c>
       <c r="B886" t="s">
-        <v>2537</v>
+        <v>2552</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>579</v>
+        <v>2553</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>1545</v>
+        <v>2550</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>2538</v>
+        <v>2554</v>
       </c>
       <c r="F886" t="s">
-        <v>1529</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887">
-        <v>296</v>
+        <v>350</v>
       </c>
       <c r="B887" t="s">
-        <v>2539</v>
+        <v>2555</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>584</v>
+        <v>617</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>1545</v>
+        <v>2556</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>2540</v>
+        <v>2557</v>
       </c>
       <c r="F887" t="s">
-        <v>1529</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888">
-        <v>295</v>
+        <v>349</v>
       </c>
       <c r="B888" t="s">
-        <v>2541</v>
+        <v>2558</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>224</v>
+        <v>2549</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>1548</v>
+        <v>2556</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>2542</v>
+        <v>2559</v>
       </c>
       <c r="F888" t="s">
-        <v>1529</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889">
-        <v>294</v>
+        <v>349</v>
       </c>
       <c r="B889" t="s">
-        <v>2543</v>
+        <v>156</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>229</v>
+        <v>157</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>1548</v>
+        <v>158</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>2544</v>
+        <v>2560</v>
       </c>
       <c r="F889" t="s">
-        <v>1529</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890">
-        <v>293</v>
+        <v>348</v>
       </c>
       <c r="B890" t="s">
-        <v>2545</v>
+        <v>2562</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>579</v>
+        <v>2549</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>1548</v>
+        <v>2556</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>2546</v>
+        <v>2557</v>
       </c>
       <c r="F890" t="s">
-        <v>1529</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891">
-        <v>292</v>
+        <v>347</v>
       </c>
       <c r="B891" t="s">
-        <v>2547</v>
+        <v>2563</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>584</v>
+        <v>238</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>1548</v>
+        <v>2564</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>2548</v>
+        <v>2565</v>
       </c>
       <c r="F891" t="s">
-        <v>1529</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892">
-        <v>291</v>
+        <v>347</v>
       </c>
       <c r="B892" t="s">
-        <v>2549</v>
+        <v>2566</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>1536</v>
+        <v>2564</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>2550</v>
+        <v>2567</v>
       </c>
       <c r="F892" t="s">
-        <v>932</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893">
-        <v>290</v>
+        <v>347</v>
       </c>
       <c r="B893" t="s">
-        <v>2551</v>
+        <v>2568</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>1536</v>
+        <v>2564</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>2552</v>
+        <v>2569</v>
       </c>
       <c r="F893" t="s">
-        <v>932</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894">
-        <v>289</v>
+        <v>347</v>
       </c>
       <c r="B894" t="s">
-        <v>2553</v>
+        <v>2570</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>579</v>
+        <v>202</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>1536</v>
+        <v>2564</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>2554</v>
+        <v>2571</v>
       </c>
       <c r="F894" t="s">
-        <v>932</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895">
-        <v>288</v>
+        <v>347</v>
       </c>
       <c r="B895" t="s">
-        <v>2555</v>
+        <v>2572</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>584</v>
+        <v>1893</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>1536</v>
+        <v>2556</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>2552</v>
+        <v>2573</v>
       </c>
       <c r="F895" t="s">
-        <v>932</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896">
-        <v>287</v>
+        <v>346</v>
       </c>
       <c r="B896" t="s">
-        <v>436</v>
+        <v>2574</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>933</v>
+        <v>68</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>438</v>
+        <v>114</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>2556</v>
+        <v>2575</v>
       </c>
       <c r="F896" t="s">
-        <v>2557</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897">
-        <v>286</v>
+        <v>346</v>
       </c>
       <c r="B897" t="s">
-        <v>2558</v>
+        <v>2576</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>229</v>
+        <v>2549</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>1754</v>
+        <v>2577</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>2559</v>
+        <v>2578</v>
       </c>
       <c r="F897" t="s">
-        <v>2560</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898">
-        <v>285</v>
+        <v>345</v>
       </c>
       <c r="B898" t="s">
-        <v>2561</v>
+        <v>2579</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>579</v>
+        <v>2549</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>1754</v>
+        <v>2577</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>2562</v>
+        <v>2580</v>
       </c>
       <c r="F898" t="s">
-        <v>2560</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899">
-        <v>284</v>
+        <v>344</v>
       </c>
       <c r="B899" t="s">
-        <v>2563</v>
+        <v>2581</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>584</v>
+        <v>1893</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>1754</v>
+        <v>2577</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>2564</v>
+        <v>2582</v>
       </c>
       <c r="F899" t="s">
-        <v>2560</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900">
-        <v>283</v>
+        <v>343</v>
       </c>
       <c r="B900" t="s">
-        <v>2565</v>
+        <v>2583</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>229</v>
+        <v>2549</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>1754</v>
+        <v>2584</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>2566</v>
+        <v>2585</v>
       </c>
       <c r="F900" t="s">
-        <v>2079</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901">
-        <v>283</v>
+        <v>342</v>
       </c>
       <c r="B901" t="s">
-        <v>25</v>
+        <v>2586</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>26</v>
+        <v>1893</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>27</v>
+        <v>2584</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>2567</v>
+        <v>2587</v>
       </c>
       <c r="F901" t="s">
-        <v>2568</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902">
-        <v>282</v>
+        <v>342</v>
       </c>
       <c r="B902" t="s">
-        <v>2569</v>
+        <v>291</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>579</v>
+        <v>292</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>1754</v>
+        <v>293</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>2570</v>
+        <v>2588</v>
       </c>
       <c r="F902" t="s">
-        <v>2079</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903">
-        <v>281</v>
+        <v>341</v>
       </c>
       <c r="B903" t="s">
-        <v>2571</v>
+        <v>2589</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>584</v>
+        <v>2549</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>1754</v>
+        <v>2590</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>2572</v>
+        <v>2591</v>
       </c>
       <c r="F903" t="s">
-        <v>2573</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904">
-        <v>280</v>
+        <v>340</v>
       </c>
       <c r="B904" t="s">
-        <v>2574</v>
+        <v>2592</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>229</v>
+        <v>2553</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>2576</v>
+        <v>2593</v>
       </c>
       <c r="F904" t="s">
-        <v>2577</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905">
-        <v>279</v>
+        <v>340</v>
       </c>
       <c r="B905" t="s">
-        <v>2578</v>
+        <v>296</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>579</v>
+        <v>2594</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2575</v>
+        <v>298</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>2579</v>
+        <v>2595</v>
       </c>
       <c r="F905" t="s">
-        <v>2577</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906">
-        <v>278</v>
+        <v>339</v>
       </c>
       <c r="B906" t="s">
-        <v>2580</v>
+        <v>2597</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>584</v>
+        <v>617</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>2581</v>
+        <v>2593</v>
       </c>
       <c r="F906" t="s">
-        <v>2577</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907">
-        <v>277</v>
+        <v>338</v>
       </c>
       <c r="B907" t="s">
-        <v>2582</v>
+        <v>2598</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>229</v>
+        <v>2549</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>2583</v>
+        <v>2599</v>
       </c>
       <c r="F907" t="s">
-        <v>2584</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908">
-        <v>276</v>
+        <v>337</v>
       </c>
       <c r="B908" t="s">
-        <v>2585</v>
+        <v>2600</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>579</v>
+        <v>1893</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2575</v>
+        <v>2590</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>2586</v>
+        <v>2593</v>
       </c>
       <c r="F908" t="s">
-        <v>2584</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909">
-        <v>275</v>
+        <v>337</v>
       </c>
       <c r="B909" t="s">
-        <v>2587</v>
+        <v>2601</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>584</v>
+        <v>118</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2575</v>
+        <v>119</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>2588</v>
+        <v>2602</v>
       </c>
       <c r="F909" t="s">
-        <v>2584</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910">
-        <v>274</v>
+        <v>337</v>
       </c>
       <c r="B910" t="s">
-        <v>2589</v>
+        <v>2604</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>229</v>
+        <v>118</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2575</v>
+        <v>119</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>2590</v>
+        <v>2605</v>
       </c>
       <c r="F910" t="s">
-        <v>1453</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911">
-        <v>273</v>
+        <v>336</v>
       </c>
       <c r="B911" t="s">
-        <v>2591</v>
+        <v>2607</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>579</v>
+        <v>131</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2575</v>
+        <v>137</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>2590</v>
+        <v>2608</v>
       </c>
       <c r="F911" t="s">
-        <v>1453</v>
+        <v>129</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912">
-        <v>272</v>
+        <v>336</v>
       </c>
       <c r="B912" t="s">
-        <v>2592</v>
+        <v>2609</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>584</v>
+        <v>134</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2575</v>
+        <v>137</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>2593</v>
+        <v>2610</v>
       </c>
       <c r="F912" t="s">
-        <v>1453</v>
+        <v>129</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913">
-        <v>271</v>
+        <v>336</v>
       </c>
       <c r="B913" t="s">
-        <v>1195</v>
+        <v>2611</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>1196</v>
+        <v>1693</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>1197</v>
+        <v>2612</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>2594</v>
+        <v>2613</v>
       </c>
       <c r="F913" t="s">
-        <v>2595</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914">
-        <v>270</v>
+        <v>335</v>
       </c>
       <c r="B914" t="s">
-        <v>2596</v>
+        <v>2614</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2597</v>
+        <v>152</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>1545</v>
+        <v>153</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>2598</v>
+        <v>2615</v>
       </c>
       <c r="F914" t="s">
-        <v>932</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915">
-        <v>269</v>
+        <v>335</v>
       </c>
       <c r="B915" t="s">
-        <v>2599</v>
+        <v>2617</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2600</v>
+        <v>1698</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>1545</v>
+        <v>2612</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>2601</v>
+        <v>2618</v>
       </c>
       <c r="F915" t="s">
-        <v>932</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916">
-        <v>268</v>
+        <v>334</v>
       </c>
       <c r="B916" t="s">
-        <v>2602</v>
+        <v>2619</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2603</v>
+        <v>1701</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>1545</v>
+        <v>2612</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>2604</v>
+        <v>2620</v>
       </c>
       <c r="F916" t="s">
-        <v>932</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917">
-        <v>267</v>
+        <v>333</v>
       </c>
       <c r="B917" t="s">
-        <v>2605</v>
+        <v>2621</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2606</v>
+        <v>1701</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>1545</v>
+        <v>2612</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>2607</v>
+        <v>2622</v>
       </c>
       <c r="F917" t="s">
-        <v>2584</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918">
-        <v>266</v>
+        <v>332</v>
       </c>
       <c r="B918" t="s">
-        <v>2608</v>
+        <v>2623</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2597</v>
+        <v>2624</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>1545</v>
+        <v>2612</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>2609</v>
+        <v>2625</v>
       </c>
       <c r="F918" t="s">
-        <v>2584</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919">
-        <v>265</v>
+        <v>331</v>
       </c>
       <c r="B919" t="s">
-        <v>2610</v>
+        <v>2626</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2600</v>
+        <v>2627</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>1545</v>
+        <v>2612</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>2611</v>
+        <v>2628</v>
       </c>
       <c r="F919" t="s">
-        <v>2584</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920">
-        <v>264</v>
+        <v>330</v>
       </c>
       <c r="B920" t="s">
-        <v>2612</v>
+        <v>2629</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2613</v>
+        <v>2624</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>2614</v>
+        <v>2630</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>2615</v>
+        <v>2631</v>
       </c>
       <c r="F920" t="s">
-        <v>2616</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921">
-        <v>263</v>
+        <v>330</v>
       </c>
       <c r="B921" t="s">
-        <v>2617</v>
+        <v>328</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2603</v>
+        <v>173</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>1545</v>
+        <v>114</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>2618</v>
+        <v>2633</v>
       </c>
       <c r="F921" t="s">
-        <v>2584</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922">
-        <v>262</v>
+        <v>330</v>
       </c>
       <c r="B922" t="s">
-        <v>2619</v>
+        <v>325</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2606</v>
+        <v>173</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>1545</v>
+        <v>326</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>2620</v>
+        <v>2634</v>
       </c>
       <c r="F922" t="s">
-        <v>932</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923">
-        <v>261</v>
+        <v>330</v>
       </c>
       <c r="B923" t="s">
-        <v>2621</v>
+        <v>322</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2597</v>
+        <v>173</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>2046</v>
+        <v>323</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>2622</v>
+        <v>2635</v>
       </c>
       <c r="F923" t="s">
-        <v>932</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924">
-        <v>261</v>
+        <v>330</v>
       </c>
       <c r="B924" t="s">
-        <v>2623</v>
+        <v>319</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>2624</v>
+        <v>173</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>1197</v>
+        <v>320</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>2625</v>
+        <v>2636</v>
       </c>
       <c r="F924" t="s">
-        <v>533</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925">
-        <v>261</v>
+        <v>330</v>
       </c>
       <c r="B925" t="s">
-        <v>2623</v>
+        <v>315</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>2624</v>
+        <v>173</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>1197</v>
+        <v>2637</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>2626</v>
+        <v>2638</v>
       </c>
       <c r="F925" t="s">
-        <v>2627</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926">
+        <v>329</v>
+      </c>
+      <c r="B926" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="D926" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B926" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E926" s="1" t="s">
-        <v>2622</v>
+        <v>2641</v>
       </c>
       <c r="F926" t="s">
-        <v>932</v>
+        <v>262</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927">
-        <v>259</v>
+        <v>329</v>
       </c>
       <c r="B927" t="s">
-        <v>2629</v>
+        <v>2642</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2603</v>
+        <v>2627</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2046</v>
+        <v>2630</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>2622</v>
+        <v>2643</v>
       </c>
       <c r="F927" t="s">
-        <v>932</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928">
-        <v>258</v>
+        <v>329</v>
       </c>
       <c r="B928" t="s">
-        <v>2630</v>
+        <v>266</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2606</v>
+        <v>2644</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2046</v>
+        <v>260</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>2622</v>
+        <v>2645</v>
       </c>
       <c r="F928" t="s">
-        <v>932</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929">
-        <v>257</v>
+        <v>329</v>
       </c>
       <c r="B929" t="s">
-        <v>2631</v>
+        <v>2639</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2606</v>
+        <v>2640</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>2046</v>
+        <v>260</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>2632</v>
+        <v>2647</v>
       </c>
       <c r="F929" t="s">
-        <v>2584</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930">
-        <v>256</v>
+        <v>329</v>
       </c>
       <c r="B930" t="s">
-        <v>2633</v>
+        <v>263</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2613</v>
+        <v>264</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>2614</v>
+        <v>260</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>2634</v>
+        <v>2648</v>
       </c>
       <c r="F930" t="s">
-        <v>2635</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931">
-        <v>256</v>
+        <v>328</v>
       </c>
       <c r="B931" t="s">
-        <v>2636</v>
+        <v>2649</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2637</v>
+        <v>568</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>320</v>
+        <v>1304</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>694</v>
+        <v>2650</v>
       </c>
       <c r="F931" t="s">
-        <v>692</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932">
-        <v>255</v>
+        <v>328</v>
       </c>
       <c r="B932" t="s">
-        <v>2638</v>
+        <v>2652</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2597</v>
+        <v>2653</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>2639</v>
+        <v>111</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>2640</v>
+        <v>2654</v>
       </c>
       <c r="F932" t="s">
-        <v>932</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933">
-        <v>254</v>
+        <v>328</v>
       </c>
       <c r="B933" t="s">
-        <v>2641</v>
+        <v>2652</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2600</v>
+        <v>2656</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2639</v>
+        <v>111</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>2642</v>
+        <v>2657</v>
       </c>
       <c r="F933" t="s">
-        <v>932</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934">
-        <v>253</v>
+        <v>328</v>
       </c>
       <c r="B934" t="s">
-        <v>2643</v>
+        <v>2652</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2603</v>
+        <v>2653</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2639</v>
+        <v>111</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>2642</v>
+        <v>2659</v>
       </c>
       <c r="F934" t="s">
-        <v>932</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935">
-        <v>252</v>
+        <v>327</v>
       </c>
       <c r="B935" t="s">
-        <v>2644</v>
+        <v>923</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2606</v>
+        <v>627</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2639</v>
+        <v>628</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>2645</v>
+        <v>2661</v>
       </c>
       <c r="F935" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936">
-        <v>251</v>
+        <v>326</v>
       </c>
       <c r="B936" t="s">
-        <v>2646</v>
+        <v>621</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>1051</v>
+        <v>668</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2614</v>
+        <v>623</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>2647</v>
+        <v>2662</v>
       </c>
       <c r="F936" t="s">
-        <v>2635</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937">
-        <v>250</v>
+        <v>325</v>
       </c>
       <c r="B937" t="s">
-        <v>2648</v>
+        <v>353</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2649</v>
+        <v>354</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>93</v>
+        <v>355</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>2650</v>
+        <v>2664</v>
       </c>
       <c r="F937" t="s">
-        <v>2651</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938">
-        <v>249</v>
+        <v>324</v>
       </c>
       <c r="B938" t="s">
-        <v>2652</v>
+        <v>429</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2597</v>
+        <v>1225</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2653</v>
+        <v>431</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>2654</v>
+        <v>2666</v>
       </c>
       <c r="F938" t="s">
-        <v>2655</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939">
-        <v>248</v>
+        <v>323</v>
       </c>
       <c r="B939" t="s">
-        <v>2656</v>
+        <v>912</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2600</v>
+        <v>913</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2653</v>
+        <v>628</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>2657</v>
+        <v>2667</v>
       </c>
       <c r="F939" t="s">
-        <v>2655</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940">
-        <v>247</v>
+        <v>323</v>
       </c>
       <c r="B940" t="s">
-        <v>2658</v>
+        <v>513</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2603</v>
+        <v>375</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2653</v>
+        <v>514</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>2659</v>
+        <v>2668</v>
       </c>
       <c r="F940" t="s">
-        <v>2655</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941">
-        <v>246</v>
+        <v>322</v>
       </c>
       <c r="B941" t="s">
-        <v>2660</v>
+        <v>916</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2606</v>
+        <v>917</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2653</v>
+        <v>628</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>2661</v>
+        <v>2670</v>
       </c>
       <c r="F941" t="s">
-        <v>2655</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942">
-        <v>245</v>
+        <v>321</v>
       </c>
       <c r="B942" t="s">
-        <v>2662</v>
+        <v>920</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2597</v>
+        <v>921</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2653</v>
+        <v>628</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>2663</v>
+        <v>2671</v>
       </c>
       <c r="F942" t="s">
-        <v>932</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943">
-        <v>244</v>
+        <v>320</v>
       </c>
       <c r="B943" t="s">
-        <v>2664</v>
+        <v>923</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2600</v>
+        <v>627</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2653</v>
+        <v>628</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
       <c r="F943" t="s">
-        <v>932</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944">
-        <v>243</v>
+        <v>319</v>
       </c>
       <c r="B944" t="s">
-        <v>2666</v>
+        <v>2673</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2603</v>
+        <v>913</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2653</v>
+        <v>628</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>2667</v>
+        <v>2674</v>
       </c>
       <c r="F944" t="s">
-        <v>932</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945">
-        <v>242</v>
+        <v>318</v>
       </c>
       <c r="B945" t="s">
-        <v>2668</v>
+        <v>2675</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2606</v>
+        <v>917</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2653</v>
+        <v>628</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>2669</v>
+        <v>2676</v>
       </c>
       <c r="F945" t="s">
-        <v>932</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946">
-        <v>241</v>
+        <v>317</v>
       </c>
       <c r="B946" t="s">
-        <v>2670</v>
+        <v>2677</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2597</v>
+        <v>921</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>127</v>
+        <v>628</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>2671</v>
+        <v>2678</v>
       </c>
       <c r="F946" t="s">
-        <v>932</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947">
-        <v>240</v>
+        <v>316</v>
       </c>
       <c r="B947" t="s">
-        <v>2672</v>
+        <v>2679</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2600</v>
+        <v>627</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>127</v>
+        <v>628</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>2673</v>
+        <v>2680</v>
       </c>
       <c r="F947" t="s">
-        <v>932</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948">
-        <v>239</v>
+        <v>316</v>
       </c>
       <c r="B948" t="s">
-        <v>732</v>
+        <v>464</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>92</v>
+        <v>465</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>733</v>
+        <v>106</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>2674</v>
+        <v>2681</v>
       </c>
       <c r="F948" t="s">
-        <v>2675</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="A949">
-        <v>239</v>
+        <v>316</v>
       </c>
       <c r="B949" t="s">
-        <v>732</v>
+        <v>464</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>92</v>
+        <v>465</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>733</v>
+        <v>106</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="F949" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950">
-        <v>238</v>
+        <v>315</v>
       </c>
       <c r="B950" t="s">
-        <v>2678</v>
+        <v>2685</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2603</v>
+        <v>100</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>127</v>
+        <v>2686</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>2679</v>
+        <v>2687</v>
       </c>
       <c r="F950" t="s">
-        <v>932</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951">
-        <v>237</v>
+        <v>314</v>
       </c>
       <c r="B951" t="s">
-        <v>2680</v>
+        <v>81</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2606</v>
+        <v>678</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
       <c r="F951" t="s">
-        <v>932</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952">
-        <v>236</v>
+        <v>314</v>
       </c>
       <c r="B952" t="s">
-        <v>2682</v>
+        <v>2691</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2597</v>
+        <v>97</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>1536</v>
+        <v>2686</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>2683</v>
+        <v>2692</v>
       </c>
       <c r="F952" t="s">
-        <v>932</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953">
-        <v>235</v>
+        <v>313</v>
       </c>
       <c r="B953" t="s">
-        <v>2684</v>
+        <v>2693</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2600</v>
+        <v>568</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>1536</v>
+        <v>2686</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>2685</v>
+        <v>2694</v>
       </c>
       <c r="F953" t="s">
-        <v>932</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954">
-        <v>234</v>
+        <v>312</v>
       </c>
       <c r="B954" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C954" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D954" s="1" t="s">
         <v>2686</v>
       </c>
-      <c r="C954" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E954" s="1" t="s">
-        <v>2688</v>
+        <v>2696</v>
       </c>
       <c r="F954" t="s">
-        <v>2689</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955">
-        <v>234</v>
+        <v>311</v>
       </c>
       <c r="B955" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C955" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D955" s="1" t="s">
         <v>2686</v>
       </c>
-      <c r="C955" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E955" s="1" t="s">
-        <v>2690</v>
+        <v>2699</v>
       </c>
       <c r="F955" t="s">
-        <v>2691</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956">
-        <v>234</v>
+        <v>310</v>
       </c>
       <c r="B956" t="s">
-        <v>2692</v>
+        <v>2700</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2603</v>
+        <v>565</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>1536</v>
+        <v>2686</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>2693</v>
+        <v>2701</v>
       </c>
       <c r="F956" t="s">
-        <v>932</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957">
-        <v>233</v>
+        <v>309</v>
       </c>
       <c r="B957" t="s">
-        <v>2694</v>
+        <v>2702</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2606</v>
+        <v>568</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>1536</v>
+        <v>2686</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>2695</v>
+        <v>2703</v>
       </c>
       <c r="F957" t="s">
-        <v>932</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958">
-        <v>232</v>
+        <v>308</v>
       </c>
       <c r="B958" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2613</v>
+        <v>224</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2697</v>
+        <v>2705</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>2698</v>
+        <v>2706</v>
       </c>
       <c r="F958" t="s">
-        <v>2699</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959">
-        <v>231</v>
+        <v>307</v>
       </c>
       <c r="B959" t="s">
-        <v>2700</v>
+        <v>2707</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2701</v>
+        <v>229</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2702</v>
+        <v>2705</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>2703</v>
+        <v>2708</v>
       </c>
       <c r="F959" t="s">
-        <v>2704</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960">
-        <v>230</v>
+        <v>306</v>
       </c>
       <c r="B960" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C960" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D960" s="1" t="s">
         <v>2705</v>
       </c>
-      <c r="C960" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E960" s="1" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="F960" t="s">
-        <v>2708</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961">
-        <v>229</v>
+        <v>305</v>
       </c>
       <c r="B961" t="s">
-        <v>736</v>
+        <v>2710</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>737</v>
+        <v>224</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>738</v>
+        <v>1548</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="F961" t="s">
-        <v>2708</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962">
-        <v>228</v>
+        <v>304</v>
       </c>
       <c r="B962" t="s">
-        <v>743</v>
+        <v>2712</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>756</v>
+        <v>229</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>738</v>
+        <v>1548</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>2709</v>
+        <v>2713</v>
       </c>
       <c r="F962" t="s">
-        <v>2708</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963">
-        <v>227</v>
+        <v>303</v>
       </c>
       <c r="B963" t="s">
-        <v>745</v>
+        <v>2714</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>746</v>
+        <v>584</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>738</v>
+        <v>1548</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="F963" t="s">
-        <v>2708</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964">
-        <v>226</v>
+        <v>302</v>
       </c>
       <c r="B964" t="s">
-        <v>2711</v>
+        <v>2715</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2712</v>
+        <v>224</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2713</v>
+        <v>1536</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="F964" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965">
-        <v>225</v>
+        <v>301</v>
       </c>
       <c r="B965" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2717</v>
+        <v>229</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2718</v>
+        <v>1536</v>
       </c>
       <c r="E965" s="1" t="s">
         <v>2719</v>
       </c>
       <c r="F965" t="s">
-        <v>2720</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966">
-        <v>224</v>
+        <v>300</v>
       </c>
       <c r="B966" t="s">
-        <v>2721</v>
+        <v>2720</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2722</v>
+        <v>584</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2718</v>
+        <v>1536</v>
       </c>
       <c r="E966" s="1" t="s">
         <v>2719</v>
       </c>
       <c r="F966" t="s">
-        <v>2720</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967">
-        <v>223</v>
+        <v>299</v>
       </c>
       <c r="B967" t="s">
-        <v>2723</v>
+        <v>2721</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>555</v>
+        <v>224</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2718</v>
+        <v>1545</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
       <c r="F967" t="s">
-        <v>2720</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="A968">
-        <v>222</v>
+        <v>299</v>
       </c>
       <c r="B968" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C968" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D968" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E968" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="C968" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F968" t="s">
-        <v>2720</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969">
-        <v>221</v>
+        <v>299</v>
       </c>
       <c r="B969" t="s">
-        <v>2727</v>
+        <v>2725</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2728</v>
+        <v>50</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2729</v>
+        <v>186</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="F969" t="s">
-        <v>2731</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="B970" t="s">
-        <v>2732</v>
+        <v>2727</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2733</v>
+        <v>229</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2639</v>
+        <v>1545</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>2734</v>
+        <v>2728</v>
       </c>
       <c r="F970" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="B971" t="s">
-        <v>2735</v>
+        <v>2729</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2736</v>
+        <v>579</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2639</v>
+        <v>1545</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>2737</v>
+        <v>2730</v>
       </c>
       <c r="F971" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972">
-        <v>218</v>
+        <v>296</v>
       </c>
       <c r="B972" t="s">
-        <v>2738</v>
+        <v>2731</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2739</v>
+        <v>584</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>2639</v>
+        <v>1545</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>2740</v>
+        <v>2732</v>
       </c>
       <c r="F972" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="A973">
-        <v>217</v>
+        <v>295</v>
       </c>
       <c r="B973" t="s">
-        <v>2741</v>
+        <v>2733</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2742</v>
+        <v>224</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>2639</v>
+        <v>1548</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>2743</v>
+        <v>2734</v>
       </c>
       <c r="F973" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974">
-        <v>216</v>
+        <v>294</v>
       </c>
       <c r="B974" t="s">
-        <v>2744</v>
+        <v>2735</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2733</v>
+        <v>229</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>2745</v>
+        <v>2736</v>
       </c>
       <c r="F974" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975">
-        <v>215</v>
+        <v>293</v>
       </c>
       <c r="B975" t="s">
-        <v>2746</v>
+        <v>2737</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2736</v>
+        <v>579</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>2747</v>
+        <v>2738</v>
       </c>
       <c r="F975" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="976" spans="1:6">
       <c r="A976">
-        <v>214</v>
+        <v>292</v>
       </c>
       <c r="B976" t="s">
-        <v>2748</v>
+        <v>2739</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2739</v>
+        <v>584</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>2749</v>
+        <v>2740</v>
       </c>
       <c r="F976" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977">
-        <v>213</v>
+        <v>291</v>
       </c>
       <c r="B977" t="s">
-        <v>2750</v>
+        <v>2741</v>
       </c>
       <c r="C977" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D977" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E977" s="1" t="s">
         <v>2742</v>
       </c>
-      <c r="D977" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F977" t="s">
-        <v>1529</v>
+        <v>932</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978">
-        <v>212</v>
+        <v>290</v>
       </c>
       <c r="B978" t="s">
-        <v>2752</v>
+        <v>2743</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2733</v>
+        <v>229</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>2753</v>
+        <v>2744</v>
       </c>
       <c r="F978" t="s">
-        <v>2584</v>
+        <v>932</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979">
-        <v>211</v>
+        <v>289</v>
       </c>
       <c r="B979" t="s">
-        <v>2754</v>
+        <v>2745</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2736</v>
+        <v>579</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>2755</v>
+        <v>2746</v>
       </c>
       <c r="F979" t="s">
-        <v>2584</v>
+        <v>932</v>
       </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980">
-        <v>210</v>
+        <v>288</v>
       </c>
       <c r="B980" t="s">
-        <v>2756</v>
+        <v>2747</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2739</v>
+        <v>584</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>2757</v>
+        <v>2744</v>
       </c>
       <c r="F980" t="s">
-        <v>2584</v>
+        <v>932</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981">
-        <v>209</v>
+        <v>287</v>
       </c>
       <c r="B981" t="s">
-        <v>2758</v>
+        <v>436</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2742</v>
+        <v>933</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>1545</v>
+        <v>438</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>2759</v>
+        <v>2748</v>
       </c>
       <c r="F981" t="s">
-        <v>2584</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="982" spans="1:6">
       <c r="A982">
-        <v>208</v>
+        <v>286</v>
       </c>
       <c r="B982" t="s">
-        <v>2760</v>
+        <v>2750</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2733</v>
+        <v>229</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2761</v>
+        <v>1797</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>2762</v>
+        <v>2751</v>
       </c>
       <c r="F982" t="s">
-        <v>932</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983">
-        <v>207</v>
+        <v>285</v>
       </c>
       <c r="B983" t="s">
-        <v>2763</v>
+        <v>2753</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2736</v>
+        <v>579</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2761</v>
+        <v>1797</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>2764</v>
+        <v>2754</v>
       </c>
       <c r="F983" t="s">
-        <v>932</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984">
-        <v>206</v>
+        <v>284</v>
       </c>
       <c r="B984" t="s">
-        <v>2765</v>
+        <v>2755</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2739</v>
+        <v>584</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>2761</v>
+        <v>1797</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>2766</v>
+        <v>2756</v>
       </c>
       <c r="F984" t="s">
-        <v>932</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985">
-        <v>205</v>
+        <v>283</v>
       </c>
       <c r="B985" t="s">
-        <v>2767</v>
+        <v>2757</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2742</v>
+        <v>229</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2761</v>
+        <v>1797</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>2768</v>
+        <v>2758</v>
       </c>
       <c r="F985" t="s">
-        <v>932</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986">
-        <v>204</v>
+        <v>283</v>
       </c>
       <c r="B986" t="s">
-        <v>2769</v>
+        <v>25</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2770</v>
+        <v>26</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>514</v>
+        <v>27</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>2771</v>
+        <v>2759</v>
       </c>
       <c r="F986" t="s">
-        <v>2772</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="987" spans="1:6">
       <c r="A987">
-        <v>203</v>
+        <v>282</v>
       </c>
       <c r="B987" t="s">
-        <v>2773</v>
+        <v>2761</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2733</v>
+        <v>579</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2653</v>
+        <v>1797</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>2774</v>
+        <v>2762</v>
       </c>
       <c r="F987" t="s">
-        <v>1529</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="A988">
-        <v>202</v>
+        <v>281</v>
       </c>
       <c r="B988" t="s">
-        <v>2775</v>
+        <v>2763</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2736</v>
+        <v>584</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>2653</v>
+        <v>1797</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>2776</v>
+        <v>2764</v>
       </c>
       <c r="F988" t="s">
-        <v>1529</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989">
-        <v>201</v>
+        <v>280</v>
       </c>
       <c r="B989" t="s">
-        <v>1670</v>
+        <v>2766</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2777</v>
+        <v>229</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>2778</v>
+        <v>2768</v>
       </c>
       <c r="F989" t="s">
-        <v>1767</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990">
-        <v>201</v>
+        <v>279</v>
       </c>
       <c r="B990" t="s">
-        <v>2779</v>
+        <v>2770</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2739</v>
+        <v>579</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2653</v>
+        <v>2767</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>2780</v>
+        <v>2771</v>
       </c>
       <c r="F990" t="s">
-        <v>1529</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991">
-        <v>201</v>
+        <v>278</v>
       </c>
       <c r="B991" t="s">
-        <v>1670</v>
+        <v>2772</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2777</v>
+        <v>584</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E991" s="1" t="s">
-        <v>2781</v>
+        <v>2773</v>
       </c>
       <c r="F991" t="s">
-        <v>2782</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="992" spans="1:6">
       <c r="A992">
-        <v>201</v>
+        <v>277</v>
       </c>
       <c r="B992" t="s">
-        <v>1670</v>
+        <v>2774</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2777</v>
+        <v>229</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E992" s="1" t="s">
-        <v>2783</v>
+        <v>2775</v>
       </c>
       <c r="F992" t="s">
-        <v>2784</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="993" spans="1:6">
       <c r="A993">
-        <v>201</v>
+        <v>276</v>
       </c>
       <c r="B993" t="s">
-        <v>1670</v>
+        <v>2777</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2777</v>
+        <v>579</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E993" s="1" t="s">
-        <v>2785</v>
+        <v>2778</v>
       </c>
       <c r="F993" t="s">
-        <v>2786</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="994" spans="1:6">
       <c r="A994">
-        <v>201</v>
+        <v>275</v>
       </c>
       <c r="B994" t="s">
-        <v>1670</v>
+        <v>2779</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>2777</v>
+        <v>584</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E994" s="1" t="s">
-        <v>2787</v>
+        <v>2780</v>
       </c>
       <c r="F994" t="s">
-        <v>2788</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995">
-        <v>201</v>
+        <v>274</v>
       </c>
       <c r="B995" t="s">
-        <v>1670</v>
+        <v>2781</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2777</v>
+        <v>229</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E995" s="1" t="s">
-        <v>2789</v>
+        <v>2782</v>
       </c>
       <c r="F995" t="s">
-        <v>2790</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="996" spans="1:6">
       <c r="A996">
-        <v>201</v>
+        <v>273</v>
       </c>
       <c r="B996" t="s">
-        <v>1670</v>
+        <v>2783</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2777</v>
+        <v>579</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>111</v>
+        <v>2767</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>2791</v>
+        <v>2782</v>
       </c>
       <c r="F996" t="s">
-        <v>2792</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="997" spans="1:6">
       <c r="A997">
-        <v>200</v>
+        <v>272</v>
       </c>
       <c r="B997" t="s">
-        <v>2793</v>
+        <v>2784</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2742</v>
+        <v>584</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2653</v>
+        <v>2767</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>2794</v>
+        <v>2785</v>
       </c>
       <c r="F997" t="s">
-        <v>1529</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="998" spans="1:6">
       <c r="A998">
-        <v>199</v>
+        <v>271</v>
       </c>
       <c r="B998" t="s">
-        <v>56</v>
+        <v>1195</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>57</v>
+        <v>1196</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>58</v>
+        <v>1197</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>2795</v>
+        <v>2786</v>
       </c>
       <c r="F998" t="s">
-        <v>2796</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="A999">
-        <v>199</v>
+        <v>270</v>
       </c>
       <c r="B999" t="s">
-        <v>2797</v>
+        <v>2788</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2733</v>
+        <v>2789</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2653</v>
+        <v>1545</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>2798</v>
+        <v>2790</v>
       </c>
       <c r="F999" t="s">
-        <v>2799</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000">
-        <v>198</v>
+        <v>269</v>
       </c>
       <c r="B1000" t="s">
-        <v>2800</v>
+        <v>2791</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2736</v>
+        <v>2792</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2653</v>
+        <v>1545</v>
       </c>
       <c r="E1000" s="1" t="s">
-        <v>2801</v>
+        <v>2793</v>
       </c>
       <c r="F1000" t="s">
-        <v>2802</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001">
-        <v>197</v>
+        <v>268</v>
       </c>
       <c r="B1001" t="s">
-        <v>2803</v>
+        <v>2794</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2739</v>
+        <v>2795</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2653</v>
+        <v>1545</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>2804</v>
+        <v>2796</v>
       </c>
       <c r="F1001" t="s">
-        <v>2802</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002">
-        <v>196</v>
+        <v>267</v>
       </c>
       <c r="B1002" t="s">
-        <v>2805</v>
+        <v>2797</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>2742</v>
+        <v>2798</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2653</v>
+        <v>1545</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>2806</v>
+        <v>2799</v>
       </c>
       <c r="F1002" t="s">
-        <v>2802</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003">
-        <v>195</v>
+        <v>266</v>
       </c>
       <c r="B1003" t="s">
-        <v>2807</v>
+        <v>2800</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>2808</v>
+        <v>2789</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>628</v>
+        <v>1545</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>2809</v>
+        <v>2801</v>
       </c>
       <c r="F1003" t="s">
-        <v>2810</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004">
-        <v>194</v>
+        <v>265</v>
       </c>
       <c r="B1004" t="s">
-        <v>2811</v>
+        <v>2802</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>2812</v>
+        <v>2792</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>628</v>
+        <v>1545</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>2813</v>
+        <v>2803</v>
       </c>
       <c r="F1004" t="s">
-        <v>2810</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005">
-        <v>193</v>
+        <v>264</v>
       </c>
       <c r="B1005" t="s">
-        <v>2814</v>
+        <v>2804</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>2815</v>
+        <v>2805</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>628</v>
+        <v>2806</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>2813</v>
+        <v>2807</v>
       </c>
       <c r="F1005" t="s">
-        <v>2810</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006">
-        <v>192</v>
+        <v>263</v>
       </c>
       <c r="B1006" t="s">
-        <v>2816</v>
+        <v>2809</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>2817</v>
+        <v>2795</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>628</v>
+        <v>1545</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>2818</v>
+        <v>2810</v>
       </c>
       <c r="F1006" t="s">
-        <v>2810</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007">
-        <v>191</v>
+        <v>262</v>
       </c>
       <c r="B1007" t="s">
-        <v>2819</v>
+        <v>2811</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>2817</v>
+        <v>2798</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>628</v>
+        <v>1545</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>2820</v>
+        <v>2812</v>
       </c>
       <c r="F1007" t="s">
-        <v>2810</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008">
-        <v>190</v>
+        <v>261</v>
       </c>
       <c r="B1008" t="s">
-        <v>2821</v>
+        <v>2813</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>2822</v>
+        <v>2789</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2823</v>
+        <v>2141</v>
       </c>
       <c r="E1008" s="1" t="s">
-        <v>2824</v>
+        <v>2814</v>
       </c>
       <c r="F1008" t="s">
-        <v>2825</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009">
-        <v>189</v>
+        <v>261</v>
       </c>
       <c r="B1009" t="s">
-        <v>2826</v>
+        <v>2815</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>2827</v>
+        <v>2816</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2828</v>
+        <v>1197</v>
       </c>
       <c r="E1009" s="1" t="s">
-        <v>2829</v>
+        <v>2817</v>
       </c>
       <c r="F1009" t="s">
-        <v>2830</v>
+        <v>533</v>
       </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010">
-        <v>188</v>
+        <v>261</v>
       </c>
       <c r="B1010" t="s">
-        <v>2831</v>
+        <v>2815</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>579</v>
+        <v>2816</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2832</v>
+        <v>1197</v>
       </c>
       <c r="E1010" s="1" t="s">
-        <v>2833</v>
+        <v>2818</v>
       </c>
       <c r="F1010" t="s">
-        <v>2834</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011">
-        <v>187</v>
+        <v>260</v>
       </c>
       <c r="B1011" t="s">
-        <v>2835</v>
+        <v>2820</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>224</v>
+        <v>2792</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2832</v>
+        <v>2141</v>
       </c>
       <c r="E1011" s="1" t="s">
-        <v>2836</v>
+        <v>2814</v>
       </c>
       <c r="F1011" t="s">
-        <v>2837</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012">
-        <v>186</v>
+        <v>259</v>
       </c>
       <c r="B1012" t="s">
-        <v>2838</v>
+        <v>2821</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>224</v>
+        <v>2795</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2046</v>
+        <v>2141</v>
       </c>
       <c r="E1012" s="1" t="s">
-        <v>2839</v>
+        <v>2814</v>
       </c>
       <c r="F1012" t="s">
-        <v>2837</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013">
-        <v>185</v>
+        <v>258</v>
       </c>
       <c r="B1013" t="s">
-        <v>2840</v>
+        <v>2822</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>579</v>
+        <v>2798</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2046</v>
+        <v>2141</v>
       </c>
       <c r="E1013" s="1" t="s">
-        <v>2841</v>
+        <v>2814</v>
       </c>
       <c r="F1013" t="s">
-        <v>2577</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014">
-        <v>184</v>
+        <v>257</v>
       </c>
       <c r="B1014" t="s">
-        <v>2842</v>
+        <v>2823</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>2843</v>
+        <v>2798</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>1212</v>
+        <v>2141</v>
       </c>
       <c r="E1014" s="1" t="s">
-        <v>2844</v>
+        <v>2824</v>
       </c>
       <c r="F1014" t="s">
-        <v>2830</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015">
-        <v>183</v>
+        <v>256</v>
       </c>
       <c r="B1015" t="s">
-        <v>2845</v>
+        <v>2825</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>2606</v>
+        <v>2805</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2846</v>
+        <v>2806</v>
       </c>
       <c r="E1015" s="1" t="s">
-        <v>2847</v>
+        <v>2826</v>
       </c>
       <c r="F1015" t="s">
-        <v>2848</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016">
-        <v>182</v>
+        <v>256</v>
       </c>
       <c r="B1016" t="s">
-        <v>587</v>
+        <v>2828</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>588</v>
+        <v>2829</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>93</v>
+        <v>320</v>
       </c>
       <c r="E1016" s="1" t="s">
-        <v>2849</v>
+        <v>694</v>
       </c>
       <c r="F1016" t="s">
-        <v>2850</v>
+        <v>692</v>
       </c>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017">
-        <v>181</v>
+        <v>255</v>
       </c>
       <c r="B1017" t="s">
-        <v>2851</v>
+        <v>2830</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>2852</v>
+        <v>2789</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2853</v>
+        <v>2831</v>
       </c>
       <c r="E1017" s="1" t="s">
-        <v>2854</v>
+        <v>2832</v>
       </c>
       <c r="F1017" t="s">
-        <v>1538</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018">
-        <v>180</v>
+        <v>254</v>
       </c>
       <c r="B1018" t="s">
-        <v>2855</v>
+        <v>2833</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>2856</v>
+        <v>2792</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2853</v>
+        <v>2831</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>2857</v>
+        <v>2834</v>
       </c>
       <c r="F1018" t="s">
-        <v>1538</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019">
-        <v>179</v>
+        <v>253</v>
       </c>
       <c r="B1019" t="s">
-        <v>2858</v>
+        <v>2835</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>2859</v>
+        <v>2795</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2853</v>
+        <v>2831</v>
       </c>
       <c r="E1019" s="1" t="s">
-        <v>2860</v>
+        <v>2834</v>
       </c>
       <c r="F1019" t="s">
-        <v>1538</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020">
-        <v>178</v>
+        <v>252</v>
       </c>
       <c r="B1020" t="s">
-        <v>2861</v>
+        <v>2836</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>2862</v>
+        <v>2798</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>106</v>
+        <v>2831</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>2863</v>
+        <v>2837</v>
       </c>
       <c r="F1020" t="s">
-        <v>2864</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021">
-        <v>177</v>
+        <v>251</v>
       </c>
       <c r="B1021" t="s">
-        <v>2865</v>
+        <v>2838</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>1337</v>
+        <v>1051</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2866</v>
+        <v>2806</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>2867</v>
+        <v>2839</v>
       </c>
       <c r="F1021" t="s">
-        <v>2834</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="B1022" t="s">
-        <v>436</v>
+        <v>2840</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>437</v>
+        <v>2841</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>438</v>
+        <v>93</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>2868</v>
+        <v>2842</v>
       </c>
       <c r="F1022" t="s">
-        <v>2869</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023">
-        <v>176</v>
+        <v>249</v>
       </c>
       <c r="B1023" t="s">
-        <v>2870</v>
+        <v>2844</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>448</v>
+        <v>2789</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2866</v>
+        <v>2845</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>2871</v>
+        <v>2846</v>
       </c>
       <c r="F1023" t="s">
-        <v>2872</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024">
-        <v>175</v>
+        <v>248</v>
       </c>
       <c r="B1024" t="s">
-        <v>2463</v>
+        <v>2848</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>568</v>
+        <v>2792</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>1304</v>
+        <v>2845</v>
       </c>
       <c r="E1024" s="1" t="s">
-        <v>2873</v>
+        <v>2849</v>
       </c>
       <c r="F1024" t="s">
-        <v>2874</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025">
-        <v>174</v>
+        <v>247</v>
       </c>
       <c r="B1025" t="s">
-        <v>975</v>
+        <v>2850</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>568</v>
+        <v>2795</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>93</v>
+        <v>2845</v>
       </c>
       <c r="E1025" s="1" t="s">
-        <v>2875</v>
+        <v>2851</v>
       </c>
       <c r="F1025" t="s">
-        <v>2874</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026">
-        <v>173</v>
+        <v>246</v>
       </c>
       <c r="B1026" t="s">
-        <v>2876</v>
+        <v>2852</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>1335</v>
+        <v>2798</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2866</v>
+        <v>2845</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>2877</v>
+        <v>2853</v>
       </c>
       <c r="F1026" t="s">
-        <v>2872</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027">
-        <v>172</v>
+        <v>245</v>
       </c>
       <c r="B1027" t="s">
-        <v>2878</v>
+        <v>2854</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>445</v>
+        <v>2789</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2879</v>
+        <v>2845</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>2880</v>
+        <v>2855</v>
       </c>
       <c r="F1027" t="s">
-        <v>2881</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028">
-        <v>171</v>
+        <v>244</v>
       </c>
       <c r="B1028" t="s">
-        <v>2882</v>
+        <v>2856</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>448</v>
+        <v>2792</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2879</v>
+        <v>2845</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>2883</v>
+        <v>2857</v>
       </c>
       <c r="F1028" t="s">
-        <v>2881</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029">
-        <v>170</v>
+        <v>243</v>
       </c>
       <c r="B1029" t="s">
-        <v>2884</v>
+        <v>2858</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>448</v>
+        <v>2795</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2832</v>
+        <v>2845</v>
       </c>
       <c r="E1029" s="1" t="s">
-        <v>2885</v>
+        <v>2859</v>
       </c>
       <c r="F1029" t="s">
-        <v>2834</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030">
-        <v>169</v>
+        <v>242</v>
       </c>
       <c r="B1030" t="s">
-        <v>2886</v>
+        <v>2860</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>1335</v>
+        <v>2798</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2832</v>
+        <v>2845</v>
       </c>
       <c r="E1030" s="1" t="s">
-        <v>2887</v>
+        <v>2861</v>
       </c>
       <c r="F1030" t="s">
-        <v>2834</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031">
-        <v>168</v>
+        <v>241</v>
       </c>
       <c r="B1031" t="s">
-        <v>2888</v>
+        <v>2862</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2889</v>
+        <v>2789</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2890</v>
+        <v>127</v>
       </c>
       <c r="E1031" s="1" t="s">
-        <v>2891</v>
+        <v>2863</v>
       </c>
       <c r="F1031" t="s">
-        <v>1721</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032">
-        <v>167</v>
+        <v>240</v>
       </c>
       <c r="B1032" t="s">
-        <v>2892</v>
+        <v>2864</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2889</v>
+        <v>2792</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2890</v>
+        <v>127</v>
       </c>
       <c r="E1032" s="1" t="s">
-        <v>2893</v>
+        <v>2865</v>
       </c>
       <c r="F1032" t="s">
-        <v>2894</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033">
-        <v>166</v>
+        <v>239</v>
       </c>
       <c r="B1033" t="s">
-        <v>2895</v>
+        <v>732</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2889</v>
+        <v>92</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2890</v>
+        <v>733</v>
       </c>
       <c r="E1033" s="1" t="s">
-        <v>2896</v>
+        <v>2866</v>
       </c>
       <c r="F1033" t="s">
-        <v>2897</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034">
-        <v>165</v>
+        <v>239</v>
       </c>
       <c r="B1034" t="s">
-        <v>2898</v>
+        <v>732</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2889</v>
+        <v>92</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2890</v>
+        <v>733</v>
       </c>
       <c r="E1034" s="1" t="s">
-        <v>2899</v>
+        <v>2868</v>
       </c>
       <c r="F1034" t="s">
-        <v>2557</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035">
-        <v>164</v>
+        <v>238</v>
       </c>
       <c r="B1035" t="s">
-        <v>2900</v>
+        <v>2870</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>913</v>
+        <v>2795</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2901</v>
+        <v>127</v>
       </c>
       <c r="E1035" s="1" t="s">
-        <v>2902</v>
+        <v>2871</v>
       </c>
       <c r="F1035" t="s">
-        <v>2903</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036">
-        <v>163</v>
+        <v>237</v>
       </c>
       <c r="B1036" t="s">
-        <v>2904</v>
+        <v>2872</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>917</v>
+        <v>2798</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2901</v>
+        <v>127</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>2905</v>
+        <v>2873</v>
       </c>
       <c r="F1036" t="s">
-        <v>2903</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037">
-        <v>162</v>
+        <v>236</v>
       </c>
       <c r="B1037" t="s">
-        <v>2906</v>
+        <v>2874</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>921</v>
+        <v>2789</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2901</v>
+        <v>1536</v>
       </c>
       <c r="E1037" s="1" t="s">
-        <v>2907</v>
+        <v>2875</v>
       </c>
       <c r="F1037" t="s">
-        <v>2903</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038">
-        <v>161</v>
+        <v>235</v>
       </c>
       <c r="B1038" t="s">
-        <v>2908</v>
+        <v>2876</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>627</v>
+        <v>2792</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2901</v>
+        <v>1536</v>
       </c>
       <c r="E1038" s="1" t="s">
-        <v>2909</v>
+        <v>2877</v>
       </c>
       <c r="F1038" t="s">
-        <v>2903</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039">
-        <v>160</v>
+        <v>234</v>
       </c>
       <c r="B1039" t="s">
-        <v>2910</v>
+        <v>2878</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>913</v>
+        <v>2879</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2911</v>
+        <v>1532</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>2912</v>
+        <v>2880</v>
       </c>
       <c r="F1039" t="s">
-        <v>2903</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040">
-        <v>159</v>
+        <v>234</v>
       </c>
       <c r="B1040" t="s">
-        <v>2913</v>
+        <v>2878</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>917</v>
+        <v>2879</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>2911</v>
+        <v>1532</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>2914</v>
+        <v>2882</v>
       </c>
       <c r="F1040" t="s">
-        <v>2903</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041">
-        <v>158</v>
+        <v>234</v>
       </c>
       <c r="B1041" t="s">
-        <v>2915</v>
+        <v>2884</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>921</v>
+        <v>2795</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>2911</v>
+        <v>1536</v>
       </c>
       <c r="E1041" s="1" t="s">
-        <v>2916</v>
+        <v>2885</v>
       </c>
       <c r="F1041" t="s">
-        <v>2903</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042">
-        <v>157</v>
+        <v>233</v>
       </c>
       <c r="B1042" t="s">
-        <v>2917</v>
+        <v>2886</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>627</v>
+        <v>2798</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>2911</v>
+        <v>1536</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>2918</v>
+        <v>2887</v>
       </c>
       <c r="F1042" t="s">
-        <v>2903</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043">
-        <v>156</v>
+        <v>232</v>
       </c>
       <c r="B1043" t="s">
-        <v>2919</v>
+        <v>2888</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>913</v>
+        <v>2805</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>2920</v>
+        <v>2889</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>2921</v>
+        <v>2890</v>
       </c>
       <c r="F1043" t="s">
-        <v>2903</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044">
-        <v>155</v>
+        <v>231</v>
       </c>
       <c r="B1044" t="s">
-        <v>2922</v>
+        <v>2892</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>917</v>
+        <v>2893</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>2920</v>
+        <v>2894</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>2923</v>
+        <v>2895</v>
       </c>
       <c r="F1044" t="s">
-        <v>2903</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045">
-        <v>154</v>
+        <v>230</v>
       </c>
       <c r="B1045" t="s">
-        <v>2924</v>
+        <v>2897</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>921</v>
+        <v>2898</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>2920</v>
+        <v>738</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>2925</v>
+        <v>2899</v>
       </c>
       <c r="F1045" t="s">
-        <v>2903</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046">
-        <v>153</v>
+        <v>229</v>
       </c>
       <c r="B1046" t="s">
-        <v>2926</v>
+        <v>736</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>627</v>
+        <v>737</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>2920</v>
+        <v>738</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>2927</v>
+        <v>2901</v>
       </c>
       <c r="F1046" t="s">
-        <v>2903</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="B1047" t="s">
-        <v>2928</v>
+        <v>743</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>913</v>
+        <v>756</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>2929</v>
+        <v>738</v>
       </c>
       <c r="E1047" s="1" t="s">
-        <v>2930</v>
+        <v>2901</v>
       </c>
       <c r="F1047" t="s">
-        <v>2903</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048">
-        <v>151</v>
+        <v>227</v>
       </c>
       <c r="B1048" t="s">
-        <v>2931</v>
+        <v>745</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>917</v>
+        <v>746</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>2929</v>
+        <v>738</v>
       </c>
       <c r="E1048" s="1" t="s">
-        <v>2932</v>
+        <v>2902</v>
       </c>
       <c r="F1048" t="s">
-        <v>2903</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049">
-        <v>150</v>
+        <v>226</v>
       </c>
       <c r="B1049" t="s">
-        <v>2933</v>
+        <v>2903</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>921</v>
+        <v>2904</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>2929</v>
+        <v>2905</v>
       </c>
       <c r="E1049" s="1" t="s">
-        <v>2932</v>
+        <v>2906</v>
       </c>
       <c r="F1049" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050">
-        <v>149</v>
+        <v>225</v>
       </c>
       <c r="B1050" t="s">
-        <v>2934</v>
+        <v>2908</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>627</v>
+        <v>2909</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>2929</v>
+        <v>2910</v>
       </c>
       <c r="E1050" s="1" t="s">
-        <v>2935</v>
+        <v>2911</v>
       </c>
       <c r="F1050" t="s">
-        <v>2903</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051">
-        <v>148</v>
+        <v>224</v>
       </c>
       <c r="B1051" t="s">
-        <v>2936</v>
+        <v>2913</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>627</v>
+        <v>2914</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>2929</v>
+        <v>2910</v>
       </c>
       <c r="E1051" s="1" t="s">
-        <v>2937</v>
+        <v>2911</v>
       </c>
       <c r="F1051" t="s">
-        <v>2799</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052">
-        <v>147</v>
+        <v>223</v>
       </c>
       <c r="B1052" t="s">
-        <v>2938</v>
+        <v>2915</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>971</v>
+        <v>555</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>2939</v>
+        <v>2910</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>2940</v>
+        <v>2911</v>
       </c>
       <c r="F1052" t="s">
-        <v>2505</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053">
-        <v>146</v>
+        <v>222</v>
       </c>
       <c r="B1053" t="s">
-        <v>970</v>
+        <v>2916</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>971</v>
+        <v>2917</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>972</v>
+        <v>2910</v>
       </c>
       <c r="E1053" s="1" t="s">
-        <v>2941</v>
+        <v>2918</v>
       </c>
       <c r="F1053" t="s">
-        <v>2505</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054">
-        <v>145</v>
+        <v>221</v>
       </c>
       <c r="B1054" t="s">
-        <v>2942</v>
+        <v>2919</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>921</v>
+        <v>2920</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="E1054" s="1" t="s">
-        <v>2943</v>
+        <v>2922</v>
       </c>
       <c r="F1054" t="s">
-        <v>1453</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055">
-        <v>144</v>
+        <v>220</v>
       </c>
       <c r="B1055" t="s">
-        <v>2944</v>
+        <v>2924</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>627</v>
+        <v>2925</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>2920</v>
+        <v>2831</v>
       </c>
       <c r="E1055" s="1" t="s">
-        <v>2945</v>
+        <v>2926</v>
       </c>
       <c r="F1055" t="s">
-        <v>1453</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056">
-        <v>143</v>
+        <v>219</v>
       </c>
       <c r="B1056" t="s">
-        <v>2946</v>
+        <v>2927</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>913</v>
+        <v>2928</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>2911</v>
+        <v>2831</v>
       </c>
       <c r="E1056" s="1" t="s">
-        <v>2947</v>
+        <v>2929</v>
       </c>
       <c r="F1056" t="s">
-        <v>2948</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057">
-        <v>142</v>
+        <v>218</v>
       </c>
       <c r="B1057" t="s">
-        <v>2949</v>
+        <v>2930</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>917</v>
+        <v>2931</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>2911</v>
+        <v>2831</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>2950</v>
+        <v>2932</v>
       </c>
       <c r="F1057" t="s">
-        <v>2948</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058">
-        <v>141</v>
+        <v>217</v>
       </c>
       <c r="B1058" t="s">
-        <v>2951</v>
+        <v>2933</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>627</v>
+        <v>2934</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>2911</v>
+        <v>2831</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>2952</v>
+        <v>2935</v>
       </c>
       <c r="F1058" t="s">
-        <v>2948</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059">
-        <v>140</v>
+        <v>216</v>
       </c>
       <c r="B1059" t="s">
-        <v>2953</v>
+        <v>2936</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>97</v>
+        <v>2925</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>2575</v>
+        <v>1545</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>2954</v>
+        <v>2937</v>
       </c>
       <c r="F1059" t="s">
-        <v>2557</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060">
-        <v>139</v>
+        <v>215</v>
       </c>
       <c r="B1060" t="s">
-        <v>2955</v>
+        <v>2938</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>565</v>
+        <v>2928</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>2575</v>
+        <v>1545</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>2956</v>
+        <v>2939</v>
       </c>
       <c r="F1060" t="s">
-        <v>2557</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061">
-        <v>138</v>
+        <v>214</v>
       </c>
       <c r="B1061" t="s">
-        <v>2957</v>
+        <v>2940</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>568</v>
+        <v>2931</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>2575</v>
+        <v>1545</v>
       </c>
       <c r="E1061" s="1" t="s">
-        <v>2958</v>
+        <v>2941</v>
       </c>
       <c r="F1061" t="s">
-        <v>2557</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062">
-        <v>137</v>
+        <v>213</v>
       </c>
       <c r="B1062" t="s">
-        <v>2959</v>
+        <v>2942</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>1221</v>
+        <v>2934</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>1222</v>
+        <v>1545</v>
       </c>
       <c r="E1062" s="1" t="s">
-        <v>2960</v>
+        <v>2943</v>
       </c>
       <c r="F1062" t="s">
-        <v>2961</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1063" spans="1:6">
       <c r="A1063">
-        <v>136</v>
+        <v>212</v>
       </c>
       <c r="B1063" t="s">
-        <v>2962</v>
+        <v>2944</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>1693</v>
+        <v>2925</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>2963</v>
+        <v>1545</v>
       </c>
       <c r="E1063" s="1" t="s">
-        <v>2964</v>
+        <v>2945</v>
       </c>
       <c r="F1063" t="s">
-        <v>2965</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1064" spans="1:6">
       <c r="A1064">
-        <v>135</v>
+        <v>211</v>
       </c>
       <c r="B1064" t="s">
-        <v>2966</v>
+        <v>2946</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>1698</v>
+        <v>2928</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>2963</v>
+        <v>1545</v>
       </c>
       <c r="E1064" s="1" t="s">
-        <v>2967</v>
+        <v>2947</v>
       </c>
       <c r="F1064" t="s">
-        <v>2965</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1065" spans="1:6">
       <c r="A1065">
-        <v>135</v>
+        <v>210</v>
       </c>
       <c r="B1065" t="s">
-        <v>621</v>
+        <v>2948</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>668</v>
+        <v>2931</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>623</v>
+        <v>1545</v>
       </c>
       <c r="E1065" s="1" t="s">
-        <v>2968</v>
+        <v>2949</v>
       </c>
       <c r="F1065" t="s">
-        <v>2969</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1066" spans="1:6">
       <c r="A1066">
-        <v>134</v>
+        <v>209</v>
       </c>
       <c r="B1066" t="s">
-        <v>2970</v>
+        <v>2950</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>1701</v>
+        <v>2934</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>2963</v>
+        <v>1545</v>
       </c>
       <c r="E1066" s="1" t="s">
-        <v>2971</v>
+        <v>2951</v>
       </c>
       <c r="F1066" t="s">
-        <v>2965</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1067" spans="1:6">
       <c r="A1067">
-        <v>133</v>
+        <v>208</v>
       </c>
       <c r="B1067" t="s">
-        <v>2972</v>
+        <v>2952</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>1704</v>
+        <v>2925</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>2963</v>
+        <v>2953</v>
       </c>
       <c r="E1067" s="1" t="s">
-        <v>2973</v>
+        <v>2954</v>
       </c>
       <c r="F1067" t="s">
-        <v>2965</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1068" spans="1:6">
       <c r="A1068">
-        <v>132</v>
+        <v>207</v>
       </c>
       <c r="B1068" t="s">
-        <v>2974</v>
+        <v>2955</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>354</v>
+        <v>2928</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>526</v>
+        <v>2953</v>
       </c>
       <c r="E1068" s="1" t="s">
-        <v>2975</v>
+        <v>2956</v>
       </c>
       <c r="F1068" t="s">
-        <v>2976</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1069" spans="1:6">
       <c r="A1069">
-        <v>131</v>
+        <v>206</v>
       </c>
       <c r="B1069" t="s">
-        <v>549</v>
+        <v>2957</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>354</v>
+        <v>2931</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>526</v>
+        <v>2953</v>
       </c>
       <c r="E1069" s="1" t="s">
-        <v>2977</v>
+        <v>2958</v>
       </c>
       <c r="F1069" t="s">
-        <v>2978</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1070" spans="1:6">
       <c r="A1070">
-        <v>130</v>
+        <v>205</v>
       </c>
       <c r="B1070" t="s">
-        <v>2979</v>
+        <v>2959</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>354</v>
+        <v>2934</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>526</v>
+        <v>2953</v>
       </c>
       <c r="E1070" s="1" t="s">
-        <v>2980</v>
+        <v>2960</v>
       </c>
       <c r="F1070" t="s">
-        <v>1529</v>
+        <v>932</v>
       </c>
     </row>
     <row r="1071" spans="1:6">
       <c r="A1071">
-        <v>129</v>
+        <v>204</v>
       </c>
       <c r="B1071" t="s">
-        <v>2981</v>
+        <v>2961</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>2982</v>
+        <v>2962</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>2983</v>
+        <v>514</v>
       </c>
       <c r="E1071" s="1" t="s">
-        <v>2984</v>
+        <v>2963</v>
       </c>
       <c r="F1071" t="s">
-        <v>2985</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1072" spans="1:6">
       <c r="A1072">
-        <v>128</v>
+        <v>203</v>
       </c>
       <c r="B1072" t="s">
-        <v>2986</v>
+        <v>2965</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>2987</v>
+        <v>2925</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>2988</v>
+        <v>2845</v>
       </c>
       <c r="E1072" s="1" t="s">
-        <v>2989</v>
+        <v>2966</v>
       </c>
       <c r="F1072" t="s">
-        <v>2990</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1073" spans="1:6">
       <c r="A1073">
-        <v>127</v>
+        <v>202</v>
       </c>
       <c r="B1073" t="s">
-        <v>2991</v>
+        <v>2967</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>2992</v>
+        <v>2928</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>2988</v>
+        <v>2845</v>
       </c>
       <c r="E1073" s="1" t="s">
-        <v>2993</v>
+        <v>2968</v>
       </c>
       <c r="F1073" t="s">
-        <v>2990</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1074" spans="1:6">
       <c r="A1074">
-        <v>126</v>
+        <v>201</v>
       </c>
       <c r="B1074" t="s">
-        <v>2994</v>
+        <v>1670</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>2995</v>
+        <v>2969</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>2988</v>
+        <v>111</v>
       </c>
       <c r="E1074" s="1" t="s">
-        <v>2996</v>
+        <v>2970</v>
       </c>
       <c r="F1074" t="s">
-        <v>2997</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1075" spans="1:6">
       <c r="A1075">
-        <v>125</v>
+        <v>201</v>
       </c>
       <c r="B1075" t="s">
-        <v>2998</v>
+        <v>2971</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>2999</v>
+        <v>2931</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>2988</v>
+        <v>2845</v>
       </c>
       <c r="E1075" s="1" t="s">
-        <v>3000</v>
+        <v>2972</v>
       </c>
       <c r="F1075" t="s">
-        <v>2990</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1076" spans="1:6">
       <c r="A1076">
-        <v>124</v>
+        <v>201</v>
       </c>
       <c r="B1076" t="s">
-        <v>3001</v>
+        <v>1670</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>3002</v>
+        <v>2969</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>3003</v>
+        <v>111</v>
       </c>
       <c r="E1076" s="1" t="s">
-        <v>3004</v>
+        <v>2973</v>
       </c>
       <c r="F1076" t="s">
-        <v>1554</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1077" spans="1:6">
       <c r="A1077">
-        <v>123</v>
+        <v>201</v>
       </c>
       <c r="B1077" t="s">
-        <v>621</v>
+        <v>1670</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>668</v>
+        <v>2969</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>623</v>
+        <v>111</v>
       </c>
       <c r="E1077" s="1" t="s">
-        <v>3005</v>
+        <v>2975</v>
       </c>
       <c r="F1077" t="s">
-        <v>3006</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1078" spans="1:6">
       <c r="A1078">
-        <v>122</v>
+        <v>201</v>
       </c>
       <c r="B1078" t="s">
-        <v>353</v>
+        <v>1670</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>354</v>
+        <v>2969</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>355</v>
+        <v>111</v>
       </c>
       <c r="E1078" s="1" t="s">
-        <v>3007</v>
+        <v>2977</v>
       </c>
       <c r="F1078" t="s">
-        <v>3008</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1079" spans="1:6">
       <c r="A1079">
-        <v>121</v>
+        <v>201</v>
       </c>
       <c r="B1079" t="s">
-        <v>3009</v>
+        <v>1670</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>1225</v>
+        <v>2969</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>431</v>
+        <v>111</v>
       </c>
       <c r="E1079" s="1" t="s">
-        <v>3010</v>
+        <v>2979</v>
       </c>
       <c r="F1079" t="s">
-        <v>3011</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1080" spans="1:6">
       <c r="A1080">
-        <v>120</v>
+        <v>201</v>
       </c>
       <c r="B1080" t="s">
-        <v>3012</v>
+        <v>1670</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>565</v>
+        <v>2969</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>58</v>
+        <v>111</v>
       </c>
       <c r="E1080" s="1" t="s">
-        <v>3013</v>
+        <v>2981</v>
       </c>
       <c r="F1080" t="s">
-        <v>3014</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1081" spans="1:6">
       <c r="A1081">
-        <v>119</v>
+        <v>201</v>
       </c>
       <c r="B1081" t="s">
-        <v>3015</v>
+        <v>1670</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>565</v>
+        <v>2969</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E1081" s="1" t="s">
-        <v>3016</v>
+        <v>2983</v>
       </c>
       <c r="F1081" t="s">
-        <v>3014</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1082" spans="1:6">
       <c r="A1082">
-        <v>118</v>
+        <v>200</v>
       </c>
       <c r="B1082" t="s">
-        <v>926</v>
+        <v>2985</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>927</v>
+        <v>2934</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>928</v>
+        <v>2845</v>
       </c>
       <c r="E1082" s="1" t="s">
-        <v>3017</v>
+        <v>2986</v>
       </c>
       <c r="F1082" t="s">
-        <v>3018</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1083" spans="1:6">
       <c r="A1083">
-        <v>117</v>
+        <v>199</v>
       </c>
       <c r="B1083" t="s">
-        <v>3019</v>
+        <v>56</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>3020</v>
+        <v>57</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>3021</v>
+        <v>58</v>
       </c>
       <c r="E1083" s="1" t="s">
-        <v>3022</v>
+        <v>2987</v>
       </c>
       <c r="F1083" t="s">
-        <v>3023</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="A1084">
-        <v>116</v>
+        <v>199</v>
       </c>
       <c r="B1084" t="s">
-        <v>3024</v>
+        <v>2989</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>1615</v>
+        <v>2925</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>1616</v>
+        <v>2845</v>
       </c>
       <c r="E1084" s="1" t="s">
-        <v>3025</v>
+        <v>2990</v>
       </c>
       <c r="F1084" t="s">
-        <v>2834</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1085" spans="1:6">
       <c r="A1085">
-        <v>115</v>
+        <v>198</v>
       </c>
       <c r="B1085" t="s">
-        <v>3026</v>
+        <v>2992</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>1570</v>
+        <v>2928</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>1989</v>
+        <v>2845</v>
       </c>
       <c r="E1085" s="1" t="s">
-        <v>3027</v>
+        <v>2993</v>
       </c>
       <c r="F1085" t="s">
-        <v>2834</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1086" spans="1:6">
       <c r="A1086">
-        <v>114</v>
+        <v>197</v>
       </c>
       <c r="B1086" t="s">
-        <v>3028</v>
+        <v>2995</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>3029</v>
+        <v>2931</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>1575</v>
+        <v>2845</v>
       </c>
       <c r="E1086" s="1" t="s">
-        <v>3030</v>
+        <v>2996</v>
       </c>
       <c r="F1086" t="s">
-        <v>1691</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1087" spans="1:6">
       <c r="A1087">
-        <v>113</v>
+        <v>196</v>
       </c>
       <c r="B1087" t="s">
-        <v>3031</v>
+        <v>2997</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>3032</v>
+        <v>2934</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>27</v>
+        <v>2845</v>
       </c>
       <c r="E1087" s="1" t="s">
-        <v>3033</v>
+        <v>2998</v>
       </c>
       <c r="F1087" t="s">
-        <v>2505</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1088" spans="1:6">
       <c r="A1088">
-        <v>112</v>
+        <v>195</v>
       </c>
       <c r="B1088" t="s">
-        <v>3034</v>
+        <v>2999</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>3035</v>
+        <v>3000</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>3036</v>
+        <v>628</v>
       </c>
       <c r="E1088" s="1" t="s">
-        <v>3037</v>
+        <v>3001</v>
       </c>
       <c r="F1088" t="s">
-        <v>3038</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1089" spans="1:6">
       <c r="A1089">
-        <v>111</v>
+        <v>194</v>
       </c>
       <c r="B1089" t="s">
-        <v>3039</v>
+        <v>3003</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3040</v>
+        <v>3004</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3041</v>
+        <v>628</v>
       </c>
       <c r="E1089" s="1" t="s">
-        <v>3042</v>
+        <v>3005</v>
       </c>
       <c r="F1089" t="s">
-        <v>2990</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1090" spans="1:6">
       <c r="A1090">
-        <v>110</v>
+        <v>193</v>
       </c>
       <c r="B1090" t="s">
-        <v>3043</v>
+        <v>3006</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3044</v>
+        <v>3007</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3045</v>
+        <v>628</v>
       </c>
       <c r="E1090" s="1" t="s">
-        <v>3046</v>
+        <v>3005</v>
       </c>
       <c r="F1090" t="s">
-        <v>3011</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1091" spans="1:6">
       <c r="A1091">
-        <v>109</v>
+        <v>192</v>
       </c>
       <c r="B1091" t="s">
-        <v>3047</v>
+        <v>3008</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>954</v>
+        <v>3009</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>540</v>
+        <v>628</v>
       </c>
       <c r="E1091" s="1" t="s">
-        <v>3048</v>
+        <v>3010</v>
       </c>
       <c r="F1091" t="s">
-        <v>3049</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="A1092">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B1092" t="s">
-        <v>3050</v>
+        <v>3011</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3051</v>
+        <v>3009</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3052</v>
+        <v>628</v>
       </c>
       <c r="E1092" s="1" t="s">
-        <v>3053</v>
+        <v>3012</v>
       </c>
       <c r="F1092" t="s">
-        <v>3049</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1093" spans="1:6">
       <c r="A1093">
-        <v>107</v>
+        <v>190</v>
       </c>
       <c r="B1093" t="s">
-        <v>3054</v>
+        <v>3013</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3055</v>
+        <v>3014</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3056</v>
+        <v>3015</v>
       </c>
       <c r="E1093" s="1" t="s">
-        <v>3057</v>
+        <v>3016</v>
       </c>
       <c r="F1093" t="s">
-        <v>3049</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1094" spans="1:6">
       <c r="A1094">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="B1094" t="s">
-        <v>3058</v>
+        <v>3018</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3059</v>
+        <v>3019</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>3060</v>
+        <v>3020</v>
       </c>
       <c r="E1094" s="1" t="s">
-        <v>3057</v>
+        <v>3021</v>
       </c>
       <c r="F1094" t="s">
-        <v>3049</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1095" spans="1:6">
       <c r="A1095">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="B1095" t="s">
-        <v>3061</v>
+        <v>3023</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3062</v>
+        <v>579</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>350</v>
+        <v>3024</v>
       </c>
       <c r="E1095" s="1" t="s">
-        <v>3053</v>
+        <v>3025</v>
       </c>
       <c r="F1095" t="s">
-        <v>3049</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1096" spans="1:6">
       <c r="A1096">
-        <v>104</v>
+        <v>187</v>
       </c>
       <c r="B1096" t="s">
-        <v>3063</v>
+        <v>3027</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>434</v>
+        <v>224</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>435</v>
+        <v>3024</v>
       </c>
       <c r="E1096" s="1" t="s">
-        <v>3057</v>
+        <v>3028</v>
       </c>
       <c r="F1096" t="s">
-        <v>3049</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1097" spans="1:6">
       <c r="A1097">
-        <v>103</v>
+        <v>186</v>
       </c>
       <c r="B1097" t="s">
-        <v>3064</v>
+        <v>3030</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3065</v>
+        <v>224</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>3066</v>
+        <v>2141</v>
       </c>
       <c r="E1097" s="1" t="s">
-        <v>3057</v>
+        <v>3031</v>
       </c>
       <c r="F1097" t="s">
-        <v>3049</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="A1098">
-        <v>102</v>
+        <v>185</v>
       </c>
       <c r="B1098" t="s">
-        <v>3067</v>
+        <v>3032</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3068</v>
+        <v>579</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>424</v>
+        <v>2141</v>
       </c>
       <c r="E1098" s="1" t="s">
-        <v>3069</v>
+        <v>3033</v>
       </c>
       <c r="F1098" t="s">
-        <v>3049</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="1099" spans="1:6">
       <c r="A1099">
-        <v>101</v>
+        <v>184</v>
       </c>
       <c r="B1099" t="s">
-        <v>3070</v>
+        <v>3034</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3071</v>
+        <v>3035</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>1390</v>
+        <v>1212</v>
       </c>
       <c r="E1099" s="1" t="s">
-        <v>3057</v>
+        <v>3036</v>
       </c>
       <c r="F1099" t="s">
-        <v>3049</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1100" spans="1:6">
       <c r="A1100">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="B1100" t="s">
-        <v>3072</v>
+        <v>3037</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3073</v>
+        <v>2798</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>458</v>
+        <v>3038</v>
       </c>
       <c r="E1100" s="1" t="s">
-        <v>3057</v>
+        <v>3039</v>
       </c>
       <c r="F1100" t="s">
-        <v>3049</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1101" spans="1:6">
       <c r="A1101">
-        <v>99</v>
+        <v>182</v>
       </c>
       <c r="B1101" t="s">
-        <v>3074</v>
+        <v>587</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3075</v>
+        <v>588</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>395</v>
+        <v>93</v>
       </c>
       <c r="E1101" s="1" t="s">
-        <v>3057</v>
+        <v>3041</v>
       </c>
       <c r="F1101" t="s">
-        <v>3049</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1102" spans="1:6">
       <c r="A1102">
-        <v>98</v>
+        <v>181</v>
       </c>
       <c r="B1102" t="s">
-        <v>440</v>
+        <v>3043</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>441</v>
+        <v>3044</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>442</v>
+        <v>3045</v>
       </c>
       <c r="E1102" s="1" t="s">
-        <v>3076</v>
+        <v>3046</v>
       </c>
       <c r="F1102" t="s">
-        <v>2568</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1103" spans="1:6">
       <c r="A1103">
-        <v>98</v>
+        <v>180</v>
       </c>
       <c r="B1103" t="s">
-        <v>3077</v>
+        <v>3047</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3078</v>
+        <v>3048</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3079</v>
+        <v>3045</v>
       </c>
       <c r="E1103" s="1" t="s">
-        <v>3080</v>
+        <v>3049</v>
       </c>
       <c r="F1103" t="s">
-        <v>3049</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1104" spans="1:6">
       <c r="A1104">
-        <v>97</v>
+        <v>179</v>
       </c>
       <c r="B1104" t="s">
-        <v>3081</v>
+        <v>3050</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>659</v>
+        <v>3051</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>3082</v>
+        <v>3045</v>
       </c>
       <c r="E1104" s="1" t="s">
-        <v>3083</v>
+        <v>3052</v>
       </c>
       <c r="F1104" t="s">
-        <v>3084</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1105" spans="1:6">
       <c r="A1105">
-        <v>96</v>
+        <v>178</v>
       </c>
       <c r="B1105" t="s">
-        <v>3085</v>
+        <v>3053</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3086</v>
+        <v>3054</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3087</v>
+        <v>106</v>
       </c>
       <c r="E1105" s="1" t="s">
-        <v>3088</v>
+        <v>3055</v>
       </c>
       <c r="F1105" t="s">
-        <v>3049</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1106" spans="1:6">
       <c r="A1106">
-        <v>95</v>
+        <v>177</v>
       </c>
       <c r="B1106" t="s">
-        <v>440</v>
+        <v>3057</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>555</v>
+        <v>1337</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>556</v>
+        <v>3058</v>
       </c>
       <c r="E1106" s="1" t="s">
-        <v>3089</v>
+        <v>3059</v>
       </c>
       <c r="F1106" t="s">
-        <v>3090</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1107" spans="1:6">
       <c r="A1107">
-        <v>94</v>
+        <v>176</v>
       </c>
       <c r="B1107" t="s">
-        <v>3091</v>
+        <v>436</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>555</v>
+        <v>437</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>556</v>
+        <v>438</v>
       </c>
       <c r="E1107" s="1" t="s">
-        <v>3092</v>
+        <v>3060</v>
       </c>
       <c r="F1107" t="s">
-        <v>3093</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="1108" spans="1:6">
       <c r="A1108">
-        <v>93</v>
+        <v>176</v>
       </c>
       <c r="B1108" t="s">
-        <v>3094</v>
+        <v>3061</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3095</v>
+        <v>448</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>416</v>
+        <v>3058</v>
       </c>
       <c r="E1108" s="1" t="s">
-        <v>3096</v>
+        <v>3062</v>
       </c>
       <c r="F1108" t="s">
-        <v>3049</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1109" spans="1:6">
       <c r="A1109">
-        <v>92</v>
+        <v>175</v>
       </c>
       <c r="B1109" t="s">
-        <v>3097</v>
+        <v>2649</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3098</v>
+        <v>568</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>141</v>
+        <v>1304</v>
       </c>
       <c r="E1109" s="1" t="s">
-        <v>3057</v>
+        <v>3064</v>
       </c>
       <c r="F1109" t="s">
-        <v>3049</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1110" spans="1:6">
       <c r="A1110">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="B1110" t="s">
-        <v>3099</v>
+        <v>975</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3100</v>
+        <v>568</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>3101</v>
+        <v>93</v>
       </c>
       <c r="E1110" s="1" t="s">
-        <v>3057</v>
+        <v>3066</v>
       </c>
       <c r="F1110" t="s">
-        <v>3049</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1111" spans="1:6">
       <c r="A1111">
-        <v>90</v>
+        <v>173</v>
       </c>
       <c r="B1111" t="s">
-        <v>3102</v>
+        <v>3067</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>3103</v>
+        <v>1335</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>3104</v>
+        <v>3058</v>
       </c>
       <c r="E1111" s="1" t="s">
-        <v>3105</v>
+        <v>3068</v>
       </c>
       <c r="F1111" t="s">
-        <v>3049</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="A1112">
-        <v>89</v>
+        <v>172</v>
       </c>
       <c r="B1112" t="s">
-        <v>3106</v>
+        <v>3069</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>3107</v>
+        <v>445</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>3108</v>
+        <v>3070</v>
       </c>
       <c r="E1112" s="1" t="s">
-        <v>3096</v>
+        <v>3071</v>
       </c>
       <c r="F1112" t="s">
-        <v>3049</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113">
-        <v>88</v>
+        <v>171</v>
       </c>
       <c r="B1113" t="s">
-        <v>3109</v>
+        <v>3073</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3110</v>
+        <v>448</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>3111</v>
+        <v>3070</v>
       </c>
       <c r="E1113" s="1" t="s">
-        <v>3112</v>
+        <v>3074</v>
       </c>
       <c r="F1113" t="s">
-        <v>3113</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114">
-        <v>87</v>
+        <v>170</v>
       </c>
       <c r="B1114" t="s">
-        <v>3114</v>
+        <v>3075</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3115</v>
+        <v>448</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>3116</v>
+        <v>3024</v>
       </c>
       <c r="E1114" s="1" t="s">
-        <v>3117</v>
+        <v>3076</v>
       </c>
       <c r="F1114" t="s">
-        <v>3118</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115">
-        <v>86</v>
+        <v>169</v>
       </c>
       <c r="B1115" t="s">
-        <v>3119</v>
+        <v>3077</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3120</v>
+        <v>1335</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>106</v>
+        <v>3024</v>
       </c>
       <c r="E1115" s="1" t="s">
-        <v>3121</v>
+        <v>3078</v>
       </c>
       <c r="F1115" t="s">
-        <v>3122</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1116" spans="1:6">
       <c r="A1116">
-        <v>85</v>
+        <v>168</v>
       </c>
       <c r="B1116" t="s">
-        <v>3123</v>
+        <v>3079</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>3124</v>
+        <v>3080</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>2988</v>
+        <v>3081</v>
       </c>
       <c r="E1116" s="1" t="s">
-        <v>3125</v>
+        <v>3082</v>
       </c>
       <c r="F1116" t="s">
-        <v>3126</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="1117" spans="1:6">
       <c r="A1117">
-        <v>84</v>
+        <v>167</v>
       </c>
       <c r="B1117" t="s">
-        <v>3127</v>
+        <v>3083</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3128</v>
+        <v>3080</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>1222</v>
+        <v>3081</v>
       </c>
       <c r="E1117" s="1" t="s">
-        <v>3129</v>
+        <v>3084</v>
       </c>
       <c r="F1117" t="s">
-        <v>3130</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="1118" spans="1:6">
       <c r="A1118">
-        <v>83</v>
+        <v>166</v>
       </c>
       <c r="B1118" t="s">
-        <v>3131</v>
+        <v>3086</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3132</v>
+        <v>3080</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>526</v>
+        <v>3081</v>
       </c>
       <c r="E1118" s="1" t="s">
-        <v>3133</v>
+        <v>3087</v>
       </c>
       <c r="F1118" t="s">
-        <v>3134</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="1119" spans="1:6">
       <c r="A1119">
-        <v>82</v>
+        <v>165</v>
       </c>
       <c r="B1119" t="s">
-        <v>3135</v>
+        <v>3089</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>3136</v>
+        <v>3080</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>27</v>
+        <v>3081</v>
       </c>
       <c r="E1119" s="1" t="s">
-        <v>3137</v>
+        <v>3090</v>
       </c>
       <c r="F1119" t="s">
-        <v>3138</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="A1120">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="B1120" t="s">
-        <v>3139</v>
+        <v>3091</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3140</v>
+        <v>913</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>1607</v>
+        <v>3092</v>
       </c>
       <c r="E1120" s="1" t="s">
-        <v>3141</v>
+        <v>3093</v>
       </c>
       <c r="F1120" t="s">
-        <v>3142</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1121" spans="1:6">
       <c r="A1121">
-        <v>80</v>
+        <v>163</v>
       </c>
       <c r="B1121" t="s">
-        <v>3143</v>
+        <v>3095</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3144</v>
+        <v>917</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>3145</v>
+        <v>3092</v>
       </c>
       <c r="E1121" s="1" t="s">
-        <v>3146</v>
+        <v>3096</v>
       </c>
       <c r="F1121" t="s">
-        <v>3147</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1122" spans="1:6">
       <c r="A1122">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="B1122" t="s">
-        <v>3148</v>
+        <v>3097</v>
       </c>
       <c r="C1122" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D1122" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="E1122" s="1" t="s">
         <v>3098</v>
       </c>
-      <c r="D1122" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1122" t="s">
-        <v>2772</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1123" spans="1:6">
       <c r="A1123">
-        <v>78</v>
+        <v>161</v>
       </c>
       <c r="B1123" t="s">
-        <v>3150</v>
+        <v>3099</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3151</v>
+        <v>627</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>3152</v>
+        <v>3092</v>
       </c>
       <c r="E1123" s="1" t="s">
-        <v>3153</v>
+        <v>3100</v>
       </c>
       <c r="F1123" t="s">
-        <v>3154</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="A1124">
-        <v>77</v>
+        <v>160</v>
       </c>
       <c r="B1124" t="s">
-        <v>3155</v>
+        <v>3101</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3156</v>
+        <v>913</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>3157</v>
+        <v>3102</v>
       </c>
       <c r="E1124" s="1" t="s">
-        <v>3158</v>
+        <v>3103</v>
       </c>
       <c r="F1124" t="s">
-        <v>3159</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1125" spans="1:6">
       <c r="A1125">
-        <v>76</v>
+        <v>159</v>
       </c>
       <c r="B1125" t="s">
-        <v>3160</v>
+        <v>3104</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>954</v>
+        <v>917</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>540</v>
+        <v>3102</v>
       </c>
       <c r="E1125" s="1" t="s">
-        <v>3161</v>
+        <v>3105</v>
       </c>
       <c r="F1125" t="s">
-        <v>3162</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1126" spans="1:6">
       <c r="A1126">
-        <v>75</v>
+        <v>158</v>
       </c>
       <c r="B1126" t="s">
-        <v>3163</v>
+        <v>3106</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3120</v>
+        <v>921</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3164</v>
+        <v>3102</v>
       </c>
       <c r="E1126" s="1" t="s">
-        <v>3165</v>
+        <v>3107</v>
       </c>
       <c r="F1126" t="s">
-        <v>3166</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1127" spans="1:6">
       <c r="A1127">
-        <v>74</v>
+        <v>157</v>
       </c>
       <c r="B1127" t="s">
-        <v>3167</v>
+        <v>3108</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3168</v>
+        <v>627</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>3169</v>
+        <v>3102</v>
       </c>
       <c r="E1127" s="1" t="s">
-        <v>3170</v>
+        <v>3109</v>
       </c>
       <c r="F1127" t="s">
-        <v>3171</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="A1128">
-        <v>73</v>
+        <v>156</v>
       </c>
       <c r="B1128" t="s">
-        <v>3172</v>
+        <v>3110</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3173</v>
+        <v>913</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>3174</v>
+        <v>3111</v>
       </c>
       <c r="E1128" s="1" t="s">
-        <v>3175</v>
+        <v>3112</v>
       </c>
       <c r="F1128" t="s">
-        <v>3176</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1129" spans="1:6">
       <c r="A1129">
-        <v>72</v>
+        <v>155</v>
       </c>
       <c r="B1129" t="s">
-        <v>3177</v>
+        <v>3113</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>3178</v>
+        <v>917</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>3179</v>
+        <v>3111</v>
       </c>
       <c r="E1129" s="1" t="s">
-        <v>3180</v>
+        <v>3114</v>
       </c>
       <c r="F1129" t="s">
-        <v>3181</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1130" spans="1:6">
       <c r="A1130">
-        <v>71</v>
+        <v>154</v>
       </c>
       <c r="B1130" t="s">
-        <v>3182</v>
+        <v>3115</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3183</v>
+        <v>921</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>3184</v>
+        <v>3111</v>
       </c>
       <c r="E1130" s="1" t="s">
-        <v>3185</v>
+        <v>3116</v>
       </c>
       <c r="F1130" t="s">
-        <v>3186</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1131" spans="1:6">
       <c r="A1131">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="B1131" t="s">
-        <v>3187</v>
+        <v>3117</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3188</v>
+        <v>627</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>3189</v>
+        <v>3111</v>
       </c>
       <c r="E1131" s="1" t="s">
-        <v>3190</v>
+        <v>3118</v>
       </c>
       <c r="F1131" t="s">
-        <v>3191</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1132" spans="1:6">
       <c r="A1132">
-        <v>69</v>
+        <v>152</v>
       </c>
       <c r="B1132" t="s">
-        <v>3192</v>
+        <v>3119</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3193</v>
+        <v>913</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>3194</v>
+        <v>3120</v>
       </c>
       <c r="E1132" s="1" t="s">
-        <v>3195</v>
+        <v>3121</v>
       </c>
       <c r="F1132" t="s">
-        <v>3196</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1133" spans="1:6">
       <c r="A1133">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="B1133" t="s">
-        <v>3197</v>
+        <v>3122</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3198</v>
+        <v>917</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3199</v>
+        <v>3120</v>
       </c>
       <c r="E1133" s="1" t="s">
-        <v>3200</v>
+        <v>3123</v>
       </c>
       <c r="F1133" t="s">
-        <v>3201</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="A1134">
-        <v>67</v>
+        <v>150</v>
       </c>
       <c r="B1134" t="s">
-        <v>3202</v>
+        <v>3124</v>
       </c>
       <c r="C1134" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D1134" s="1" t="s">
         <v>3120</v>
       </c>
-      <c r="D1134" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1134" s="1" t="s">
-        <v>3203</v>
+        <v>3123</v>
       </c>
       <c r="F1134" t="s">
-        <v>3204</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="A1135">
-        <v>66</v>
+        <v>149</v>
       </c>
       <c r="B1135" t="s">
-        <v>3205</v>
+        <v>3125</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>3206</v>
+        <v>627</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>3207</v>
+        <v>3120</v>
       </c>
       <c r="E1135" s="1" t="s">
-        <v>3208</v>
+        <v>3126</v>
       </c>
       <c r="F1135" t="s">
-        <v>3209</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1136" spans="1:6">
       <c r="A1136">
-        <v>65</v>
+        <v>148</v>
       </c>
       <c r="B1136" t="s">
-        <v>3210</v>
+        <v>3127</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>3211</v>
+        <v>627</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>3212</v>
+        <v>3120</v>
       </c>
       <c r="E1136" s="1" t="s">
-        <v>3213</v>
+        <v>3128</v>
       </c>
       <c r="F1136" t="s">
-        <v>3214</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="A1137">
-        <v>64</v>
+        <v>147</v>
       </c>
       <c r="B1137" t="s">
-        <v>3215</v>
+        <v>3129</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3211</v>
+        <v>971</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>3216</v>
+        <v>3130</v>
       </c>
       <c r="E1137" s="1" t="s">
-        <v>3217</v>
+        <v>3131</v>
       </c>
       <c r="F1137" t="s">
-        <v>3218</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1138" spans="1:6">
       <c r="A1138">
-        <v>63</v>
+        <v>146</v>
       </c>
       <c r="B1138" t="s">
-        <v>3219</v>
+        <v>970</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3220</v>
+        <v>971</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3221</v>
+        <v>972</v>
       </c>
       <c r="E1138" s="1" t="s">
-        <v>3222</v>
+        <v>3132</v>
       </c>
       <c r="F1138" t="s">
-        <v>3223</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1139" spans="1:6">
       <c r="A1139">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="B1139" t="s">
-        <v>3224</v>
+        <v>3133</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3225</v>
+        <v>921</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3226</v>
+        <v>3111</v>
       </c>
       <c r="E1139" s="1" t="s">
-        <v>3227</v>
+        <v>3134</v>
       </c>
       <c r="F1139" t="s">
-        <v>3162</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1140" spans="1:6">
       <c r="A1140">
-        <v>61</v>
+        <v>144</v>
       </c>
       <c r="B1140" t="s">
-        <v>3012</v>
+        <v>3135</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3228</v>
+        <v>627</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3056</v>
+        <v>3111</v>
       </c>
       <c r="E1140" s="1" t="s">
-        <v>3229</v>
+        <v>3136</v>
       </c>
       <c r="F1140" t="s">
-        <v>3230</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1141" spans="1:6">
       <c r="A1141">
-        <v>60</v>
+        <v>143</v>
       </c>
       <c r="B1141" t="s">
-        <v>3231</v>
+        <v>3137</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3232</v>
+        <v>913</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3052</v>
+        <v>3102</v>
       </c>
       <c r="E1141" s="1" t="s">
-        <v>3233</v>
+        <v>3138</v>
       </c>
       <c r="F1141" t="s">
-        <v>3234</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1142" spans="1:6">
       <c r="A1142">
-        <v>59</v>
+        <v>142</v>
       </c>
       <c r="B1142" t="s">
-        <v>3235</v>
+        <v>3140</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3236</v>
+        <v>917</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3060</v>
+        <v>3102</v>
       </c>
       <c r="E1142" s="1" t="s">
-        <v>3237</v>
+        <v>3141</v>
       </c>
       <c r="F1142" t="s">
-        <v>3234</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1143" spans="1:6">
       <c r="A1143">
-        <v>58</v>
+        <v>141</v>
       </c>
       <c r="B1143" t="s">
-        <v>3238</v>
+        <v>3142</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3239</v>
+        <v>627</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3240</v>
+        <v>3102</v>
       </c>
       <c r="E1143" s="1" t="s">
-        <v>3237</v>
+        <v>3143</v>
       </c>
       <c r="F1143" t="s">
-        <v>3234</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1144" spans="1:6">
       <c r="A1144">
-        <v>57</v>
+        <v>140</v>
       </c>
       <c r="B1144" t="s">
-        <v>3241</v>
+        <v>3144</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3242</v>
+        <v>97</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>435</v>
+        <v>2767</v>
       </c>
       <c r="E1144" s="1" t="s">
-        <v>3237</v>
+        <v>3145</v>
       </c>
       <c r="F1144" t="s">
-        <v>3234</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1145" spans="1:6">
       <c r="A1145">
-        <v>56</v>
+        <v>139</v>
       </c>
       <c r="B1145" t="s">
-        <v>3241</v>
+        <v>3146</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3242</v>
+        <v>565</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>435</v>
+        <v>2767</v>
       </c>
       <c r="E1145" s="1" t="s">
-        <v>3237</v>
+        <v>3147</v>
       </c>
       <c r="F1145" t="s">
-        <v>3234</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1146" spans="1:6">
       <c r="A1146">
-        <v>55</v>
+        <v>138</v>
       </c>
       <c r="B1146" t="s">
-        <v>3243</v>
+        <v>3148</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3095</v>
+        <v>568</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>416</v>
+        <v>2767</v>
       </c>
       <c r="E1146" s="1" t="s">
-        <v>3244</v>
+        <v>3149</v>
       </c>
       <c r="F1146" t="s">
-        <v>3234</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1147" spans="1:6">
       <c r="A1147">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="B1147" t="s">
-        <v>3245</v>
+        <v>3150</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3246</v>
+        <v>1221</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>428</v>
+        <v>1222</v>
       </c>
       <c r="E1147" s="1" t="s">
-        <v>3237</v>
+        <v>3151</v>
       </c>
       <c r="F1147" t="s">
-        <v>3234</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1148" spans="1:6">
       <c r="A1148">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="B1148" t="s">
-        <v>3247</v>
+        <v>3153</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>3248</v>
+        <v>1693</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>1390</v>
+        <v>3154</v>
       </c>
       <c r="E1148" s="1" t="s">
-        <v>3237</v>
+        <v>3155</v>
       </c>
       <c r="F1148" t="s">
-        <v>3234</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1149" spans="1:6">
       <c r="A1149">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="B1149" t="s">
-        <v>524</v>
+        <v>3157</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3249</v>
+        <v>1698</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>395</v>
+        <v>3154</v>
       </c>
       <c r="E1149" s="1" t="s">
-        <v>3237</v>
+        <v>3158</v>
       </c>
       <c r="F1149" t="s">
-        <v>3234</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1150" spans="1:6">
       <c r="A1150">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="B1150" t="s">
-        <v>982</v>
+        <v>621</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>983</v>
+        <v>668</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>984</v>
+        <v>623</v>
       </c>
       <c r="E1150" s="1" t="s">
-        <v>3250</v>
+        <v>3159</v>
       </c>
       <c r="F1150" t="s">
-        <v>3251</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="1151" spans="1:6">
       <c r="A1151">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="B1151" t="s">
-        <v>542</v>
+        <v>3161</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3220</v>
+        <v>354</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>544</v>
+        <v>355</v>
       </c>
       <c r="E1151" s="1" t="s">
-        <v>3252</v>
+        <v>3162</v>
       </c>
       <c r="F1151" t="s">
-        <v>3253</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="1152" spans="1:6">
       <c r="A1152">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="B1152" t="s">
-        <v>3254</v>
+        <v>3163</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3255</v>
+        <v>1701</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>1851</v>
+        <v>3154</v>
       </c>
       <c r="E1152" s="1" t="s">
-        <v>3256</v>
+        <v>3164</v>
       </c>
       <c r="F1152" t="s">
-        <v>3257</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1153" spans="1:6">
       <c r="A1153">
-        <v>48</v>
+        <v>133</v>
       </c>
       <c r="B1153" t="s">
-        <v>3258</v>
+        <v>3165</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>958</v>
+        <v>1704</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>959</v>
+        <v>3154</v>
       </c>
       <c r="E1153" s="1" t="s">
-        <v>3259</v>
+        <v>3166</v>
       </c>
       <c r="F1153" t="s">
-        <v>3260</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="1154" spans="1:6">
       <c r="A1154">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="B1154" t="s">
-        <v>3261</v>
+        <v>3167</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3103</v>
+        <v>354</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3104</v>
+        <v>526</v>
       </c>
       <c r="E1154" s="1" t="s">
-        <v>3262</v>
+        <v>3168</v>
       </c>
       <c r="F1154" t="s">
-        <v>3234</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="1155" spans="1:6">
       <c r="A1155">
-        <v>46</v>
+        <v>131</v>
       </c>
       <c r="B1155" t="s">
-        <v>3263</v>
+        <v>549</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3264</v>
+        <v>354</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>141</v>
+        <v>526</v>
       </c>
       <c r="E1155" s="1" t="s">
-        <v>3237</v>
+        <v>3170</v>
       </c>
       <c r="F1155" t="s">
-        <v>3234</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="1156" spans="1:6">
       <c r="A1156">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="B1156" t="s">
-        <v>3265</v>
+        <v>3172</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>457</v>
+        <v>354</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>458</v>
+        <v>526</v>
       </c>
       <c r="E1156" s="1" t="s">
-        <v>3237</v>
+        <v>3173</v>
       </c>
       <c r="F1156" t="s">
-        <v>3234</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1157" spans="1:6">
       <c r="A1157">
-        <v>44</v>
+        <v>129</v>
       </c>
       <c r="B1157" t="s">
-        <v>3266</v>
+        <v>3174</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3267</v>
+        <v>3175</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>350</v>
+        <v>3176</v>
       </c>
       <c r="E1157" s="1" t="s">
-        <v>3233</v>
+        <v>3177</v>
       </c>
       <c r="F1157" t="s">
-        <v>3268</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1158" spans="1:6">
       <c r="A1158">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="B1158" t="s">
-        <v>3269</v>
+        <v>3179</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3270</v>
+        <v>3180</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>424</v>
+        <v>3181</v>
       </c>
       <c r="E1158" s="1" t="s">
-        <v>3271</v>
+        <v>3182</v>
       </c>
       <c r="F1158" t="s">
-        <v>3234</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1159" spans="1:6">
       <c r="A1159">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="B1159" t="s">
-        <v>3272</v>
+        <v>3184</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3273</v>
+        <v>3185</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3101</v>
+        <v>3181</v>
       </c>
       <c r="E1159" s="1" t="s">
-        <v>3237</v>
+        <v>3186</v>
       </c>
       <c r="F1159" t="s">
-        <v>3234</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1160" spans="1:6">
       <c r="A1160">
-        <v>41</v>
+        <v>126</v>
       </c>
       <c r="B1160" t="s">
-        <v>3274</v>
+        <v>3187</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>971</v>
+        <v>3188</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>3275</v>
+        <v>3181</v>
       </c>
       <c r="E1160" s="1" t="s">
-        <v>3276</v>
+        <v>3189</v>
       </c>
       <c r="F1160" t="s">
-        <v>3277</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="1161" spans="1:6">
       <c r="A1161">
-        <v>39</v>
+        <v>125</v>
       </c>
       <c r="B1161" t="s">
-        <v>3278</v>
+        <v>3191</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>3279</v>
+        <v>3192</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>1346</v>
+        <v>3181</v>
       </c>
       <c r="E1161" s="1" t="s">
-        <v>3280</v>
+        <v>3193</v>
       </c>
       <c r="F1161" t="s">
-        <v>3281</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1162" spans="1:6">
       <c r="A1162">
-        <v>38</v>
+        <v>124</v>
       </c>
       <c r="B1162" t="s">
-        <v>1656</v>
+        <v>3194</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>1657</v>
+        <v>3195</v>
       </c>
       <c r="D1162" s="1" t="s">
-        <v>106</v>
+        <v>3196</v>
       </c>
       <c r="E1162" s="1" t="s">
-        <v>1658</v>
+        <v>3197</v>
       </c>
       <c r="F1162" t="s">
-        <v>3282</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="1163" spans="1:6">
       <c r="A1163">
-        <v>36</v>
+        <v>123</v>
       </c>
       <c r="B1163" t="s">
-        <v>3283</v>
+        <v>621</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>1389</v>
+        <v>668</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>1439</v>
+        <v>623</v>
       </c>
       <c r="E1163" s="1" t="s">
-        <v>1440</v>
+        <v>3198</v>
       </c>
       <c r="F1163" t="s">
-        <v>1441</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="1164" spans="1:6">
       <c r="A1164">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="B1164" t="s">
-        <v>1206</v>
+        <v>353</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>152</v>
+        <v>354</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>153</v>
+        <v>355</v>
       </c>
       <c r="E1164" s="1" t="s">
-        <v>3284</v>
+        <v>3200</v>
       </c>
       <c r="F1164" t="s">
-        <v>3285</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="1165" spans="1:6">
       <c r="A1165">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="B1165" t="s">
-        <v>3286</v>
+        <v>3202</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>3287</v>
+        <v>1225</v>
       </c>
       <c r="D1165" s="1" t="s">
-        <v>316</v>
+        <v>431</v>
       </c>
       <c r="E1165" s="1" t="s">
-        <v>3288</v>
+        <v>3203</v>
       </c>
       <c r="F1165" t="s">
-        <v>1497</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="1166" spans="1:6">
       <c r="A1166">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="B1166" t="s">
-        <v>538</v>
+        <v>3205</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>3289</v>
+        <v>565</v>
       </c>
       <c r="D1166" s="1" t="s">
-        <v>540</v>
+        <v>58</v>
       </c>
       <c r="E1166" s="1" t="s">
-        <v>3290</v>
+        <v>3206</v>
       </c>
       <c r="F1166" t="s">
-        <v>2869</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1167" spans="1:6">
       <c r="A1167">
-        <v>33</v>
+        <v>119</v>
       </c>
       <c r="B1167" t="s">
-        <v>3291</v>
+        <v>3208</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>3292</v>
+        <v>565</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>718</v>
+        <v>106</v>
       </c>
       <c r="E1167" s="1" t="s">
-        <v>3293</v>
+        <v>3209</v>
       </c>
       <c r="F1167" t="s">
-        <v>1497</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1168" spans="1:6">
       <c r="A1168">
-        <v>32</v>
+        <v>118</v>
       </c>
       <c r="B1168" t="s">
-        <v>3294</v>
+        <v>926</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>3292</v>
+        <v>927</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>323</v>
+        <v>928</v>
       </c>
       <c r="E1168" s="1" t="s">
-        <v>3295</v>
+        <v>3210</v>
       </c>
       <c r="F1168" t="s">
-        <v>1497</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1169" spans="1:6">
       <c r="A1169">
-        <v>31</v>
+        <v>117</v>
       </c>
       <c r="B1169" t="s">
-        <v>538</v>
+        <v>3212</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>539</v>
+        <v>3213</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>540</v>
+        <v>3214</v>
       </c>
       <c r="E1169" s="1" t="s">
-        <v>3296</v>
+        <v>3215</v>
       </c>
       <c r="F1169" t="s">
-        <v>3297</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="1170" spans="1:6">
       <c r="A1170">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="B1170" t="s">
-        <v>3298</v>
+        <v>3217</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3020</v>
+        <v>1615</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3021</v>
+        <v>1616</v>
       </c>
       <c r="E1170" s="1" t="s">
-        <v>3299</v>
+        <v>3218</v>
       </c>
       <c r="F1170" t="s">
-        <v>3300</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1171" spans="1:6">
       <c r="A1171">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="B1171" t="s">
-        <v>902</v>
+        <v>3219</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>903</v>
+        <v>1570</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>904</v>
+        <v>2082</v>
       </c>
       <c r="E1171" s="1" t="s">
-        <v>3301</v>
+        <v>3220</v>
       </c>
       <c r="F1171" t="s">
-        <v>3302</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1172" spans="1:6">
       <c r="A1172">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="B1172" t="s">
-        <v>3303</v>
+        <v>3221</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3304</v>
+        <v>3222</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>111</v>
+        <v>1575</v>
       </c>
       <c r="E1172" s="1" t="s">
-        <v>3305</v>
+        <v>3223</v>
       </c>
       <c r="F1172" t="s">
-        <v>1453</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="1173" spans="1:6">
       <c r="A1173">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="B1173" t="s">
-        <v>3306</v>
+        <v>3224</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3307</v>
+        <v>3225</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="E1173" s="1" t="s">
-        <v>1671</v>
+        <v>3226</v>
       </c>
       <c r="F1173" t="s">
-        <v>1672</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1174" spans="1:6">
       <c r="A1174">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="B1174" t="s">
-        <v>3308</v>
+        <v>3227</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>3304</v>
+        <v>3228</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>1304</v>
+        <v>3229</v>
       </c>
       <c r="E1174" s="1" t="s">
-        <v>3309</v>
+        <v>3230</v>
       </c>
       <c r="F1174" t="s">
-        <v>2874</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="1175" spans="1:6">
       <c r="A1175">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="B1175" t="s">
-        <v>3310</v>
+        <v>3232</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>3304</v>
+        <v>3233</v>
       </c>
       <c r="D1175" s="1" t="s">
-        <v>3311</v>
+        <v>3234</v>
       </c>
       <c r="E1175" s="1" t="s">
-        <v>2875</v>
+        <v>3235</v>
       </c>
       <c r="F1175" t="s">
-        <v>2874</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="1176" spans="1:6">
       <c r="A1176">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="B1176" t="s">
-        <v>3312</v>
+        <v>3236</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>3313</v>
+        <v>3237</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>3314</v>
+        <v>3238</v>
       </c>
       <c r="E1176" s="1" t="s">
-        <v>2647</v>
+        <v>3239</v>
       </c>
       <c r="F1176" t="s">
-        <v>2635</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="1177" spans="1:6">
       <c r="A1177">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="B1177" t="s">
-        <v>3315</v>
+        <v>3240</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>3316</v>
+        <v>954</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>3317</v>
+        <v>540</v>
       </c>
       <c r="E1177" s="1" t="s">
-        <v>3318</v>
+        <v>3241</v>
       </c>
       <c r="F1177" t="s">
-        <v>1519</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1178" spans="1:6">
       <c r="A1178">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="B1178" t="s">
-        <v>3319</v>
+        <v>3243</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>3320</v>
+        <v>3244</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>3321</v>
+        <v>3245</v>
       </c>
       <c r="E1178" s="1" t="s">
-        <v>3322</v>
+        <v>3246</v>
       </c>
       <c r="F1178" t="s">
-        <v>1503</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1179" spans="1:6">
       <c r="A1179">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="B1179" t="s">
-        <v>3323</v>
+        <v>3247</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>3324</v>
+        <v>3248</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>3108</v>
+        <v>3249</v>
       </c>
       <c r="E1179" s="1" t="s">
-        <v>3325</v>
+        <v>3250</v>
       </c>
       <c r="F1179" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1180" spans="1:6">
       <c r="A1180">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="B1180" t="s">
-        <v>3326</v>
+        <v>3251</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>3327</v>
+        <v>3252</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>3041</v>
+        <v>3253</v>
       </c>
       <c r="E1180" s="1" t="s">
-        <v>3328</v>
+        <v>3250</v>
       </c>
       <c r="F1180" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1181" spans="1:6">
       <c r="A1181">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B1181" t="s">
-        <v>3329</v>
+        <v>3254</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>3330</v>
+        <v>3255</v>
       </c>
       <c r="D1181" s="1" t="s">
-        <v>3331</v>
+        <v>350</v>
       </c>
       <c r="E1181" s="1" t="s">
-        <v>3332</v>
+        <v>3246</v>
       </c>
       <c r="F1181" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1182" spans="1:6">
       <c r="A1182">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="B1182" t="s">
-        <v>3333</v>
+        <v>3256</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>3334</v>
+        <v>434</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>3056</v>
+        <v>435</v>
       </c>
       <c r="E1182" s="1" t="s">
-        <v>3335</v>
+        <v>3250</v>
       </c>
       <c r="F1182" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1183" spans="1:6">
       <c r="A1183">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="B1183" t="s">
-        <v>348</v>
+        <v>3257</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>349</v>
+        <v>3258</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>350</v>
+        <v>3259</v>
       </c>
       <c r="E1183" s="1" t="s">
-        <v>3336</v>
+        <v>3250</v>
       </c>
       <c r="F1183" t="s">
-        <v>3337</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1184" spans="1:6">
       <c r="A1184">
-        <v>14</v>
+        <v>102</v>
       </c>
       <c r="B1184" t="s">
-        <v>3338</v>
+        <v>3260</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>3339</v>
+        <v>3261</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>3060</v>
+        <v>424</v>
       </c>
       <c r="E1184" s="1" t="s">
-        <v>3335</v>
+        <v>3262</v>
       </c>
       <c r="F1184" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1185" spans="1:6">
       <c r="A1185">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="B1185" t="s">
-        <v>433</v>
+        <v>3263</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>434</v>
+        <v>3264</v>
       </c>
       <c r="D1185" s="1" t="s">
-        <v>435</v>
+        <v>1390</v>
       </c>
       <c r="E1185" s="1" t="s">
-        <v>3340</v>
+        <v>3250</v>
       </c>
       <c r="F1185" t="s">
-        <v>2869</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1186" spans="1:6">
       <c r="A1186">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="B1186" t="s">
-        <v>348</v>
+        <v>3265</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>3341</v>
+        <v>3266</v>
       </c>
       <c r="D1186" s="1" t="s">
-        <v>350</v>
+        <v>458</v>
       </c>
       <c r="E1186" s="1" t="s">
-        <v>3342</v>
+        <v>3250</v>
       </c>
       <c r="F1186" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1187" spans="1:6">
       <c r="A1187">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="B1187" t="s">
-        <v>426</v>
+        <v>3267</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>427</v>
+        <v>3268</v>
       </c>
       <c r="D1187" s="1" t="s">
-        <v>428</v>
+        <v>395</v>
       </c>
       <c r="E1187" s="1" t="s">
-        <v>3340</v>
+        <v>3250</v>
       </c>
       <c r="F1187" t="s">
-        <v>2498</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1188" spans="1:6">
       <c r="A1188">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="B1188" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D1188" s="1" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E1188" s="1" t="s">
-        <v>3335</v>
+        <v>3269</v>
       </c>
       <c r="F1188" t="s">
-        <v>1449</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="1189" spans="1:6">
       <c r="A1189">
-        <v>12</v>
+        <v>98</v>
       </c>
       <c r="B1189" t="s">
-        <v>422</v>
+        <v>3270</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>423</v>
+        <v>3271</v>
       </c>
       <c r="D1189" s="1" t="s">
-        <v>424</v>
+        <v>3272</v>
       </c>
       <c r="E1189" s="1" t="s">
-        <v>3343</v>
+        <v>3273</v>
       </c>
       <c r="F1189" t="s">
-        <v>2869</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1190" spans="1:6">
       <c r="A1190">
-        <v>11</v>
+        <v>97</v>
       </c>
       <c r="B1190" t="s">
-        <v>426</v>
+        <v>3274</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>427</v>
+        <v>659</v>
       </c>
       <c r="D1190" s="1" t="s">
-        <v>428</v>
+        <v>3275</v>
       </c>
       <c r="E1190" s="1" t="s">
-        <v>3335</v>
+        <v>3276</v>
       </c>
       <c r="F1190" t="s">
-        <v>1449</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="1191" spans="1:6">
       <c r="A1191">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="B1191" t="s">
-        <v>422</v>
+        <v>3278</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>423</v>
+        <v>3279</v>
       </c>
       <c r="D1191" s="1" t="s">
-        <v>424</v>
+        <v>3280</v>
       </c>
       <c r="E1191" s="1" t="s">
-        <v>3344</v>
+        <v>3281</v>
       </c>
       <c r="F1191" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1192" spans="1:6">
       <c r="A1192">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="B1192" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>457</v>
+        <v>555</v>
       </c>
       <c r="D1192" s="1" t="s">
-        <v>458</v>
+        <v>556</v>
       </c>
       <c r="E1192" s="1" t="s">
-        <v>3340</v>
+        <v>3282</v>
       </c>
       <c r="F1192" t="s">
-        <v>2869</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="1193" spans="1:6">
       <c r="A1193">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="B1193" t="s">
-        <v>3345</v>
+        <v>3284</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>3346</v>
+        <v>555</v>
       </c>
       <c r="D1193" s="1" t="s">
-        <v>3347</v>
+        <v>556</v>
       </c>
       <c r="E1193" s="1" t="s">
-        <v>3335</v>
+        <v>3285</v>
       </c>
       <c r="F1193" t="s">
-        <v>1449</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1194" spans="1:6">
       <c r="A1194">
-        <v>9</v>
+        <v>93</v>
       </c>
       <c r="B1194" t="s">
-        <v>393</v>
+        <v>3287</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>394</v>
+        <v>3288</v>
       </c>
       <c r="D1194" s="1" t="s">
-        <v>395</v>
+        <v>416</v>
       </c>
       <c r="E1194" s="1" t="s">
-        <v>3348</v>
+        <v>3289</v>
       </c>
       <c r="F1194" t="s">
-        <v>2869</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1195" spans="1:6">
       <c r="A1195">
-        <v>8</v>
+        <v>92</v>
       </c>
       <c r="B1195" t="s">
-        <v>456</v>
+        <v>3290</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>457</v>
+        <v>3291</v>
       </c>
       <c r="D1195" s="1" t="s">
-        <v>458</v>
+        <v>141</v>
       </c>
       <c r="E1195" s="1" t="s">
-        <v>3335</v>
+        <v>3250</v>
       </c>
       <c r="F1195" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1196" spans="1:6">
       <c r="A1196">
-        <v>7</v>
+        <v>91</v>
       </c>
       <c r="B1196" t="s">
-        <v>393</v>
+        <v>3292</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>394</v>
+        <v>3293</v>
       </c>
       <c r="D1196" s="1" t="s">
-        <v>395</v>
+        <v>3294</v>
       </c>
       <c r="E1196" s="1" t="s">
-        <v>3335</v>
+        <v>3250</v>
       </c>
       <c r="F1196" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1197" spans="1:6">
       <c r="A1197">
-        <v>6</v>
+        <v>90</v>
       </c>
       <c r="B1197" t="s">
-        <v>3349</v>
+        <v>3295</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>3350</v>
+        <v>3296</v>
       </c>
       <c r="D1197" s="1" t="s">
-        <v>3079</v>
+        <v>3297</v>
       </c>
       <c r="E1197" s="1" t="s">
-        <v>3351</v>
+        <v>3298</v>
       </c>
       <c r="F1197" t="s">
-        <v>1449</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1198" spans="1:6">
       <c r="A1198">
-        <v>6</v>
+        <v>89</v>
       </c>
       <c r="B1198" t="s">
-        <v>358</v>
+        <v>3299</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>359</v>
+        <v>3300</v>
       </c>
       <c r="D1198" s="1" t="s">
-        <v>360</v>
+        <v>3301</v>
       </c>
       <c r="E1198" s="1" t="s">
-        <v>3352</v>
+        <v>3289</v>
       </c>
       <c r="F1198" t="s">
-        <v>2869</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1199" spans="1:6">
       <c r="A1199">
-        <v>5</v>
+        <v>88</v>
       </c>
       <c r="B1199" t="s">
-        <v>459</v>
+        <v>3302</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>3353</v>
+        <v>3303</v>
       </c>
       <c r="D1199" s="1" t="s">
-        <v>461</v>
+        <v>3304</v>
       </c>
       <c r="E1199" s="1" t="s">
-        <v>3354</v>
+        <v>3305</v>
       </c>
       <c r="F1199" t="s">
-        <v>1449</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="1200" spans="1:6">
       <c r="A1200">
-        <v>4</v>
+        <v>87</v>
       </c>
       <c r="B1200" t="s">
-        <v>358</v>
+        <v>3307</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>3355</v>
+        <v>3308</v>
       </c>
       <c r="D1200" s="1" t="s">
-        <v>360</v>
+        <v>3309</v>
       </c>
       <c r="E1200" s="1" t="s">
-        <v>3356</v>
+        <v>3310</v>
       </c>
       <c r="F1200" t="s">
-        <v>1449</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="1201" spans="1:6">
       <c r="A1201">
-        <v>3</v>
+        <v>86</v>
       </c>
       <c r="B1201" t="s">
-        <v>414</v>
+        <v>3312</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>3357</v>
+        <v>3313</v>
       </c>
       <c r="D1201" s="1" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
       <c r="E1201" s="1" t="s">
-        <v>3325</v>
+        <v>3314</v>
       </c>
       <c r="F1201" t="s">
-        <v>1449</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="1202" spans="1:6">
       <c r="A1202">
+        <v>85</v>
+      </c>
+      <c r="B1202" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C1202" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="D1202" s="1" t="s">
+        <v>3181</v>
+      </c>
+      <c r="E1202" s="1" t="s">
+        <v>3318</v>
+      </c>
+      <c r="F1202" t="s">
+        <v>3319</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:6">
+      <c r="A1203">
+        <v>84</v>
+      </c>
+      <c r="B1203" t="s">
+        <v>3320</v>
+      </c>
+      <c r="C1203" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="D1203" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E1203" s="1" t="s">
+        <v>3322</v>
+      </c>
+      <c r="F1203" t="s">
+        <v>3323</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:6">
+      <c r="A1204">
+        <v>83</v>
+      </c>
+      <c r="B1204" t="s">
+        <v>3324</v>
+      </c>
+      <c r="C1204" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="D1204" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="E1204" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="F1204" t="s">
+        <v>3327</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:6">
+      <c r="A1205">
+        <v>82</v>
+      </c>
+      <c r="B1205" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C1205" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="D1205" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1205" s="1" t="s">
+        <v>3330</v>
+      </c>
+      <c r="F1205" t="s">
+        <v>3331</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:6">
+      <c r="A1206">
+        <v>81</v>
+      </c>
+      <c r="B1206" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C1206" s="1" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D1206" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E1206" s="1" t="s">
+        <v>3334</v>
+      </c>
+      <c r="F1206" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:6">
+      <c r="A1207">
+        <v>80</v>
+      </c>
+      <c r="B1207" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C1207" s="1" t="s">
+        <v>3337</v>
+      </c>
+      <c r="D1207" s="1" t="s">
+        <v>3338</v>
+      </c>
+      <c r="E1207" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="F1207" t="s">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:6">
+      <c r="A1208">
+        <v>79</v>
+      </c>
+      <c r="B1208" t="s">
+        <v>3341</v>
+      </c>
+      <c r="C1208" s="1" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D1208" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="E1208" s="1" t="s">
+        <v>3342</v>
+      </c>
+      <c r="F1208" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:6">
+      <c r="A1209">
+        <v>78</v>
+      </c>
+      <c r="B1209" t="s">
+        <v>3343</v>
+      </c>
+      <c r="C1209" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D1209" s="1" t="s">
+        <v>3345</v>
+      </c>
+      <c r="E1209" s="1" t="s">
+        <v>3346</v>
+      </c>
+      <c r="F1209" t="s">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:6">
+      <c r="A1210">
+        <v>77</v>
+      </c>
+      <c r="B1210" t="s">
+        <v>3348</v>
+      </c>
+      <c r="C1210" s="1" t="s">
+        <v>3349</v>
+      </c>
+      <c r="D1210" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="E1210" s="1" t="s">
+        <v>3351</v>
+      </c>
+      <c r="F1210" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:6">
+      <c r="A1211">
+        <v>76</v>
+      </c>
+      <c r="B1211" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C1211" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D1211" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E1211" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="F1211" t="s">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:6">
+      <c r="A1212">
+        <v>75</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>3356</v>
+      </c>
+      <c r="C1212" s="1" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D1212" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="E1212" s="1" t="s">
+        <v>3358</v>
+      </c>
+      <c r="F1212" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:6">
+      <c r="A1213">
+        <v>74</v>
+      </c>
+      <c r="B1213" t="s">
+        <v>3360</v>
+      </c>
+      <c r="C1213" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="D1213" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="E1213" s="1" t="s">
+        <v>3363</v>
+      </c>
+      <c r="F1213" t="s">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:6">
+      <c r="A1214">
+        <v>73</v>
+      </c>
+      <c r="B1214" t="s">
+        <v>3365</v>
+      </c>
+      <c r="C1214" s="1" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D1214" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="E1214" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="F1214" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:6">
+      <c r="A1215">
+        <v>72</v>
+      </c>
+      <c r="B1215" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C1215" s="1" t="s">
+        <v>3371</v>
+      </c>
+      <c r="D1215" s="1" t="s">
+        <v>3372</v>
+      </c>
+      <c r="E1215" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="F1215" t="s">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:6">
+      <c r="A1216">
+        <v>71</v>
+      </c>
+      <c r="B1216" t="s">
+        <v>3375</v>
+      </c>
+      <c r="C1216" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="D1216" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="E1216" s="1" t="s">
+        <v>3378</v>
+      </c>
+      <c r="F1216" t="s">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:6">
+      <c r="A1217">
+        <v>70</v>
+      </c>
+      <c r="B1217" t="s">
+        <v>3380</v>
+      </c>
+      <c r="C1217" s="1" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D1217" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="E1217" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="F1217" t="s">
+        <v>3384</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:6">
+      <c r="A1218">
+        <v>69</v>
+      </c>
+      <c r="B1218" t="s">
+        <v>3385</v>
+      </c>
+      <c r="C1218" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="D1218" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="E1218" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="F1218" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:6">
+      <c r="A1219">
+        <v>68</v>
+      </c>
+      <c r="B1219" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C1219" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D1219" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="E1219" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="F1219" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:6">
+      <c r="A1220">
+        <v>67</v>
+      </c>
+      <c r="B1220" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C1220" s="1" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D1220" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E1220" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="F1220" t="s">
+        <v>3397</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:6">
+      <c r="A1221">
+        <v>66</v>
+      </c>
+      <c r="B1221" t="s">
+        <v>3398</v>
+      </c>
+      <c r="C1221" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D1221" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="E1221" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="F1221" t="s">
+        <v>3402</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:6">
+      <c r="A1222">
+        <v>65</v>
+      </c>
+      <c r="B1222" t="s">
+        <v>3403</v>
+      </c>
+      <c r="C1222" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D1222" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="E1222" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="F1222" t="s">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:6">
+      <c r="A1223">
+        <v>64</v>
+      </c>
+      <c r="B1223" t="s">
+        <v>3408</v>
+      </c>
+      <c r="C1223" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D1223" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="E1223" s="1" t="s">
+        <v>3410</v>
+      </c>
+      <c r="F1223" t="s">
+        <v>3411</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:6">
+      <c r="A1224">
+        <v>63</v>
+      </c>
+      <c r="B1224" t="s">
+        <v>3412</v>
+      </c>
+      <c r="C1224" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D1224" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="E1224" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="F1224" t="s">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:6">
+      <c r="A1225">
+        <v>62</v>
+      </c>
+      <c r="B1225" t="s">
+        <v>3417</v>
+      </c>
+      <c r="C1225" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D1225" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="E1225" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="F1225" t="s">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:6">
+      <c r="A1226">
+        <v>61</v>
+      </c>
+      <c r="B1226" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C1226" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D1226" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="E1226" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="F1226" t="s">
+        <v>3423</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:6">
+      <c r="A1227">
+        <v>60</v>
+      </c>
+      <c r="B1227" t="s">
+        <v>3424</v>
+      </c>
+      <c r="C1227" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="D1227" s="1" t="s">
+        <v>3245</v>
+      </c>
+      <c r="E1227" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F1227" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:6">
+      <c r="A1228">
+        <v>59</v>
+      </c>
+      <c r="B1228" t="s">
+        <v>3428</v>
+      </c>
+      <c r="C1228" s="1" t="s">
+        <v>3429</v>
+      </c>
+      <c r="D1228" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E1228" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1228" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:6">
+      <c r="A1229">
+        <v>58</v>
+      </c>
+      <c r="B1229" t="s">
+        <v>3431</v>
+      </c>
+      <c r="C1229" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="D1229" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="E1229" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1229" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:6">
+      <c r="A1230">
+        <v>57</v>
+      </c>
+      <c r="B1230" t="s">
+        <v>3434</v>
+      </c>
+      <c r="C1230" s="1" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D1230" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1230" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1230" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:6">
+      <c r="A1231">
+        <v>56</v>
+      </c>
+      <c r="B1231" t="s">
+        <v>3434</v>
+      </c>
+      <c r="C1231" s="1" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D1231" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1231" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1231" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:6">
+      <c r="A1232">
+        <v>55</v>
+      </c>
+      <c r="B1232" t="s">
+        <v>3436</v>
+      </c>
+      <c r="C1232" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D1232" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E1232" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F1232" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:6">
+      <c r="A1233">
+        <v>54</v>
+      </c>
+      <c r="B1233" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C1233" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D1233" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E1233" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1233" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:6">
+      <c r="A1234">
+        <v>53</v>
+      </c>
+      <c r="B1234" t="s">
+        <v>3440</v>
+      </c>
+      <c r="C1234" s="1" t="s">
+        <v>3441</v>
+      </c>
+      <c r="D1234" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E1234" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1234" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:6">
+      <c r="A1235">
+        <v>52</v>
+      </c>
+      <c r="B1235" t="s">
+        <v>524</v>
+      </c>
+      <c r="C1235" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D1235" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E1235" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1235" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:6">
+      <c r="A1236">
+        <v>51</v>
+      </c>
+      <c r="B1236" t="s">
+        <v>982</v>
+      </c>
+      <c r="C1236" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D1236" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="E1236" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F1236" t="s">
+        <v>3444</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:6">
+      <c r="A1237">
+        <v>50</v>
+      </c>
+      <c r="B1237" t="s">
+        <v>542</v>
+      </c>
+      <c r="C1237" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D1237" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="E1237" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="F1237" t="s">
+        <v>3446</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:6">
+      <c r="A1238">
+        <v>49</v>
+      </c>
+      <c r="B1238" t="s">
+        <v>3447</v>
+      </c>
+      <c r="C1238" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D1238" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E1238" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="F1238" t="s">
+        <v>3450</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:6">
+      <c r="A1239">
+        <v>48</v>
+      </c>
+      <c r="B1239" t="s">
+        <v>3451</v>
+      </c>
+      <c r="C1239" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D1239" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E1239" s="1" t="s">
+        <v>3452</v>
+      </c>
+      <c r="F1239" t="s">
+        <v>3453</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:6">
+      <c r="A1240">
+        <v>47</v>
+      </c>
+      <c r="B1240" t="s">
+        <v>3454</v>
+      </c>
+      <c r="C1240" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D1240" s="1" t="s">
+        <v>3297</v>
+      </c>
+      <c r="E1240" s="1" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F1240" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:6">
+      <c r="A1241">
+        <v>46</v>
+      </c>
+      <c r="B1241" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C1241" s="1" t="s">
+        <v>3457</v>
+      </c>
+      <c r="D1241" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E1241" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1241" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:6">
+      <c r="A1242">
+        <v>45</v>
+      </c>
+      <c r="B1242" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C1242" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D1242" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E1242" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1242" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:6">
+      <c r="A1243">
+        <v>44</v>
+      </c>
+      <c r="B1243" t="s">
+        <v>3459</v>
+      </c>
+      <c r="C1243" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D1243" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1243" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F1243" t="s">
+        <v>3461</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:6">
+      <c r="A1244">
+        <v>43</v>
+      </c>
+      <c r="B1244" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C1244" s="1" t="s">
+        <v>3462</v>
+      </c>
+      <c r="D1244" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E1244" s="1" t="s">
+        <v>3463</v>
+      </c>
+      <c r="F1244" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:6">
+      <c r="A1245">
+        <v>42</v>
+      </c>
+      <c r="B1245" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C1245" s="1" t="s">
+        <v>3465</v>
+      </c>
+      <c r="D1245" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="E1245" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="F1245" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:6">
+      <c r="A1246">
+        <v>41</v>
+      </c>
+      <c r="B1246" t="s">
+        <v>3466</v>
+      </c>
+      <c r="C1246" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D1246" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="E1246" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="F1246" t="s">
+        <v>3469</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:6">
+      <c r="A1247">
+        <v>39</v>
+      </c>
+      <c r="B1247" t="s">
+        <v>3470</v>
+      </c>
+      <c r="C1247" s="1" t="s">
+        <v>3471</v>
+      </c>
+      <c r="D1247" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E1247" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="F1247" t="s">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:6">
+      <c r="A1248">
+        <v>38</v>
+      </c>
+      <c r="B1248" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C1248" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D1248" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E1248" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F1248" t="s">
+        <v>3474</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:6">
+      <c r="A1249">
+        <v>36</v>
+      </c>
+      <c r="B1249" t="s">
+        <v>3475</v>
+      </c>
+      <c r="C1249" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D1249" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E1249" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F1249" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:6">
+      <c r="A1250">
+        <v>35</v>
+      </c>
+      <c r="B1250" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C1250" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D1250" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E1250" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="F1250" t="s">
+        <v>3477</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:6">
+      <c r="A1251">
+        <v>34</v>
+      </c>
+      <c r="B1251" t="s">
+        <v>3478</v>
+      </c>
+      <c r="C1251" s="1" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D1251" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="E1251" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="F1251" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:6">
+      <c r="A1252">
+        <v>34</v>
+      </c>
+      <c r="B1252" t="s">
+        <v>538</v>
+      </c>
+      <c r="C1252" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="D1252" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E1252" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="F1252" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:6">
+      <c r="A1253">
+        <v>33</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>3483</v>
+      </c>
+      <c r="C1253" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D1253" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="E1253" s="1" t="s">
+        <v>3485</v>
+      </c>
+      <c r="F1253" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:6">
+      <c r="A1254">
+        <v>32</v>
+      </c>
+      <c r="B1254" t="s">
+        <v>3486</v>
+      </c>
+      <c r="C1254" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D1254" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E1254" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="F1254" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:6">
+      <c r="A1255">
+        <v>31</v>
+      </c>
+      <c r="B1255" t="s">
+        <v>538</v>
+      </c>
+      <c r="C1255" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D1255" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E1255" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="F1255" t="s">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:6">
+      <c r="A1256">
+        <v>29</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>3490</v>
+      </c>
+      <c r="C1256" s="1" t="s">
+        <v>3213</v>
+      </c>
+      <c r="D1256" s="1" t="s">
+        <v>3214</v>
+      </c>
+      <c r="E1256" s="1" t="s">
+        <v>3491</v>
+      </c>
+      <c r="F1256" t="s">
+        <v>3492</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:6">
+      <c r="A1257">
+        <v>28</v>
+      </c>
+      <c r="B1257" t="s">
+        <v>902</v>
+      </c>
+      <c r="C1257" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D1257" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="E1257" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="F1257" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:6">
+      <c r="A1258">
+        <v>25</v>
+      </c>
+      <c r="B1258" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C1258" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D1258" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E1258" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="F1258" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:6">
+      <c r="A1259">
+        <v>24</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C1259" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D1259" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E1259" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F1259" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:6">
+      <c r="A1260">
+        <v>23</v>
+      </c>
+      <c r="B1260" t="s">
+        <v>3500</v>
+      </c>
+      <c r="C1260" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D1260" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E1260" s="1" t="s">
+        <v>3501</v>
+      </c>
+      <c r="F1260" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:6">
+      <c r="A1261">
+        <v>22</v>
+      </c>
+      <c r="B1261" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C1261" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D1261" s="1" t="s">
+        <v>3503</v>
+      </c>
+      <c r="E1261" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="F1261" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:6">
+      <c r="A1262">
+        <v>21</v>
+      </c>
+      <c r="B1262" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C1262" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="D1262" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="E1262" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="F1262" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:6">
+      <c r="A1263">
+        <v>20</v>
+      </c>
+      <c r="B1263" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C1263" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="D1263" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="E1263" s="1" t="s">
+        <v>3510</v>
+      </c>
+      <c r="F1263" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:6">
+      <c r="A1264">
+        <v>19</v>
+      </c>
+      <c r="B1264" t="s">
+        <v>3511</v>
+      </c>
+      <c r="C1264" s="1" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D1264" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="E1264" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="F1264" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:6">
+      <c r="A1265">
+        <v>18</v>
+      </c>
+      <c r="B1265" t="s">
+        <v>3515</v>
+      </c>
+      <c r="C1265" s="1" t="s">
+        <v>3516</v>
+      </c>
+      <c r="D1265" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="E1265" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F1265" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:6">
+      <c r="A1266">
+        <v>17</v>
+      </c>
+      <c r="B1266" t="s">
+        <v>3518</v>
+      </c>
+      <c r="C1266" s="1" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D1266" s="1" t="s">
+        <v>3234</v>
+      </c>
+      <c r="E1266" s="1" t="s">
+        <v>3520</v>
+      </c>
+      <c r="F1266" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:6">
+      <c r="A1267">
+        <v>16</v>
+      </c>
+      <c r="B1267" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C1267" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D1267" s="1" t="s">
+        <v>3523</v>
+      </c>
+      <c r="E1267" s="1" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F1267" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:6">
+      <c r="A1268">
+        <v>15</v>
+      </c>
+      <c r="B1268" t="s">
+        <v>3525</v>
+      </c>
+      <c r="C1268" s="1" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D1268" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="E1268" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1268" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:6">
+      <c r="A1269">
+        <v>15</v>
+      </c>
+      <c r="B1269" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1269" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D1269" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1269" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="F1269" t="s">
+        <v>3529</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:6">
+      <c r="A1270">
+        <v>14</v>
+      </c>
+      <c r="B1270" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C1270" s="1" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D1270" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E1270" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1270" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:6">
+      <c r="A1271">
+        <v>14</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>433</v>
+      </c>
+      <c r="C1271" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D1271" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1271" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="F1271" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:6">
+      <c r="A1272">
+        <v>13</v>
+      </c>
+      <c r="B1272" t="s">
+        <v>348</v>
+      </c>
+      <c r="C1272" s="1" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D1272" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E1272" s="1" t="s">
+        <v>3534</v>
+      </c>
+      <c r="F1272" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:6">
+      <c r="A1273">
+        <v>13</v>
+      </c>
+      <c r="B1273" t="s">
+        <v>426</v>
+      </c>
+      <c r="C1273" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D1273" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E1273" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="F1273" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:6">
+      <c r="A1274">
+        <v>12</v>
+      </c>
+      <c r="B1274" t="s">
+        <v>433</v>
+      </c>
+      <c r="C1274" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D1274" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E1274" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1274" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:6">
+      <c r="A1275">
+        <v>12</v>
+      </c>
+      <c r="B1275" t="s">
+        <v>422</v>
+      </c>
+      <c r="C1275" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D1275" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E1275" s="1" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F1275" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:6">
+      <c r="A1276">
+        <v>11</v>
+      </c>
+      <c r="B1276" t="s">
+        <v>426</v>
+      </c>
+      <c r="C1276" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D1276" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E1276" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1276" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:6">
+      <c r="A1277">
+        <v>10</v>
+      </c>
+      <c r="B1277" t="s">
+        <v>422</v>
+      </c>
+      <c r="C1277" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D1277" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E1277" s="1" t="s">
+        <v>3536</v>
+      </c>
+      <c r="F1277" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:6">
+      <c r="A1278">
+        <v>10</v>
+      </c>
+      <c r="B1278" t="s">
+        <v>456</v>
+      </c>
+      <c r="C1278" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D1278" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E1278" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="F1278" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:6">
+      <c r="A1279">
+        <v>9</v>
+      </c>
+      <c r="B1279" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C1279" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D1279" s="1" t="s">
+        <v>3539</v>
+      </c>
+      <c r="E1279" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1279" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:6">
+      <c r="A1280">
+        <v>9</v>
+      </c>
+      <c r="B1280" t="s">
+        <v>393</v>
+      </c>
+      <c r="C1280" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D1280" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E1280" s="1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="F1280" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:6">
+      <c r="A1281">
+        <v>8</v>
+      </c>
+      <c r="B1281" t="s">
+        <v>456</v>
+      </c>
+      <c r="C1281" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D1281" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E1281" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1281" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:6">
+      <c r="A1282">
+        <v>7</v>
+      </c>
+      <c r="B1282" t="s">
+        <v>393</v>
+      </c>
+      <c r="C1282" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D1282" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E1282" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F1282" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:6">
+      <c r="A1283">
+        <v>6</v>
+      </c>
+      <c r="B1283" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C1283" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D1283" s="1" t="s">
+        <v>3272</v>
+      </c>
+      <c r="E1283" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="F1283" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:6">
+      <c r="A1284">
+        <v>6</v>
+      </c>
+      <c r="B1284" t="s">
+        <v>358</v>
+      </c>
+      <c r="C1284" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D1284" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E1284" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="F1284" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:6">
+      <c r="A1285">
+        <v>5</v>
+      </c>
+      <c r="B1285" t="s">
+        <v>459</v>
+      </c>
+      <c r="C1285" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="D1285" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="E1285" s="1" t="s">
+        <v>3546</v>
+      </c>
+      <c r="F1285" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:6">
+      <c r="A1286">
+        <v>4</v>
+      </c>
+      <c r="B1286" t="s">
+        <v>358</v>
+      </c>
+      <c r="C1286" s="1" t="s">
+        <v>3547</v>
+      </c>
+      <c r="D1286" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="E1286" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="F1286" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:6">
+      <c r="A1287">
+        <v>3</v>
+      </c>
+      <c r="B1287" t="s">
+        <v>414</v>
+      </c>
+      <c r="C1287" s="1" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D1287" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E1287" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F1287" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:6">
+      <c r="A1288">
         <v>1</v>
       </c>
-      <c r="B1202" t="s">
+      <c r="B1288" t="s">
         <v>139</v>
       </c>
-      <c r="C1202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D1202" s="1" t="s">
+      <c r="C1288" s="1" t="s">
+        <v>3550</v>
+      </c>
+      <c r="D1288" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="E1202" s="1" t="s">
-[...10 lines deleted...]
-      <c r="C1203" s="1" t="s">
+      <c r="E1288" s="1" t="s">
+        <v>3551</v>
+      </c>
+      <c r="F1288" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:6">
+      <c r="B1289" t="s">
+        <v>3552</v>
+      </c>
+      <c r="C1289" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1203" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1204" s="1" t="s">
+      <c r="D1289" s="1" t="s">
+        <v>3553</v>
+      </c>
+      <c r="E1289" s="1" t="s">
+        <v>3554</v>
+      </c>
+      <c r="F1289" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:6">
+      <c r="B1290" t="s">
+        <v>3555</v>
+      </c>
+      <c r="C1290" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1204" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1205" s="1" t="s">
+      <c r="D1290" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="E1290" s="1" t="s">
+        <v>3557</v>
+      </c>
+      <c r="F1290" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:6">
+      <c r="B1291" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C1291" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D1205" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1206" s="1" t="s">
+      <c r="D1291" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="E1291" s="1" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F1291" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:6">
+      <c r="B1292" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C1292" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D1206" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1207" s="1" t="s">
+      <c r="D1292" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="E1292" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="F1292" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:6">
+      <c r="B1293" t="s">
+        <v>3562</v>
+      </c>
+      <c r="C1293" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D1207" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1208" s="1" t="s">
+      <c r="D1293" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="E1293" s="1" t="s">
+        <v>3563</v>
+      </c>
+      <c r="F1293" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:6">
+      <c r="B1294" t="s">
+        <v>3564</v>
+      </c>
+      <c r="C1294" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1208" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1209" s="1" t="s">
+      <c r="D1294" s="1" t="s">
+        <v>3565</v>
+      </c>
+      <c r="E1294" s="1" t="s">
+        <v>3566</v>
+      </c>
+      <c r="F1294" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:6">
+      <c r="B1295" t="s">
+        <v>3568</v>
+      </c>
+      <c r="C1295" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D1209" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1210" s="1" t="s">
+      <c r="D1295" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="E1295" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="F1295" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:6">
+      <c r="B1296" t="s">
+        <v>3571</v>
+      </c>
+      <c r="C1296" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D1210" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1211" s="1" t="s">
+      <c r="D1296" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="E1296" s="1" t="s">
+        <v>3572</v>
+      </c>
+      <c r="F1296" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:6">
+      <c r="B1297" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C1297" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D1211" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C1212" s="1" t="s">
+      <c r="D1297" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="E1297" s="1" t="s">
+        <v>3574</v>
+      </c>
+      <c r="F1297" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:6">
+      <c r="B1298" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C1298" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D1212" s="1" t="s">
-[...23 lines deleted...]
-        <v>3389</v>
+      <c r="D1298" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="E1298" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="F1298" t="s">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:6">
+      <c r="B1299" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C1299" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D1299" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="E1299" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="F1299" t="s">
+        <v>3581</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">